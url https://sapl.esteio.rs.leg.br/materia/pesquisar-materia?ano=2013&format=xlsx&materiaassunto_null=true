--- v0 (2026-01-12)
+++ v1 (2026-03-10)
@@ -54,12465 +54,12465 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Michele Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2733/2733_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2733/2733_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;DISPÕE SOBRE A PREVENÇÃO E A PUNIÇÃO A ATOS DE PICHAÇÃO NO ÂMBITO DO MUNICIPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>Leonardo Pascoal</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2587/2587_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2587/2587_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, SUGERINDO QUE O EXECUTIVO MUNICIPAL, ALTERANDO A LEI Nº 5.231, DE 26 DE JANEIRO DE 2011, AMPLIE O NÚMERO DE ATIVIDADES CONSIDERADAS PERIGOSAS, CUJOS SERVIDORES FAZEM JUS AO ADICIONAL DE PERICULOSIDADE.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>Marcelo Kohlrausch</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2533/2533_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2533/2533_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI ANEXO, QUE &amp;#8220;ISENTA DO PAGAMENTO DE IPTU OS IMÓVEIS ATINGIDOS POR ENCHENTES NO MUNICÍPIO DE ESTEIO&amp;#8221;.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2365/2365_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2365/2365_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;DISPÕES SOBRE A PERMANÊNCIA DE AMBULÂNCIAS NOS LOCAIS DE REALIZAÇÃO DE EVENTOS PÚBLICOS OU COM PARTICIPAÇÃO DE RECURSOS PÚBLICOS, COM AGLOMERAÇÃO DE PESSOAS, EM ESPECIAL REALIZADOS AO AR LIVRE, DOS TIPOS ESPORTIVOS, CULTURAIS, SOCIAIS E CONGÊNERES, NO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1916/1916_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1916/1916_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;DISPÕE SOBRE O DESENVOLVIMENTO CIENTÍFICO E TECNOLÓGICO NO MUNICÍPIO DE ESTEIO, CRIA O CONSELHO MUNICIPAL DE CIÊNCIA E TECNOLOGIA DO MUNICÍPIO DE ESTEIO &amp;#8211; CMCT, CRIA O FUNDO DE APOIO À CIÊNCIA E TECNOLOGIA DO MUNICIPIO DE ESTEIO &amp;#8211; FACITEC E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EAP</t>
   </si>
   <si>
     <t>Emenda Aditiva a Projeto de Lei</t>
   </si>
   <si>
     <t>CTHU - Transporte, Habitação e Urbanização</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2156/2156_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2156/2156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTE-SE O PARAGRAFO 9º (NONO) AO ARTIGO 1º (PRIMEIRO) DA LEI Nº 025/2013 COM A SEGUINTE REDAÇÃO: &amp;#8220;OS PROPRIETÁRIOS DE VEÍCULOS DE PROPULSÃO ANIMAL QUE SOLICITAREM O REGISTRO, LICENCIAMENTO E EMPLACAMENTO NO PRAZO DE 60 (SESSENTA) DIAS A CONTAR DA PUBLICAÇÃO DA PRESENTE LEI, TERÃO ISENÇÃO DE TODOS OS CUSTOS PARA EFETIVAÇÃO DESSE PROCEDIMENTO.&amp;#8221; </t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2162/2162_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2162/2162_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTE-SE O PARAGRAFO 10 (DEZ) AO ARTIGO 1º (PRIMEIRO) DA LEI Nº 025/2013, COM A SEGUINTE REDAÇÃO: &amp;#8220;PARA A EFETIVAÇÃO DO REGISTRO, LICENCIAMENTO E EMPLACAMENTO DOS VEÍCULOS DE PROPULSÃO ANIMAL, OS PROPRIETÁRIOS DEVERÃO PARTICIPAR DE CURSO DE FORMAÇÃO SOBRE LEGISLAÇÃO DE TRÂNSITO, COM CARGA HORÁRIA MÍNIMA DE 4 (QUATRO) HORAS.&amp;#8221;. </t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2679/2679_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2679/2679_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL AOS SERVIDORES MUNICIPAIS DA ADMINISTRAÇÃO DIRETA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>EMP</t>
   </si>
   <si>
     <t>Emenda Modificativa a Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2157/2157_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2157/2157_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERE-SE O ARTIGO 10 (DEZ) DA LEI Nº 025/2013 COM A SEGUINTE REDAÇÃO: &amp;#8220;A INFRAÇÃO AO DISPOSTO NOS ARTIGOS 8º E 9º ACARRETARÁ AO INFRATOR AS SANÇÕES PREVISTAS NO DECRETO LEI N.º 24.645/1934 E NA LEI FEDERAL N.º 9.605/1998, ALÉM DE MULTA NO VALOR EQUIVALENTE A 15 (QUINZE) UFRM (UNIDADE FISCAL DE REFERÊNCIA MUNICIPAL).&amp;#8221;.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2158/2158_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2158/2158_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERE-SE O PARAGRAFO ÚNICO DO ARTIGO 8º DA LEI Nº 025/2013, COM A SEGUINTE REDAÇÃO: &amp;#8220;O PODER EXECUTIVO, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE SEGURANÇA E MOBILIDADE URBANA &amp;#8211; SMSMU REGULAMENTARÁ OS LOCAIS E HORÁRIOS NOS QUAIS SERÁ PROIBIDO O TRÁFEGO DE CARROÇAS E SIMILARES, BEM COMO A ADEQUADA SINALIZAÇÃO DAS VIAS DO MUNICÍPIO, NO PRAZO DE 60 (SESSENTA) DIAS A CONTAR DA PUBLICAÇÃO DA PRESENTE LEI.&amp;#8221;.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2159/2159_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2159/2159_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERE-SE O ARTIGO 12 DA LEI Nº 025/2013, COM A SEGUINTE REDAÇÃO: &amp;#8220;O PODER EXECUTIVO ESTABELECERÁ, NO PRAZO DE 60 (SESSENTA) DIAS PONTOS DE COLETAS DE RESÍDUOS INERTES, NOS QUAIS SERÃO ALOCADOS OS MATERIAIS RECOLHIDOS PELAS CARROÇAS E SIMILARES E POSTERIORMENTE RETIRADOS PELA PREFEITURA.&amp;#8221;</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2160/2160_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2160/2160_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERE-SE O ARTIGO 15 DA LEI Nº 025/2013, COM A SEGUINTE REDAÇÃO: &amp;#8220;AS DEMAIS REGULAMENTAÇÕES QUE SE FIZEREM NECESSÁRIAS SERÃO REALIZADAS PELO PODER EXECUTIVO, POR MEIO DE DECRETO MUNICIPAL, NO PRAZO DE 60 (SESSENTA) DIAS A CONTAR DA PUBLICAÇÃO DA PRESENTE LEI.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2161/2161_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2161/2161_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERE-SE O ARTIGO 17 DA LEI Nº 025/2013, COM A SEGUINTE REDAÇÃO: &amp;#8220;ESTA LEI ENTRA EM VIGOR NA DATA DE SUA PUBLICAÇÃO, GERANDO SEUS EFEITOS NO PRAZO DE 60 (SESSENTA) DIAS CONTADOS DE SUA PUBLICAÇÃO.&amp;#8221;. SÃO ESSAS AS EMENDAS APRESENTADAS PELA COMISSÃO DE URBANIZAÇÃO, TRANSPORTE E HABITAÇÃO.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>ESP</t>
   </si>
   <si>
     <t>Emenda Supressiva a Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2155/2155_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2155/2155_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIME-SE O PARAGRAFO 3º (TERCEIRO) DO ARTIGO 12 (DOZE) DO PROJETO DE LEI Nº 025/2013</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Ari Zanoni</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1971/1971_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1971/1971_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PARABENIZAÇÃO AO SENHOR CLÁUDIO LUCIANO DUSIK, PELA DEFESA DE TESE DE MESTRADO NA UFRGS.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>Felipe Costella</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2114/2114_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2114/2114_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PARABENIZAÇÃO À ESCOLA DE EDUCAÇÃO ESPECIAL NOVO HORIZONTE - APAE, PELO DIA MUNDIAL DE CONSCIENTIZAÇÃO DO AUTISMO E EXCELENTE TRABALHO DESENVOLVIDO PELA ENTIDADE, EM ESPECIAL NO ATENDIMENTO AOS AUTISTAS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Leo Dahmer</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2139/2139_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2139/2139_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PARABENIZAÇÃO À ASSOCIAÇÃO DAS MULHERES CIGANAS, PELO DIA INTERNACIONAL DO POVO CIGANO, COMEMORADO DIA 8 DE ABRIL.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2299/2299_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2299/2299_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PARABENIZAÇÃO À DIREÇÃO E CORPO DOCENTE E DISCENTE DA ESCOLA DE EDUCAÇÃO ESPECIAL NOVO HORIZONTE - APAE, PELOS 47 ANOS DE EXISTÊNCIA E PELO EXCELENTE TRABALHO DESENVOLVIDO PELA ENTIDADE.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2301/2301_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2301/2301_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PARABENIZAÇÃO AOS ATLETAS DA LIGA DE BOXE GLADIADORES DO RINGUE, PELOS RESULTADOS POSITIVOS CONQUISTADOS JUNTO À COMPETIÇÃO REALIZADA NO  CLUBE BOLÃO GAÚCHO, NA CIDADE DE CANOAS.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2329/2329_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2329/2329_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE REPÚDIO AO CONGRESSO NACIONAL À APROVAÇÃO DA PROPOSTA DE EMENDA CONSTITUCIONAL 37, QUE RETIRA DO MINISTÉRIO PÚBLICO O PODER INVESTIGATÓRIO.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2761/2761_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2761/2761_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSMITE A VOSSA SENHORIA E AOS PARTICIPANTES DO CONCURSO INTERNACIONAL &amp;#8220;A MAIOR AULA DE NATAÇÃO DO MUNDO&amp;#8221;, EVENTO REGISTRADO PELO GUINNESS WORLD RECORDS, OS SINCEROS CUMPRIMENTOS PELA 2ª COLOCAÇÃO NA DISPUTA QUE ENVOLVEU APROXIMADAMENTE 30 MIL JOVENS EM DIFERENTES PARTES DO MUNDO.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>Jane Battistello</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2716/2716_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2716/2716_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSMITE  AOS JUDOCAS QUE PARTICIPARAM DA COPA CIDADE DE SÃO LEOPOLDO, REALIZADA NO DIA 11 DE MAIO, OS SINCEROS CUMPRIMENTOS PELA CONQUISTA DAS CINCO MEDALHAS DE OURO (SUB-13, COM DIVISÃO DE FAIXA), PELOS ATLETAS: ANDRÉ JOAQUIM DA SILVA, EVERTON LUIS SANTANA SILVA, LUCAS CARVALHO, YAN ERICH BRAGA E JADER MACHADO DE JESUS, UMA DE PRATA (INFANTIL) POR KEMILLYN FRANCO DE SOUZA E DUAS DE BRONZE (MIRIM E SUB-13 RESPECTIVAMENTE), PELAS ATLETAS: DÉBORA ALVES  E KATHIELY QUEIROZ.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2715/2715_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2715/2715_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSMITE A VOSSA SENHORIA E SUA EQUIPE DE TRABALHO, OS SINCEROS CUMPRIMENTOS PELA REABERTURA DO MUSEU DESTAQUE.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>Bia Lopes</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2642/2642_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2642/2642_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA A VOSSA EXCELÊNCIA, SUA POSIÇÃO DE APOIO AO PROJETO DE LEI 5.500/2013 DE INICIATIVA DA PRESIDÊNCIA DA REPÚBLICA, QUE GARANTE A DESTINAÇÃO DE 100% DOS RECURSOS GERADOS PELO PRÉ-SAL PARA A EDUCAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2643/2643_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2643/2643_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA OS SINCEROS CUMPRIMENTOS E PARABENIZA VOSSA SANHORÍA E TODOS EDUCADORES PELO IMPORTANTE TRABALHO QUE VEM SENDO REALIZADO NO PROGRAMA INTEGRADO DE INCLUSÃO SOCIAL (PIIS). </t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>Jaime da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2644/2644_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2644/2644_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS A DIREÇÃO E CORPO DOCENTE E DISCENTE DO CENTRO DE EDUCAÇÃO BASICA JOÃO XXIII, PELOS 52 ANOS DE SERVIÇOS PESTADOS AO ENSINO DO MUNICÍPIO, COMPLETADOS NO ÚLTIMO DIA 18 DE MAIO.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2645/2645_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2645/2645_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">TRANSMITE AOS PROFISSIONAIS GARIS DE NOSSA CIDADE, OS MAIS SINCEROS CUMPRIMENTOS, PELO DIA DO GARI, COMEMORADO EM 16 DE MAIO.	</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>Rafael Figliero</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2616/2616_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2616/2616_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS À SERVIDORA DA CÂMARA MUNICIPAL DE ESTEIO, NATÁLIA OSTJEN GONÇALVES, PELO ÊXITO NA DEFESA DE TESE DE MESTRADO.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2807/2807_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2807/2807_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS PELA POSSE DA NOVA DIRETORIA DO LIONS CLUBE ESTEIO CENTRO, REALIZADA NO DIA 03 DE JUNHO.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2808/2808_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2808/2808_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTAM OS SINCEROS CUMPRIMENTOS PELOS 33 ANOS DE FUNDAÇÃO DA SIGLA COMEMORADO NO DIA 26 DE MAIO DESTE ANO. </t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2809/2809_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2809/2809_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS A VOSSA EXCELÊNCIA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE DE ESTEIO AO LONGO DOS ÙLTIMOS 10 ANOS EM QUE ESTEVE À FRENTE DA PROMOTORIA DE JUSTIÇA ESPECIALIZADA DO MINISTÉRIO PÚBLICO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/</t>
+    <t>http://sapl.esteio.rs.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA OS SINCEROS CUMPRIMENTOS AO 34º BATALHÂO DE POLÍCIA MILITAR DE ESTEIO, PELA IMPLANTAÇÃO DA PATRULHA MARIA DA PENHA NO MUNICÍPIO, PRESTANDO ACOMPANHAMENTO CONSTANTE ÀS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA.  </t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2811/2811_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2811/2811_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTAM OS SINCEROS VOTOS DE PESAR AO COMANDO DO 18º BATALHÃO DE INFANTARIA MOTORIZADA PELO ACIDENTE OCORRIDO NO DIA 2 DE JUNHO QUE VITIMOU DOIS MILITARES. </t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2812/2812_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2812/2812_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS AO PIQUETE GALPÃO DO BOQUEIRÃO, PELA POSSE DA NOVA PATRONAGEM.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2813/2813_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2813/2813_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTAM OS SINCEROS CUMPRIMENTOS PELOS 31 ANOS DE EXISTÊNCIA E PELO EXCELENTE TRABALHO DESENVOLVIDO PELA IGREJA SANTA RITA DE CÁSSIA, JUNTO À COMUNIDADE CATÓLICA. </t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2814/2814_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2814/2814_texto_integral.doc</t>
   </si>
   <si>
     <t>SINCEROS CUMPRIMENTOS PELA CONQUISTA, QUE ORGULHA A COMUNIDADE DO PARQUE PRIMAVERA E REGIÃO, BEM COMO RECOMPENSA O ESFORÇO DO PROJETO MAIS EDUCAÇÃO DESENVOLVIDO JUNTO AO CENTRO MUNICIPAL DE EDUCAÇÃO MARIA LYGIA ANDRADE HAACK.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2815/2815_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2815/2815_texto_integral.doc</t>
   </si>
   <si>
     <t>SINCEROS CUMPRIMENTOS PELA  REALIZAÇÃO DE EXAME DE TROCA DE FAIXA, COM A PRESENÇA DO SENSEI JOSELY PINTO DOS REIS, DIRETOR TÉCNICO E DE HISTÓRIA E FILOSOFIA DA FEDERAÇÃO MUNDIAL DE ARTES MARCIAIS, OCORRIDO NA CASA DE CULTURA  LUFREDINA ARAÚJO GAYA NO ÚLTIMO DIA 15 DE MAIO.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2816/2816_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2816/2816_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS À PASTORA MARIA TEREZA E A JOVEM SUÉLEN SILVEIRA, DA IGREJA DO EVANGELHO QUADRANGULAR DE ESTEIO, PELO TRABALHO PROFÍCUO REALIZADO EM NOSSA COMUNIDADE, ESPECIALMENTE COM O ACOLHIMENTO AOS JOVENS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2520/2520_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2520/2520_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSMITE A VOSSA SENHORIA E AO GRUPO DE JOVENS DA IGREJA NOSSA SENHORA APARECIDA, VOTOS DE PARABENIZAÇÃO PELA PRESTAÇÃO DE SERVIÇOS SOCIAIS E RELIGIOSOS PROMOVIDOS PELA PARÓQUIA A DEZENAS DE FAMÍLIAS DE ALTA VULNERABILIDADE SOCIAL.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2582/2582_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2582/2582_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PARABENIZAÇÃO AO DEPUTADO LUIZ BUSATO PELA RECONDUÇÃO À PRESIDÊNCIA ESTADUAL DO PARTIDO TRABALHISTA BRASILEIRO (PTB), DESEJANDO ÊXITO EM SUA GESTÃO.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2583/2583_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2583/2583_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PARABENIZAÇÃO AO CORPO DE BOMBEIROS DE ESTEIO PELA PASSAGEM DO DIA DO BOMBEIRO</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2585/2585_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2585/2585_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PARABENIZAÇÃO À SENHORA JULIANA SILVEIRA PELO ÊXITO NA APRESENTAÇÃO DE SEU TRABALHO DE CONCLUSÃO DE CURSO, DESEJANDO SUCESSO EM SUA CARREIRA.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>Bia Lopes, Leo Dahmer, Michele Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2602/2602_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2602/2602_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE APOIO AO GOVERNO ESTADUAL PARA NOMEAÇÃO IMEDIATA DE TODOS OS 83 CANDIDATOS PLENAMENTE HABILITADOS PARA INGRESSAR  NO CURSO SUPERIOR DA POLÍCIA MILITAR, QUE DA ACESSO AO CARGO DE CAPITÃO DA BRIGADA MILITAR.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS A COMUNIDADE ADVENTISTA DE ESTEIO PELA REINAUGURAÇÃO DO TEMPLO, OCORRIDO NO ÚLTIMO DIA 10 DE AGOSTO.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2480/2480_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2480/2480_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS PELA PASSAGEM DO SEU ANIVERSÁRIO OCORRIDO NESTE DIA 13 DE AGOSTO.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2362/2362_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2362/2362_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA A VOSSA EXCELÊNCIA, APOIO A INICIATIVA DE BUSCAR JUNTO AO INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA (IFET-RS) E AO MINISTÉRIO DA EDUCAÇÃO, A IMPLANTAÇÃO DO ENSINO ESPECIALIZADO EM AGRONEGÓCIO NAS DEPENDÊNCIAS DO PARQUE DE EXPOSIÇÕES ASSIS BRASIL. </t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>CSDHD - Segurança Pública, Direitos Humanos e Defesa do Consumidor</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2507/2507_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2507/2507_texto_integral.docx</t>
   </si>
   <si>
     <t>MANIFESTA A VOSSA SENHORIA, SINCEROS CUMPRIMENTOS, DESEJANDO-LHE BOAS  VINDAS E QUE TENHA PLENO ÊXITO NO DESENVOLVIMENTO DE SUAS ATIVIDADES A TESTA DO POSTO POLICIAL DE ATENDIMENTO PARA A MULHER NA CIDADE DE ESTEIO.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>CECMD - Educação, Cultura, Menor e Desporto</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2503/2503_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2503/2503_texto_integral.docx</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS A DIREÇÃO, FUNCIONÁRIOS E A TODA COMUNIDADE ESCOLAR DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL VIVENDO A INFÂNCIA, PELO ANIVERSÁRIO DE 10 ANOS DE EXISTÊNCIA, COMPLETOS NO DIA 29 DE AGOSTO.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2501/2501_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2501/2501_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA OS SINCEROS VOTOS DE PARABENIZAÇÃO A VOSSA SENHORIA PELA COLABORAÇÃO E AUXÍLIO ÀS VÍTIMAS DAS ENCHENTES NOS BAIRROS JARDIM DAS FIGUEIRAS E PRIMAVERA. </t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2499/2499_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2499/2499_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS, PELA COLAÇÃO DE GRAU NO CURSO DE SERVIÇO SOCIAL.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2403/2403_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2403/2403_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA PROFUNDO PESAR, PELO FALECIMENTO DO SENHOR LUIZ JERÔNYMO BUSATO.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2402/2402_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2402/2402_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSMITE A VOSSA EXCELÊNCIA O DESCONTENTAMENTO DO LEGISLATIVO PELA TRANSFERÊNCIA DE RECURSOS DA CONTA DE DEPÓSITOS JUDICIAIS PARA O CAIXA ÚNICO DO ESTADO, QUE SOMAM 4,2 BILHÕES, CARACTERIZANDO APROPRIAÇÃO INDEVIDA.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2251/2251_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2251/2251_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">OS SINCEROS CUMPRIMENTOS AOS PROPRIETÁRIOS E FUNCIONÁRIOS DO MERCADO JV, PELA INAUGURAÇÃO DA FILIAL OCORRIDA NO ÙLTIMO DIA 11 DE SETEMBRO._x000D_
 DESEJAMOS SUCESSO NESTE NOVO EMPREENDIMENTO E QUE OS OBJETIVOS SEJAM AMPLAMENTE ALCANÇADOS._x000D_
 </t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2250/2250_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2250/2250_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS AGRADECIMENTOS PELO TRABALHO VOLUNTÁRIO PRESTADO NO PERÍODO DAS ENCHENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2140/2140_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2140/2140_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSMITE A VOSSA EXCELÊNCIA O DESCONTENTAMENTO DO LEGISLATIVO PELA APROVAÇÃO DOS EMBARGOS INFRINGENTES NO PROCESSO DO &amp;#8220;MENSALÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA OS SINCEROS CUMPRIMENTOS PELA ORGANIZAÇÃO DO II FESTIVAL DE ESQUETES TEATRAIS DE ESTEIO, REALIZADO DE 04 A 06 DE OUTUBRO DE 2013 NA CASA DE CULTURA LUFREDINA ARAÚJO GAYA. </t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1953/1953_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1953/1953_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA OS SINCEROS CUMPRIMENTOS A VOSSA SENHORIA, PELO RECONHECIMENTO DO MINISTÉRIO DA EDUCAÇÃO AO PROGRAMA MAIS EDUCAÇÃO DESENVOLVIDO NA ESCOLA, COMO UM DOS DEZ MAIS BEM SUCEDIDOS NO PAÍS.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1864/1864_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1864/1864_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTAM OS SINCEROS CUMPRIMENTOS PELOS 31 ANOS DE EXISTÊNCIA COMPLETADOS NO ÚLTIMO DIA 26 E PELO EXCELENTE TRABALHO DESENVOLVIDO PELA ESCOLA JUNTO A COMUNIDADE. </t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1865/1865_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1865/1865_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA OS SINCEROS CUMPRIMENTOS PELA PASSAGEM DOS 42 ANOS DE EXISTÊNCIA DO CLUBE DE MÃES ARCO ÍRIS DE ESTEIO, QUE SERÁ COMEMORADO NO PRÓXIMO DIA 25. </t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2048/2048_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2048/2048_texto_integral.doc</t>
   </si>
   <si>
     <t>MANIFESTA O POSICIONAMENTO DO PODER LEGISLATIVO DE ESTEIO/RS EM RELAÇÃO A PROPOSTA, CUJO TEOR É DE INTERESSE INDISCUTÍVEL DA MUNICIPALIDADE. DESTA FORMA, PUGNAMOS PELO APOIO EM DEFESA DA APROVAÇÃO DA PROPOSTA DE EMENDA À CONSTITUIÇÃO Nº 341/2013, QUE VISA AUMENTAR O REPASSE PARA O FUNDO DE PARTICIPAÇÃO DOS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1895/1895_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1895/1895_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSMITE A VOSSA SENHORIA OS SINCEROS CUMPRIMENTOS PELA BRILHANTE REALIZAÇÃO DA COMPETIÇÃO DE ARTES MARCIAIS (MMA E MUAY THAI) 8ª EDIÇÃO MACHINE OF FIGHT, OCORRIDO NO ÚLTIMO DIA 16 DE NOVEMBRO, NA ACADEMIA LIFE FITNESS.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>Jane Battistello, Jaime da Rosa, Leo Dahmer, Michele Pereira, Rafael Figliero</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1891/1891_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1891/1891_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">RANSMITE  A VOSSA EXCELÊNCIA, OS SINCEROS CUMPRIMENTOS PELA CONQUISTA NAS ELEIÇÕES DO DIRETÓRIO MUNICIPAL DO PARTIDO DOS TRABALHADORES._x000D_
 DESEJAMOS SUCESSO COMO  NOVA PRESIDENTA DO PT EM ESTEIO.  _x000D_
                     SEM MAIS, COLOCANDO O LEGISLATIVO DE ESTEIO À DISPOSIÇÃO, SUBSCREVEMO-NOS COM ATENÇÃO, ENVIANDO VOTOS DE APREÇO E CONSIDERAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>Jane Battistello, Bia Lopes, Rafael Figliero</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1739/1739_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1739/1739_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSMITE A VOSSA SENHORIA, OS SINCEROS CUMPRIMENTOS PELA CONQUISTA NAS ELEIÇÕES PARA A PATRONAGEM DO CTG ESTEIO DA TRADIÇÃO, OCORRIDA NO DIA 22 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1737/1737_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1737/1737_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA A VOSSA SENHORIA, OS SINCEROS CUMPRIMENTOS AO GRUPO DE DOADORES VOLUNTARIOS DE SANGUE, PELO TRANSCURSO DO 11º ANIVERSÁRIO DE CRIAÇÃO DO GRUPO SANGUE AMIGO DA VIDA, COMEMORADO NO DIA 25 NOVEMBRO EM CONJUNTO COM O DIA NACIONAL DO DOADOR DE SANGUE. </t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1674/1674_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1674/1674_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSMITE  A VOSSA SENHORIA, OS SINCEROS CUMPRIMENTOS PELA POSSE  COMO PRESIDENTE DA REDEMAC, OCORRIDA NO DIA 03 DE DEZEMBRO DE 2013.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1675/1675_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1675/1675_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SINCEROS VOTOS DE PESAR AOS FAMILIARES PELO FALECIMENTO DO EX-VEREADOR NERI DE SOUZA, MILITANTE MAIS ANTIGO DO PMDB DE ESTEIO, FALECIDO EM 08 DE DEZEMBRO. </t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>PDI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1599/1599_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1599/1599_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 1.	O MUNICÍPIO POSSUI ESTATÍSTICA REFERENTE AO NÚMERO DE PESSOAS QUE TEM EPILEPSIA?_x000D_
 2.	CASO AFIRMATIVO, QUAL O NÚMERO DE PESSOAS?_x000D_
 3.	QUE TIPOS DE ASSISTÊNCIA ESSAS PESSOAS RECEBEM DO MUNICÍPIO?</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1627/1627_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1627/1627_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, EM QUE ETAPA ESTÁ O PROCESSO DE REGULARIZAÇÃO DO LOTEAMENTO BOQUEIRÃO NO BAIRRO JARDIM PLANALTO?</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1628/1628_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1628/1628_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, SE ESTÁ PREVISTO A PAVIMENTAÇÃO DAS RUAS DO BAIRRO CONCÓRDIA PARA O ANO DE 2013?</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1706/1706_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1706/1706_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA QUANTOS PASSES GRATUITOS EXISTE NO TRANSPORTE COLETIVO PÚBLICO DE ESTEIO?</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1707/1707_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1707/1707_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 1.	QUAL O MOTIVO DO PAGAMENTO DE TAXA À PREFEITURA MUNICIPAL PARA CONFIRMAÇÃO DO Nº DO LOTE JUNTO A CORSAN, PARA PEDIDOS DE LIGAÇÃO DE ÁGUA?_x000D_
 2.	SOLICITA TAMBÉM CÓPIA DA LEI QUE EXIGE O PAGAMENTO DESSA REFERIDA TAXA OU O CONTRATO COM A CORSAN.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2113/2113_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2113/2113_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - QUEM FICARÁ RESPONSÁVEL PELA PRAÇA DA JUVENTUDE, LOCALIZADA NA ESQUINA DA AVENIDA JOÃO PAULO I COM A RUA NILO BETTANIN?_x000D_
  - QUEM SERÁ O RESPONSÁVEL PELO AGENDAMENTO DO LOCAL? SERÃO COBRADAS TAXAS?</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2138/2138_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2138/2138_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA INFORMAR A ESTA CASA, QUAL O CRITÉRIO UTILIZADO QUE AUTORIZOU A COLOCAÇÃO DA PLACA DE SINALIZAÇÃO VERTICAL DE ESTACIONAMENTO PERMITIDO PELO TEMPO MÁXIMO DE 30MIN NA RUA SANTANA, EM FRENTE AO Nº 116?</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2762/2762_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2762/2762_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA EXCELÊNCIA, QUE SE DIGNE INFORMAR A ESTA CASA, O QUE SEGUE:_x000D_
 - POR QUE O PASSAGEIRO IDOSO, COM MAIS DE 65 ANOS, FAZ O SEU EMBARQUE PELA PORTA TRASEIRA E NÃO PELA PORTA DA FRENTE COMO OS DEMAIS PASSAGEIROS?_x000D_
 - POR QUE EM PORTO ALEGRE, QUE UTILIZA A BILHETAGEM ELETRÔNICA, TODOS OS PASSAGEIROS EMBARCAM PELA PORTA DIANTEIRA E AQUI NO MUNICÍPIO EXISTE ESTA DISTINÇÃO, SE TAMBÉM ESTAMOS UTILIZANDO A BILHETAGEM ELETRÔNICA?_x000D_
 </t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2717/2717_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2717/2717_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SE DIGNEINFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 1.	QUANTAS EQUIPES DE SAÚDE DA FAMÍLIA EXISTEM NO MUNICÍPIO E EM QUAIS BAIRROS?_x000D_
 2.	QUAL A ESTIMATIVA DE ATENDIMENTO REALIZADOS POR ESTAS EQUIPES?_x000D_
 </t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2609/2609_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2609/2609_texto_integral.doc</t>
   </si>
   <si>
     <t>SE EXISTE PROJETO PARA PAVIMENTAÇÃO ASFÁLTICA DO PROLONGAMENTO DA RUA OSVALDO DE JESUS VIEIRA, PARQUE PRIMAVERA. EM CASO POSITIVO, QUAL A PREVISÃO PARA O INÍCIO DA EXECUÇÃO DO PROJETO?</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2607/2607_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2607/2607_texto_integral.docx</t>
   </si>
   <si>
     <t>QUAL O ENCAMINHAMENTO DADO AOS PEDIDOS À OUVIDORIA SOBRE OS PROTOCOLOS NÚMEROS: 2013/566 VOL.1 E 2013/714 VOL.1, ENVIADOS À ADMINISTRAÇÃO MUNICIPAL, SOBRE A RESTITUIÇÃO DOS VALORES REFERENTES AOS DANOS CAUSADOS NOS CONTAINERS, SUPOSTAMENTE CAUSADOS PELA EMPRESA QUE RECOLHE O LIXO NA RUA BENTO GONÇALVES, 744.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2805/2805_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2805/2805_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, INFORMAR A ESTA CASA, QUAL O MOTIVO DA INTERDIÇÃO OCORRIDA NO CENTRO DE EDUCAÇÃO BÁSICA ÉRICO VERÍSSIMO NOS DIAS 03 E 04 DE JUNHO E QUAIS AS PROVIDÊNCIAS QUE ESTÃO SENDO ADOTADAS?</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2806/2806_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2806/2806_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, INFORMAR A ESTA CASA, ONDE FICAM ARMAZENADOS OS CAIXÕES E OS ARTEFATOS RETIRADOS DOS TÚMULOS DO CEMITÉRIO MUNICIPAL DOIS DE NOVEMBRO E QUAL O DESTINO FINAL DESSES MATERIAIS?</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2574/2574_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2574/2574_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DE ESTUDOS PARA A COLOCAÇÃO DE QUEBRA-MOLAS OU REDUTOR DE VELOCIDADE NA RUA BRASÍLIA ESQUINA COM A RUA CRISTÓVÃO COLOMBO, VILA OSÓRIO.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>SOLICITA QUE INFORME O NOME DO RESPONSÁVEL PELA AUTORIZAÇÃO DA EXUMAÇÃO DO CADÁVER DE DARLI LINCK, SEPULTADO EM 04/07/2012 NO CEMITÉRIO MUNICIPAL 2 DE NOVEMBRO, PARA PODER REALIZAR O SEPULTAMENTO DE CECÍLIA SCHAIDLAUER LINCK, FALECIDA EM 17/06/2013. SOLICITA TAMBÉM, CÓPIA DA GUIA DE SEPULTAMENTO DAS PESSOAS MENCIONADAS.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2478/2478_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2478/2478_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORME A ESTA CASA, O MOTIVO DO CANCELAMENTO OU NÃO RENOVAÇÃO DOS CONTRATOS DA ESPECIALIDADE DE UROLOGIA DA FUNDAÇÃO COM OS SEGUINTES MUNICÍPIOS: ALVORADA; PORTÃO; NOVA SANTA RITA E SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2360/2360_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2360/2360_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA, RESPOSTA AOS SEGUINTES PEDIDOS DE INFORMAÇÕES:_x000D_
 - OFÍCIO Nº 355/13-SG ENVIADO EM 10/04/2013;_x000D_
 - OFÍCIO Nº 711/13-SG ENVIADO EM 26/07/2013;_x000D_
 </t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2361/2361_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2361/2361_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR QUAL MOTIVO A UNIDADE DA REDE PRÓPRIA DA FARMÁCIA POPULAR DO BRASIL, LOCALIZADA NA AVENIDA PADRE CLARET AO LADO DO Nº 636, NÃO ESTÁ EM FUNCIONAMENTO EM NOSSO MUNICÍPIO? SOLICITA AINDA CÓPIA DO CONTRATO DE LOCAÇÃO DO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2178/2178_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2178/2178_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORME, O NOME DO RESPONSÁVEL PELA AUTORIZAÇÃO DA EXUMAÇÃO DO CADÁVER DE DARLI LINCK, SEPULTADO EM 04/07/2012 NO CEMITÉRIO MUNICIPAL 2 DE NOVEMBRO, PARA PODER REALIZAR O SEPULTAMENTO DE CECÍLIA SCHAIDLAUER LINCK, FALECIDA EM 17/06/2013. SOLICITA TAMBÉM, CÓPIA DA GUIA DE SEPULTAMENTO DAS PESSOAS MENCIONADAS.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2179/2179_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2179/2179_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORME A QUANTIDADE DE RESÍDUOS SÓLIDOS URBANOS RECOLHIDOS NO ANO DE 2012.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2180/2180_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2180/2180_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORME SE HOUVE RENOVAÇÃO DE CONTRATO PARA COMPRA DE VAGAS COM A ESCOLA DE EDUCAÇÃO INFANTIL MUNDO VERDE, LOCALIZADA NA RUA CAXIAS. CASO A RESPOSTA SEJA NEGATIVA, SOLICITA A JUSTIFICATIVA.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2257/2257_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2257/2257_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, SE EXISTE ALGUM ESTUDO PARA COBRIR O ARROIO ESTEIO NA AVENIDA ALBERTO PASQUALINI, PRÓXIMO AO POSTO CLARET?</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2001/2001_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2001/2001_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA, O MOTIVO DA DEMORA DA CONTRATAÇÃO DOS AGENTES DE SAÚDE QUE REALIZARAM O  CONCURSO SIMPLIFICADO E AINDA NÃO FORAM CHAMADOS. </t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2049/2049_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2049/2049_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, COMO FOI REALIZADA A AQUISIÇÃO DE CESTAS BÁSICAS QUE FORAM DISTRIBUÍDAS ÀS VÍTIMAS ATINGIDAS PELA ÚLTIMA ENCHENTE OCORRIDA NO MUNICÍPIO? SOLICITA AINDA QUE INFORME O VALOR E QUAIS OS CRITÉRIOS DE ESCOLHA DO ESTABELECIMENTO COMERCIAL QUE FORNECEU AS REFERIDAS CESTAS BÁSICAS.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1900/1900_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1900/1900_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DA TUBULAÇÃO DE ESGOTO E DAS BOCAS DE LOBO NA RUA THEODOMIRO PORTO DA FONSECA.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1897/1897_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1897/1897_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, QUAIS FORAM ÀS MEDIDAS ADOTADAS PELO EXECUTIVO MUNICIPAL, ALÉM DA ASSINATURA DO TERMO DE COOPERAÇÃO TÉCNICA EM CONJUNTO COM O MUNICÍPIO DE CANOAS E O ESTADO, PARA CONTRATAÇÃO DE ESTUDOS E PROJETOS DE PREVENÇÃO A ENCHENTES E RECUPERAÇÃO DA SUB-BACIA DO ARROIO SAPUCAIA, PARA ELIMINAR O PROBLEMA DA ENCHENTE.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1754/1754_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1754/1754_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, QUANTOS JOVENS ESTÃO ATUANDO NO PROJETO JOVEM CIDADÃO CONSCIENTE &amp;#8211; JCC?</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1751/1751_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1751/1751_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SE DIGNE INFORMAR A ESTA CASA, SOBRE A SITUAÇÃO DA RUA HERMENEGILDO CAUDURO, Nº 19, POIS SEGUNDO A MORADORA DO LOCAL SUA CASA FOI ATINGIDA PELA ENCHENTE NO MÊS DE AGOSTO E NÃO OBTEVE O BENEFÍCIO DO DESCONTO DA COBRANÇA NA TARIFA DA CORSAN, POIS SUA RESIDÊNCIA NÃO FOI INCLUÍDA NO DECRETO. </t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1537/1537_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1537/1537_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E MANUTENÇÃO DO TERRENO ONDE SE SITUA A US VOTORANTIN.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1538/1538_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1538/1538_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REGULAGEM DA LÂMPADA NA AV. SENADOR SALGADO FILHO, EM FRENTE AO Nº 1818, POIS A MESMA PERMANECE LIGADA 24H. SOLICITA AINDA A PODA DA ÁRVORE NO MESMO LOCAL, CUJOS GALHOS IMPEDEM A ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1539/1539_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1539/1539_texto_integral.docx</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1540/1540_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1540/1540_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O CONSERTO DA BOCA-DE-LOBO, BEM COMO A SUBSTITUIÇÃO DO ENCANAMENTO DE PVC POR CONCRETO, NA RUA ALAN KARDEC ESQUINA COM A RUA VICENTE DE CASTRO.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1544/1544_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1544/1544_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O DESENTUPIMENTO DOS CANOS DE ESGOTO, CONSERTO E COLOCAÇÃO DE TAMPAS NAS BOCAS-DE-LOBO, EM DOIS PONTOS DA RUA DIONÍSIO DA COSTA,VILA ESPERANÇA. SOLICITA TAMBÉM O REALINHAMENTO DO MEIO-FIO EM TODA A EXTENSÃO DA RUA REFERIDA.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1546/1546_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1546/1546_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E MANUTENÇÃO DE UMA BOCA-DE-LOBO NA RUA FLORIANO SILVEIRA DE MATOS, EM FRENTE AO Nº 580.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1548/1548_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1548/1548_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DE LÂMPADAS NOS SEGUINTES LOGRADOUROS:_x000D_
 -RUA PAPA PAULO VI, EM FRENTE AO Nº 304;_x000D_
 - RUA ALAGOAS, EM FRENTE AO Nº 94 E 39; _x000D_
 - RUA VIAMÃO, EM FRENTE AO Nº 286.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1549/1549_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1549/1549_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE NOTIFIQUE O PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA PAPA PAULO VI, EM FRENTE AO Nº 120, PARA QUE REALIZE A LIMPEZA DO PASSEIO PÚBLICO E REPARO ESTRUTURAL DO PRÉDIO.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1550/1550_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1550/1550_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE PNEUS DA AMBULÂNCIA DA SAMU.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1551/1551_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1551/1551_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DA LÂMPADA NA RUA PASSO FUNDO, EM FRENTE AO Nº 677, ESQUINA COM A AV. PADRE CLARET.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1552/1552_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1552/1552_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E COLOCAÇÃO DE TAMPA NA BOCA-DE-LOBO LOCALIZADA NA RUA DOS FERROVIÁRIOS, EM FRENTE AO Nº 148, CENTRO.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1554/1554_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1554/1554_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE SAIBRO NO ACESSO A ESCOLA PAULO FREIRE, ENTRE A ESTRADA DO NAZÁRIO E A RUA AYRTON SENNA DA SILVA.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1602/1602_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1602/1602_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DA FAIXA DE PEDESTRES NA RUA TAQUARA, EM FRENTE A ESCOLA GUSTAVO NORLUND.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1603/1603_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1603/1603_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO NA RUA SÃO FRANCISCO, EM FRENTE AO Nº 809, E TAMBÉM NA RUA OCTÁVIO SILVEIRA BORGES, NO TRECHO DE ESQUINA COM A RUA ELOY CHAVES.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1610/1610_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1610/1610_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O CONSERTO OU SUBSTITUIÇÃO DA TUBULAÇÃO DE ESGOTO NA RUA IMPÉRIO Nº 290.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1611/1611_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1611/1611_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DA CALÇADA LOCALIZADA NOS FUNDOS DO PARQUE GALVANY GUEDES, ESPECIFICAMENTE NA RUA VICENTE CELESTINO. SOLICITA, TAMBÉM, A COLOCAÇÃO DE UMA PLACA &amp;#8220;PROIBIDO COLOCAR LIXO&amp;#8221;.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1612/1612_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1612/1612_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REMOÇÃO DAS ÁRVORES CAÍDAS DESDE O ÚLTIMO TEMPORAL NO PARQUE MUNICIPAL GALVANY GUEDES E O PLANTIO DE NOVAS MUDAS PARA ARBORIZAÇÃO. SOLICITA TAMBÉM, A RECUPERAÇÃO DOS BRINQUEDOS E LIMPEZA DO PARQUE, RETIRANDO AS FOLHAS CAÍDAS.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1613/1613_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1613/1613_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O CORTE DE GRAMA, EMBELEZAMENTO E LIMPEZA DOS BUEIROS DA RUA MON. GERALDO PENTEADO QUEIROZ, NO LOTEAMENTO CAMPINAS, JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1614/1614_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1614/1614_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE LÂMPADA NA RUA AYRTON SENNA DA SILVA Nº 227, PARQUE VOTORANTIM, EM FRENTE AO CENTRO MUNICIPAL DE EDUCAÇÃO BÁSICA PAULO FREIRE E TAMBÉM NA RUA BENTO GONÇALVES, EM FRENTE AO Nº 1493, BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1615/1615_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1615/1615_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA COLOCAÇÃO DE UM QUEBRA MOLAS E A PINTURA DA FAIXA DE PEDESTRES NO FINAL DA AV. CASTRO ALVES COM A AV.LUIZ PASTEUR.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1616/1616_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1616/1616_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO A ESTA CASA DE ENVIE CÓPIA DO LAUDO TÉCNICO FEITO PELO ENGENHEIRO DA SECRETARIA MUNICIPAL DE OBRAS, SOBRE A SITUAÇÃO DO PÓRTICO DE ENTRADA DO PARQUE MUNICIPAL GALVANY GUEDES.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1617/1617_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1617/1617_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE UM NÚMERO MAIOR DE BANCOS E INSTALAÇÃO DE LIXEIRAS NO CANTEIRO CENTRAL DA AVENIDA GOVERNADOR ERNESTO DORNELLES, PARQUE SANTO INÁCIO.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1618/1618_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1618/1618_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE LÂMPADA NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA GRAVATAÍ, EM FRENTE AO Nº 192;_x000D_
 - RUA ARARANGUÁ, EM FRENTE AO Nº 27;_x000D_
 - AV.LUIZ PASTEUR ESQUINA COM A RUA ARARANGUÁ.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1620/1620_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1620/1620_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA 24 DE AGOSTO, AO LADO DO Nº 1718, PARA QUE PROMOVA A LIMPEZA E MANUTENÇÃO DO LOCAL, BEM COMO A COLOCAÇÃO DE PLACA &amp;#8220;PROIBIDO COLOCAR LIXO&amp;#8221;.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1621/1621_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1621/1621_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA CONSTRUÇÃO DE UMA ESCADARIA NA AVENIDA PORTO ALEGRE, NA DESCIDA DA PARADA DE ÔNIBUS, NA ALTURA DO Nº 1288 E TAMBÉM A TROCA DE LÂMPADA DO POSTE LOCALIZADO NO MESMO ENDEREÇO.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1622/1622_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1622/1622_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE SINALIZAÇÃO NAS PROXIMIDADES DA RUA BOM RETIRO, INFORMANDO QUE A VIA NÃO POSSUI SAÍDA.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1623/1623_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1623/1623_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA BENTO GONÇALVES, PRINCIPALMENTE OS QUE SE SITUAM ENTRE A AVENIDA DOM PEDRO E A TRAVESSA ERWINO SCHULLER.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1624/1624_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1624/1624_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VISITA DE UM ASSISTENTE SOCIAL NA RUA SÃO SEBASTIÃO DO CAÍ, EM FRENTE AO Nº 1133, PARA VERIFICAR A SITUAÇÕES EM QUE O MORADOR DO LOCAL ESTÁ SUBMETIDO.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1625/1625_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1625/1625_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO PASSEIO PÚBLICO LOCALIZADO NA AVENIDA PERY FAGUNDES, AO LADO DOS TRILHOS DO TREM, DESDE A FRENTE DA EMPRESA &amp;#8220;SUPRA&amp;#8221;, ATÉ O VIADUTO DO BAIRRO OSÓRIO.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1626/1626_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1626/1626_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO ARROIO ESTEIO, SOBRETUDO ENTRE A BR 116 E A RUA BENTO GONÇALVES, E TAMBÉM A RECONSTRUÇÃO DA GRADE DE PROTEÇÃO SITUADA NO PASSEIO PÚBLICO DA AVENIDA PRESIDENTE VARGAS, ENTRE A PASSARELA E O POSTO DE COMBUSTÍVEIS, NAS PROXIMIDADES DA RÓTULA QUE LEVA A RUA MAURÍCIO CARDOSO.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1676/1676_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1676/1676_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO, LIMPEZA E DESENTUPIMENTO NOS SEGUINTES LOGRADOUROS, NA VILA NAVAGANTES:_x000D_
 - RUA D, Nº 70 (CANO QUEBRADO);_x000D_
 - RUA D, Nº 220 (LIMPEZA E MANUTENÇÃO DA CAIXA DE INSPEÇÃO);_x000D_
 - RUA E, Nº 50 (TROCA DA TAMPA DA BOCA-DE-LOBO);_x000D_
 - RUA E, Nº 75 (ESGOTO CLOACAL QUE TRANSBORDA EM FRENTE AO _x000D_
 PORTÃO DA CASA);_x000D_
 - RUA ÉRICO VERÍSSIMO, Nº 200 (DESENTUPIMENTO DA BOCA-DE-LOBO _x000D_
 EM FRENTE AO Nº 90, LIMPEZA E TROCA DA TAMPA DA BOCA-DE-LOBO)._x000D_
 TAMBÉM, NOTIFIQUE O PROPRIETÁRIO DO IMÓVEL, DA  RUA ÉRICO _x000D_
 VERÍSSIMO, EM FRENTE À ESCOLA MUNICIPAL EVA KARNAL, PARA QUE PROMOVA A LIMPEZA DO TERRENO.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1696/1696_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1696/1696_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, CÓPIA DO CONVÊNIO FIRMADO COM A ASSOCIAÇÃO S.O.S DIAMANTES &amp;#8211; SICIEDADE ORGANIZADA E SOCIAL DIAMANTES &amp;#8211; REFERENTE AO REPASSE DE VALORES PARA A PARTICIPAÇÃO DA ENTIDADE NA COMPETIÇÃO DE FUTEBOL DE AREIA BOLAMAR 2013, REALIZADA EM TRAMANDAÍ, BEM COMO DA PRESTAÇÃO DE CONTAS.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1697/1697_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1697/1697_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO ARROIO ESTEIO NO TRECHO LOCALIZADO NA RUA BENTO GONÇALVES ATÉ A AV. PRESIDENTE VARGAS, BAIRRO EZEQUIEL, BEM COMO A LIMPEZA DAS BOCAS-DE-LOBO LOCALIZADAS NAS IMEDIAÇÕES DO REFERIDO TRECHO.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1698/1698_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1698/1698_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM QUEBRA-MOLAS OU A COLOCAÇÃO DE TACHÕES NA RUA ERICO VERÍSSIMO COM A RUA OSÉIAS VIEIRA DA CUNHA E NAS PROXIMIDADES DO CRUZAMENTO DA RUA GUIMARÃES DA ROSA COM A AV. PADRE CLARET.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1699/1699_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1699/1699_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO DO PROPRIETÁRIO PARA REALIZAR O DESCARTE CORRETO DOS RESTOS DE MATERIAIS DE CONSTRUÇÃO LOCALIZADOS NA ESQUINA DA RUA SOLEDADE COM A RUA BOM RETIRO.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1700/1700_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1700/1700_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO DO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA DO IMÓVEL E DO PASSEIO PÚBLICO LOCALIZADO NA RUA BOM RETIRO EM FRENTE AO Nº 41.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1701/1701_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1701/1701_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO DO PROPRIETÁRIO PARA ADEQUAÇÃO DO PASSEIO PÚBLICO LOCALIZADO NA RUA SENADOR SALGADO FILHO EM FRENTE AO Nº 1550.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1702/1702_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1702/1702_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E/OU NOTIFICAÇÃO DO PROPRIETÁRIO, PARA QUE REALIZE A MESMA, DO IMÓVEL ONDE SE ENCONTRA UM CAMPO DE FUTEBOL, EM FRENTE AO Nº 39 DA RUA LOURENÇO RABAIOLI.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1703/1703_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1703/1703_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO DOS PROPRIETÁRIOS PARA QUE PROMOVAM A LIMPEZA DOS DOIS TERRENOS LOCALIZADOS NA RUA OLAVO FONTOURA AO LADO DO Nº 211 E OUTRO AO LADO DO Nº 257, BAIRRO VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1704/1704_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1704/1704_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAR A PODA DE TODAS AS ÁRVORES DA AV. SANTO INÁCIO DE LOYOLA, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1705/1705_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1705/1705_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DE UMA FAIXA DE SEGURANÇA NA AV. PRESIDENTE VARGAS EM FRENTE AO Nº 3193 (DETRAN DE ESTEIO).</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1956/1956_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1956/1956_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À AES SUL A TROCA DO POSTE NA RUA PELOTAS, ESQUINA COM A AV. DOM PEDRO, EM FRENTE AO NÚMERO 711.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1957/1957_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1957/1957_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À AES SUL A TROCA DE POSTE NA RUA PADRE ANTÔNIO VIEIRA, EM FRENTE AO Nº 97, BAIRRO SANTO INÁCIO</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1958/1958_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1958/1958_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À CORSAN QUE PROVIDENCIE A RECUPERAÇÃO DO ASFALTO DANIFICADO POR OCASIÃO DE OBRAS DA EMPRESA, NA RUA BARTOLOMEU DE GUSMÃO, 284, NO BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1960/1960_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1960/1960_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DAS LÂMPADAS LOCALIZADAS NA AV. RIO BRANCO, NO BAIRRO NOVO ESTEIO, SUBSTITUINDO AQUELAS QUE ESTIVEREM QUEIMADAS.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1963/1963_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1963/1963_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E REVITALIZAÇÃO DA PRAÇA DO LOTEAMENTO BOCKMANN, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1964/1964_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1964/1964_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE SAIBRO OU REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS EM TODA A TRAV. SANTO ÂNGELO, BAIRRO VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1966/1966_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1966/1966_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA ALBERTO PASQUALINI, AO LADO DO Nº 171, PARA QUE REALIZE A LIMPEZA DO TERRENO.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1967/1967_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1967/1967_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO ARROIO ESTEIO, SOBRETUDO NA AV. ALBERTO PASQUALINI, BEM COMO A PODA DAS ÁRVORES QUE SE ENCONTRAM NAS MARGENS DO ARROIO.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1968/1968_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1968/1968_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETARIO DO IMÓVEL LOCALIZADO NA ESQUINA DA RUA PALESTINA COM A RUA AVELINO ANTÔNIO ZONTA, PARA QUE REALIZE A LIMPEZA NO TERRENO E DO PASSEIO PÚBLICO.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1969/1969_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1969/1969_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E MANUTENÇÃO DOS BUEIROS NOS SEGUINTES ENDEREÇOS: _x000D_
 - EM FRENTE A ESCOLA MUNICIPAL SANTO INÁCIO;_x000D_
 - RUA JARDEL FILHO;_x000D_
 - AV. RIO BRANCO, NAS PROXIMIDADES DO Nº 537;_x000D_
 - ESQUINA DA RUA PALESTINA COM A RUA AVELINO ANTÔNIO ZONTA;_x000D_
 - RUA DI CAVALCANTI.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1970/1970_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1970/1970_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DAS LÂMPADAS DOS POSTES LOCALIZADOS NO ENTORNO DO CEMITÉRIO MUNICIPAL 2 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2091/2091_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2091/2091_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DAS LÂMPADAS DOS POSTES NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA MANOEL MACHADO, EM FRENTE AO Nº 170;_x000D_
 - RUA ALAGOAS, EM FRENTE AO Nº 39.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2092/2092_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2092/2092_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA ALAGOAS, EM FRENTE AO Nº 39, PARA QUE PROMOVA A LIMPEZA DO TERRENO E DO PASSEIO PÚBLICO</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2093/2093_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2093/2093_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE ALÇA PARA ILUMINAÇÃO NOS POSTES DA AVENIDA STANDART.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2101/2101_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2101/2101_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DO MOBILIÁRIO INSERVÍVEL DA ESCOLA MUNICIPAL JOÃO XXIII, DE FORMA A SER RECUPERADO OU DESCARTADO.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2103/2103_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2103/2103_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DO CONTRATO FIRMADO ENTRE O EXECUTIVO MUNICIPAL E A EMPRESA QUE REALIZOU A LIMPEZA E DESINFECÇÃO DA CAIXA D&amp;#8217;ÁGUA, LOCALIZADA NO CENTRO MUNICIPAL DE EDUCAÇÃO BÁSICA VITORINA FABRE, NOS ANOS DE 2012 E 2013. SOLICITA TAMBÉM, CÓPIA DO COMPROVANTE DE PAGAMENTO DO SERVIÇO PRESTADO, BEM COMO INFORME QUAL O MODO DE LICITAÇÃO APLICADA NESSE CASO.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2104/2104_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2104/2104_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA ELBA N. MORETTI, ESQUINA COM A ESTRADA DO NAZÁRIO, PARA QUE PROMOVA A LIMPEZA E CERCAMENTO  ADEQUADO DO TERRENO.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2105/2105_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2105/2105_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE SAIBRO OU REALIZE OPERAÇÃO TAPA BURACOS, EM TODA EXTENSÃO DO BECO QUE LIGA A RUA AIRTON SENNA DA SILVA COM A RUA LUDOVICO COSTELA, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2106/2106_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2106/2106_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O FECHAMENTO DA BROCA NA CALÇADA DA RUA SOLEDADE,EM FRENTE AO Nº 1126, CENTRO.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2107/2107_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2107/2107_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A ABERTURA DE UMA BOCA DE LOBO NA RUA MAURÍCIO ROSEMBLAT,EM FRENTE AO Nº 37, VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2108/2108_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2108/2108_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE LÂMPADAS LOCALIZADAS NA RUA GRAVATAÍ, EM FRENTE AOS NºS 182 E 334, E NA ESQUINA DA RUA FERNANDO FERRARI COM A RUA GRAVATAÍ, CENTRO.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2109/2109_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2109/2109_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CAPINA E LIMPEZA DE TODA EXTENSÃO DA AVENIDA LUIZ PASTEUR, NO BAIRRO PARQUE TAMANDARÉ.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2110/2110_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2110/2110_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE LÂMPADA DO POSTE LOCALIZADO NA RUA 28 DE FEVEREIRO, EM FRENTE AO Nº 315.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2111/2111_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2111/2111_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE INFORME QUANDO A RUA GARIBALDI ESTIVER BLOQUEADA EM EVENTOS NA &amp;#8220;RUA COBERTA&amp;#8221;, COM SINALIZAÇÃO NA RUA FERNANDO FERRARI ESQUINA COM A RUA PADRE FELIPE.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2112/2112_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2112/2112_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA ALAGOAS, ESQUINA COM A RUA ACRE, PARA QUE REALIZE A LIMPEZA DO TERRENO.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2130/2130_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2130/2130_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O FECHAMENTO DE UMA BROCA LOCALIZADA NA AVENIDA PADRE CLARET, EM FRENTE AO Nº 863.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2131/2131_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2131/2131_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DA TAMPA DE BOCA DA LOBO LOCALIZADA NA RUA NELSON DE OLIVEIRA MELLO, EM FRENTE AO Nº 300, JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2132/2132_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2132/2132_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DO TERRENO BALDIO, LOCALIZADO NA ESTRADA DO BOQUEIRÃO ESQUINA COM A TRAVESSA ÁRIO JOSÉ SOARES, LOTEAMENTO CAMPINAS, PARA, QUE PROMOVA A LIMPEZA E CERCAMENTO DO TERRENO.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2133/2133_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2133/2133_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA COLOCAÇÃO DE QUEBRA MOLAS OU REDUTORES DE VELOCIDADE NA AVENIDA PADRE CLARET, PRÓXIMO A RUA SÃO LUIZ, PARQUE AMADOR.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2134/2134_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2134/2134_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO CAMPO DA ESCOLA JOÃO XXIII, LOCALIZADO NA RUA PINTO BANDEIRA.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2135/2135_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2135/2135_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E DEDETIZAÇÃO DOS BUEIROS LOCALIZADOS NA AVENIDA JOÃO NEVES DA FONTOURA, EM FRENTE AO Nº 316 E NA ESQUINA COM A RUA ALBERTO PASQUALINI.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2136/2136_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2136/2136_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE FAÇA A LIMPEZA E/OU NOTIFIQUE AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA DALVA DE OLIVEIRA, S/Nº, NA ESTRADA DA ENTRADA DA BARREIRA, PARA PROVIDENCIE A LIMPEZA DO TERRENO. </t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2137/2137_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2137/2137_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO PÁTIO DA ESCOLA ESTADUAL DE ENSINO MÉDIO DYONÉLIO MACHADO.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2181/2181_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2181/2181_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DO MOBILIÁRIO INSERVÍVEL DA ESCOLA MUNICIPAL TRINDADE, DE FORMA A SER RECUPERADO OU DESCARTADO.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2182/2182_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2182/2182_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO DO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA TRAVESSA SANTA CATARINA, AO LADO DO Nº 117, PARA QUE PROMOVA A LIMPEZA DO PASSEIO PÚBLICO E CERCAMENTO DO MESMO.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2184/2184_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2184/2184_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO DOS PROPRIETÁRIOS DOS IMÓVEIS LOCALIZADOS NA RUA TAQUARA, EM FRENTE AOS N.ºS 1600 E 1156, PARA QUE PROMOVAM A LIMPEZA DOS PASSEIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2185/2185_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2185/2185_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DA TAMPA DE UM BUEIRO LOCALIZADO NA TRAVESSA SANTA CATARINA, ESQUINA COM A RUA THEODOMIRO PORTO DA FONSECA, E A COLOCAÇÃO NA MESMA TRAVESSA, DA TAMPA DO BUEIRO LOCALIZADO NA CALÇADA AO LADO DA EMPRESA LAMBIASE.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2186/2186_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2186/2186_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DA LÂMPADA NA RUA OSMAR FORTES BARCELOS, EM FRENTE AO Nº 239, PARQUE SANTO INÁCIO.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2187/2187_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2187/2187_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DA BOCA DE LOBO LOCALIZADA NA AV. LUIZ PASTEUR Nº 3515.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2190/2190_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2190/2190_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE TELHA DA PARADA DE ÔNIBUS, LOCALIZADA NA AVENIDA ERNESTO DORNELLES ESQUINA COM A RUA JARDEL FILHO, PARQUE SANTO INÁCIO.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2193/2193_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2193/2193_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A VERIFICAÇÃO DO NÍVEL DE RUÍDO PRODUZIDO PELA EMPRESA LOCALIZADA NA AVENIDA LUIZ PASTEUR, Nº 4971.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2197/2197_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2197/2197_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO NA ALÇA DE ILUMINAÇÃO, LOCALIZADA EM FRENTE AO Nº 110, DA TRAVESSA JARDIM PLANALTO, VILA BOQUEIRÃO.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2198/2198_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2198/2198_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O CONSERTO DO ABRIGO DE ÔNIBUS LOCALIZADO EM FRENTE À ESCOLA MUNICIPAL CLODOVINO SOARES, RUA ULISSES PIMENTEL Nº 610, BAIRRO TAMANDARÉ.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2200/2200_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2200/2200_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DAS LÂMPADAS NO VIADUTO DE ACESSO AO BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2204/2204_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2204/2204_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O CONSERTO OU SUBSTITUIÇÃO DA TUBULAÇÃO DE ESGOTO, NA RUA RIO PARDO, EM FRENTE AO Nº 249.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2213/2213_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2213/2213_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE PROVIDENCIE A RECUPERAÇÃO DO ASFALTO E DA CALÇADA, DANIFICADOS POR OCASIÃO DE OBRAS DA CORSAN, NA RUA DAS ESTREMOSAS, EM FRENTE AO Nº 244, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2272/2272_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2272/2272_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DA GRADE DE PROTEÇÃO DO BUEIRO LOCALIZADO NA RUA ORESTES PIANTA, ESQUINA COM A RUA DALVA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2273/2273_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2273/2273_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DOS BANHEIROS LOCALIZADOS NA UNIDADE BÁSICA DE SAÚDE CAIC.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2277/2277_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2277/2277_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DA LÂMPADA DO POSTE LOCALIZADO NA RUA EDGAR PICCIONI, EM FRENTE AO Nº 185.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2278/2278_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2278/2278_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RECUPERAÇÃO DO PASSEIO PÚBLICO DE ENTRADA DA UNIDADE BÁSICA DE SAÚDE CAIC E DA ESCOLA DE EDUCAÇÃO INFANTIL VIVENDO A INFÂNCIA.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2279/2279_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2279/2279_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA RAMPA DE ACESSO NA ENTRADA DA ESCOLA TRINDADE, BEM COMO NA ENTRADA DE SUAS SALAS DE AULA.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2280/2280_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2280/2280_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E DEDETIZAÇÃO DOS BUEIROS DOS SEGUINTES ENDEREÇOS:_x000D_
 RUA JOSÉ PEDRO DA SILVEIRA;_x000D_
 TRAVESSA PEDREIRA, EM FRENTE AO Nº 179;_x000D_
 BECO 4.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2281/2281_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2281/2281_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DA CANALIZAÇÃO DE ESGOTO EXISTENTE NA RUA EDGAR PICCIONI, ESPECIALMENTE NO BECO AO LADO DO MURO DA EMPRESA VOTORANTIM.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2282/2282_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2282/2282_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A  ELIMINAÇÃO DE UMA BROCA E RECONSTRUÇÃO DA CALÇADA, LOCALIZADA NA RUA AGOSTINHO CAMILO DE BORBA, EM FRENTE AOS NºS 517 E 560, BAIRRO NOVO ESTEIO. _x000D_
 SOLICITA AINDA O RECAPEAMENTO ASFALTICO DA RUA, POIS É UMA VIA DE ACESSO A ESCOLAS, IGREJAS E TRANSPORTE URBANO COM INTENSO MOVIMENTO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2286/2286_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2286/2286_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DA CANALIZAÇÃO DE ESGOTO EM TODA EXTENSÃO DA RUA RUI BARBOSA, BAIRRO NOVO ESTEIO. SOLICITA AINDA, O FECHAMENTO DE UMA BROCA E RECONSTRUÇÃO DA CALÇADA EM FRENTE AO Nº 78.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2288/2288_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2288/2288_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DAS LÂMPADAS DE ILUMINAÇÃO LOCALIZADAS PRÓXIMAS À PISTA DE CAMINHADA DO PARQUE GALVANY GUEDES.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2289/2289_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2289/2289_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA FERNANDO FERRARI, EM FRENTE AO Nº 1140, PARA QUE REMOVA OBSTÁCULO DA CALÇADA QUE ESTÁ EM DESNÍVEL, CAUSANDO ACIDENTES E TRANSTORNOS AOS PEDESTRES</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2291/2291_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2291/2291_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O FECHAMENTO DE UMA BROCA LOCALIZADA ENTRE OS NºS 52 E 64 NA RUA SANTO INÁCIO DE LOYOLA, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2292/2292_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2292/2292_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DE DUAS FAIXAS DE SEGURANÇA, SENDO UMA NA RUA LA SALLE E OUTRA NA AVENIDA PADRE CLARET, AMBAS EM FRENTE À ESCOLA LA SALLE.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2295/2295_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2295/2295_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA PELOTAS, Nº 835, PARA QUE PROMOVA A LIMPEZA DO TERRENO.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2297/2297_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2297/2297_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE ABRIGO NA PARADA DE ÔNIBUS LOCALIZADA NA RUA QUARAÍ, ENTRE OS NºS. 785 E 787. EM ANEXO ABAIXO ASSINADO DA COMUNIDADE.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2319/2319_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2319/2319_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA TROCA DE LÂMPADAS EM POSTES LOCALIZADOS NA RUA CEARÁ, EM FRENTE AOS NºS 22 E 62.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2320/2320_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2320/2320_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O CONSERTO OU SUBSTITUIÇÃO DA TUBULAÇÃO DE ESGOTO NA RUA RAUL PILLA, EM FRENTE AOS NºS 134 E 180.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2321/2321_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2321/2321_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DE UMA CASA ABANDONADA, LOCALIZADA NA RUA NOVO HAMBURGO Nº 279, PARA QUE PROMOVA A LIMPEZA DO TERRENO.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2322/2322_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2322/2322_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DA AREIA PROVENIENTE DAS OBRAS DA AVENIDA BEIRA ARROIO, ACUMULADA NA VIA LOCALIZADA NA RUA RIO GRANDE, EM FRENTE AO CONDOMÍNIO MORADA I.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2323/2323_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2323/2323_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE SAIBRO NA RUA EZEQUIEL REZENDE, Nº 537, BECO 1 E 2. SOLICITA AINDA A LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS NO MESMO ENDEREÇO.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2325/2325_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2325/2325_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A PODA DAS ÁRVORES LOCALIZADAS EM FRENTE ÀS ESCOLAS GUSTAVO NORDLAN E DULCE DE MORAES.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2326/2326_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2326/2326_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DE UMA FAIXA DE PEDESTRES EM FRENTE AO RESIDENCIAL FLAMBOYANT, NA RUA SENADOR SALGADO FILHO, Nº 411.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2327/2327_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2327/2327_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAR ESTA CASA, QUAL A DATA PREVISTA PARA A IMPLEMENTAÇÃO DO PROCON MUNICIPAL? </t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2328/2328_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2328/2328_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE DEBATE COM OS EDUCADORES E EDUCANDOS, PARA IMPLEMENTAR O PROJETO SOLETRANDO EM TODAS AS ESCOLAS MUNICIPAIS, A FIM DE ESTIMULAR A COMPETIÇÃO SADIA EM BUSCA DO CONHECIMENTO ORTOGRÁFICO.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2787/2787_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2787/2787_texto_integral.docx</t>
   </si>
   <si>
     <t>A TRANSFERÊNCIA DA BOCA DE LOBO, LOCALIZADA EM FRENTE AO PORTÃO DA CÂMARA MUNICIPAL, PARA SEIS METROS ALÉM DO SEU PONTO, EM DIREÇÃO AO CENTRO, OU SEJA, NA DIVISA DA CÂMARA COM OUTRO TERRENO.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2785/2785_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2785/2785_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O RECAPEAMENTO ASFÁLTICO DA AVENIDA PRESIDENTE VARGAS, EM FRENTE AO Nº 1460. </t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2783/2783_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2783/2783_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIAS REPROGRÁFICAS DOS DOIS ÚLTIMOS COMPROVANTES DE AFERIÇÃO DA BALANÇA ELETRÔNICA, LOCALIZADA NA SMOVSU, EMITIDA PELO INMETRO.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2782/2782_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2782/2782_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIAS REPROGRÁFICAS DO MEMORIAL DESCRITIVO ANEXO AO EDITAL DA CONCORRÊNCIA Nº 001/2008 &amp;#8211; CONTRATO Nº 210/2008, FIRMADO ENTRE O EXECUTIVO MUNICIPAL E MB ENGENHARIA E MEIO AMBIENTE LTDA.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2781/2781_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2781/2781_texto_integral.docx</t>
   </si>
   <si>
     <t>A TROCA DE LÂMPADAS LOCALIZADAS NA RUA ACRE, ESQUINA COM A RUA BAHIA, PARQUE AMADOR.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2779/2779_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2779/2779_texto_integral.docx</t>
   </si>
   <si>
     <t>AVALIAÇÃO PARA PODA DE ÁRVORES QUE ESTÃO CAINDO E OBSTRUINDO O ARROIO ESTEIO, PRÓXIMO AO Nº 529, RUA THEODOMIRO PORTO DA FONSECA, BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2776/2776_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2776/2776_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA E APLICAÇÃO DE LARVICIDA NO ARROIO ESTEIO E NAS BOCAS DE LOBO, BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2769/2769_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2769/2769_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE DETERMINE À SECRETARIA COMPETENTE, A TROCA DA LÂMPADA DO POSTE EM FRENTE AO Nº 38, RUA MANOEL FERREIRA CARDOSO, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2768/2768_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2768/2768_texto_integral.docx</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃOAO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA ACRE, ESQUINA COM A AVENIDA PADRE CLARET, PARA QUE PROMOVA A LIMPEZA DO TERRENO.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2767/2767_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2767/2767_texto_integral.docx</t>
   </si>
   <si>
     <t>A SUPRESSÃO OU TRANSPLANTE DA ÁRVORE, LOCALIZADA EM FRENTE AO Nº 355, RUA ACRE.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2766/2766_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2766/2766_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA E DEDETIZAÇÃO DO BUEIRO LOCALIZADO NA RUA JOÃO NEVES DA FONTOURA, EM FRENTE AO Nº 316.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2765/2765_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2765/2765_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A NOTIFICAÇÃO AO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA E MANUTENÇÃO DO IMÓVEL LOCALIZADO NA RUA ALEGRETE, Nº 271. </t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2764/2764_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2764/2764_texto_integral.docx</t>
   </si>
   <si>
     <t>CORTE DE GRAMA NO INTERIOR DA ESCOLA ESTADUAL DE ENSINO MÉDIO BAIRRO DO PARQUE.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2763/2763_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2763/2763_texto_integral.docx</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE BRITA NO BECO AO LADO DO Nº 2358, RUA 24 DE AGOSTO.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2728/2728_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2728/2728_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA DAS BOCAS DE LOBO NOS BAIRROS SANTO INÁCIO E JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2727/2727_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2727/2727_texto_integral.doc</t>
   </si>
   <si>
     <t>A LIMPEZA E DEDETIZAÇÃO DO ARROIO SAPUCAIA E ENTORNO, NO BAIRRO JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2726/2726_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2726/2726_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LÃMPADA NA RUA PADRE REUS, EM FRENTE AO Nº 19, VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2725/2725_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2725/2725_texto_integral.docx</t>
   </si>
   <si>
     <t>O CONSERTO OU SUBSTITUIÇÃO DA TUBULAÇÃO DE ESGOTO NA RUA NOVO HAMBURGO, EM FRENTE AO Nº 261 E TAMBÉM NA RUA DAS ESTREMOSAS, EM FRENTE AO Nº 208.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2724/2724_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2724/2724_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA E DEDETIZAÇÃO DOS BUEIROS LOCALIZADOS EM TORNO DA ESCOLA BAIRRO DO PARQUE, PRINCIPALMENTE NA RUA CLARICE LISPECTOR.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2723/2723_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2723/2723_texto_integral.docx</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE TACHÕES OU UM QUEBRA-MOLAS NAS IMEDIAÇÕES DO CRUZAMENTO DA RUA RIO GRANDE COM A RUA CAXIAS.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2722/2722_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2722/2722_texto_integral.docx</t>
   </si>
   <si>
     <t>O REPARO ESTRUTURAL DAS RAMPAS DE ACESSO AOS PASSEIOS PÚBLICOS, LOCALIZADOS NA ESQUINA DA AVENIDA PRESIDENTE VARGAS COM A RUA GARIBALDI EM FRENTE AOS ESTABELECIMENTOS DA OI E NOVA ERA. SOLICITA AINDA A MODIFICAÇÃO DO ACESSO NOS MEIOS FIOS, DE ELEVADOS PARA PLANOS</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2721/2721_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2721/2721_texto_integral.docx</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE BANCOS NAS PARADAS DE ÔNIBUS NA AVENIDA PADRE CLARET, ESQUINA COM A RUA ALEGRETE.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2720/2720_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2720/2720_texto_integral.docx</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NA RUA MANOEL DOS SANTOS, EM FRENTE AO Nº 135 E NA ESQUINA DA RUA JOÃO FRANCISCO ALVES COM A RUA ELÍSIO SILVA.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NA PAVIMENTAÇÃO DO TRECHO FINAL DA RUA VITOR MATEUS TEIXEIRA, BAIRRO TRÊS MARIAS. </t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2718/2718_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2718/2718_texto_integral.docx</t>
   </si>
   <si>
     <t>, A SUBSTITUIÇÃO DE LÂMPADAS NOS POSTES LOCALIZADOS DO SEGUINTES LOCAIS:			RUA TRAVESSA GERMANO VON HOHENDORF, EM FRENTE AO Nº 123;_x000D_
 AVENIDA PRESIDENTE VARGAS, EM FRENTE AO Nº 1456;_x000D_
 AVENIDA CELINA CHAVES KROEFF DESDE O Nº 541 ATÉ O FINAL;_x000D_
 RUA PABLO NERUDA, DESDE O Nº 289 AO Nº 299.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2659/2659_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2659/2659_texto_integral.docx</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DO ENCANAMENTO SOB O PASSEIO PÚBLICO, LOCALIZADO NA AVENIDA RIO BRANCO, EM FRENTE AO Nº 690.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2658/2658_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2658/2658_texto_integral.docx</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE COBERTURA ASFÁLTICA SOBRE O BURACO LOCALIZADO NA RUA MANOEL DOS SANTOS, EM FRENTE AO Nº 175 E NA RUA SENADOR SALGADO FILHO, EM FRENTE AO Nº 1644.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2657/2657_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2657/2657_texto_integral.docx</t>
   </si>
   <si>
     <t>PINTURA DE UMA FAIXA PARA TRAVESSIA DE PEDESTRES NO CRUZAMENTO DA RUA SENADOR SALGADO FILHO COM A RUA PASSO FUNDO.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2656/2656_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2656/2656_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REVISÃO DO SISTEMA DE ILUMINAÇÃO DO POSTE LOCALIZADO NA RUA ALVÍCIO NIENOW, EM FRENTE AO Nº 92, TENDO EM VISTA QUE O POSTE MANTÉM-SE LIGADO DURANTE TODO O DIA. </t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2655/2655_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2655/2655_texto_integral.docx</t>
   </si>
   <si>
     <t>COBERTURA ASFÁLTICA NA RUA ELVIS PRESLEY, BAIRRO PRIMAVERA</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2654/2654_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2654/2654_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA E DEDETIZAÇÃO DOS BUEIROS LOCALIZADOS NA RUA MANOEL DOS SANTOS, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2653/2653_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2653/2653_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE COBERTURA NA PARADA DE ÔNIBUS NA RUA ULISSES PIMENTEL, EM FRENTE À ESCOLA CLODOVINO SOARES. </t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2652/2652_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2652/2652_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA E CONSERTO DO BUEIRO LOCALIZADO NA RUA SENADOR SALGADO FILHO, EM FRENTE AO Nº 1745.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2651/2651_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2651/2651_texto_integral.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM QUEBRA-MOLAS OU COLOCAÇÃO DE TACHÕES NAS PROXIMIDADES DA RUA 24 DE AGOSTO, ESQUINA COM A RUA LA SALLE</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2640/2640_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2640/2640_texto_integral.docx</t>
   </si>
   <si>
     <t>A TROCA DE LÂMPADA LOCALIZADA NA RUA VITERBO JOSÉ MACHADO ESQUINA COM A RUA DIAS, VILA BOQUEIRÃO.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2646/2646_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2646/2646_texto_integral.doc</t>
   </si>
   <si>
     <t>A TROCA DE LÂMPADA NA RUA TAQUARA, EM FRENTE AO Nº 516.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2641/2641_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2641/2641_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A INSTALAÇÃO DA REDE DE ESGOTO E CONSTRUÇÃO DO MEIO-FIO, NO LADO ESQUERDO, SENTIDO BAIRRO/CENTRO, NA RUA PABLO NERUDA, TRECHO ENTRE AS RUAS MARACANÃ E PLACINÁCIO AGUIRRE ESCOBAR, BAIRO NOVO ESTEIO. </t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2627/2627_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2627/2627_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DO PASSEIO PÚBLICO EM FRENTE À ESCOLA PAULO FREIRE, RUA AYRTON SENNA DA SILVA, PARQUE VOTORANTIM.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2626/2626_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2626/2626_texto_integral.docx</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO AO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA DO IMÓVEL LOCALIZADO NA RUA LAJEADO AO LADO DO Nº 127, CENTRO.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2625/2625_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2625/2625_texto_integral.docx</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO BECO LOCALIZADO NA RUA AVELINO ANTONIO ZONTA, AO LADO DO Nº 295.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2624/2624_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2624/2624_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A COLOCAÇÃO DE BRITA NO BECO LOCALIZADO NA RUA AVELINO ANTÔNIO ZONTA, AO LADO DO Nº 295, BEM COMO NA CONTINUAÇÃO DO BECO LOCALIZADO NA AV. RIO BRANCO. </t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2623/2623_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2623/2623_texto_integral.docx</t>
   </si>
   <si>
     <t>A REPOSIÇÃO ASFÁLTICA SOBRE O BURACO LOCALIZADO NA RUA LOBO DA COSTA, ESQUINA COM A AVENIDA RIO BRANCO.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2622/2622_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2622/2622_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA VITOR MATEUS TEIXEIRA, AO LADO DO Nº 158, PARA QUE RALIZE A LIMPEZA E CERCAMENTO DO TERRENO. </t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2621/2621_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2621/2621_texto_integral.docx</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE PARADA DE ÔNIBUS NA AV. PORTO ALEGRE, EM FRENTE À ESCOLA JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2620/2620_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2620/2620_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA BARTOLOMEU DE GUSMÃO, NO BAIRRO NOVO ESTEIO</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2619/2619_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2619/2619_texto_integral.docx</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DO MEIO FIO LOCALIZADO NA RUA JOÃO BATISTA DA SILVA, EM FRENTE AO Nº 107.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2618/2618_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2618/2618_texto_integral.doc</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA VITOR MATEUS TEIXEIRA, AO LADO DO Nº 129, PARA QUE RALIZE A LIMPEZA DO TERRENO.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2615/2615_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2615/2615_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA E COLOCAÇÃO DA TAMPA NA BOCA DE LOBO LOCALIZADA NA RUA DOS FERROVIARIOS, EM FRENTE AO Nº 148, CENTRO.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2614/2614_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2614/2614_texto_integral.docx</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE UMA TORNEIRA NA PRAÇA DA BÍBLIA PARA USO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2613/2613_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2613/2613_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA DE UM BUEIRO NA RUA ACRE, EM FRENTE AO Nº 67.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2612/2612_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2612/2612_texto_integral.docx</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE UM PONTO DE ENERGIA NA PRAÇA DA BÍBLIA.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2611/2611_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2611/2611_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA E TROCA DE TAMPA DE UM BUEIRO LOCALIZADO NA RUA LA SALLE, Nº 1690.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2780/2780_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2780/2780_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, TROCA DE LÂMPADAS LOCALIZADAS NA RUA 13 DE MAIO, EM FRENTE AOS NºS 83 E 49, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DA OPERAÇÃO TAPA BURACOS, NA RUA RIO GRANDE, PRÓXIMO AO CONDOMÍNIO VITÓRIA RÉGIA, CENTRO.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2786/2786_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2786/2786_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, AUMENTO DO NÚMERO DE VAGAS DE ESTACIONAMENTO DESTINADAS PARA IDOSOS, BEM COMO, INTENSIFICAR A FISCALIZAÇÃO DAS MESMAS PELOS AGENTES DE TRÂNSITO MUNICIPAIS.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2789/2789_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2789/2789_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, SUBSTITUIÇÃO DA CANALIZAÇÃO EXISTENTE SOB A AVENIDA LUIZ PASTEUR, DESDE A RUA AYRTON SENNA DA SILVA ATÉ A RUA ELIS REGINA, BAIRRO VOTORANTIM.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2790/2790_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2790/2790_texto_integral.docx</t>
   </si>
   <si>
     <t>ADOÇÃO DE MEDIDAS CABÍVEIS PARA RETIRADA DE OCUPANTES QUE SE INSTALARAM ILEGALMENTE NA ÚLTIMA SEMANA NO TRECHO FINAL DA RUA JOÃO FRANCISCO ALVES, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, ESTUDO DE VIABILIDADE PARA COLOCAÇÃO DE CÂMERAS DE VIDEOMONITORAMENTO NA RUA AYRTON SENNA DA SILVA, PARQUE VOTORANTIN.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A  LIMPEZA DE BOCA DE LOBO, EM FRENTE A CASA Nº 01 NA RUA JORGE DE SOUZA MORAES, ESQUINA COM A RUA CELIA SILVA TAVARES.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2802/2802_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2802/2802_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE JUNTO À SECRETARIA COMPETENTE, A TROCA DE LÂMPADA  NA RÓTULA DA RUA 24 DE AGOSTO COM A RUA SANTANA, ANTIGA PARADA 8.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2803/2803_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2803/2803_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE JUNTO À SECRETARIA COMPETENTE, A REPOSIÇÃO DO BANCO NA PARADA DE ÔNIBUS LOCALIZADA NA RUA PADRE FELIPE, EM FRENTE AO Nº 72.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2804/2804_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2804/2804_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A COLOCAÇÃO DE UMA PLACA DE SINALIZAÇÃO PARA TEMPO MÁXIMO DE ESTACIONAMENTO DE 10 MINUTOS, NA AVENIDA PRESIDENTE VARGAS Nº 2236, EM FRENTE A FARMÁCIA SÃO JOÃO.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2569/2569_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2569/2569_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DOS BUEIROS DA AV. PAPA PAULO VI, BAIRRO NOVO ESTEIO. </t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2570/2570_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2570/2570_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A PINTURA E REVISÃO DE SINALIZAÇÃO DOS QUEBRA-MOLAS PRÓXIMO AO Nº 950, AVENIDA SENADOR SALGADO FILHO E DA RUA ALEGRETE, CENTRO.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2578/2578_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2578/2578_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE,  A REALIZAÇÃO DE ESTUDOS PARA COLOCAÇÃO DE UM QUEBRA-MOLAS OU REDUTOR DE VELOCIDADE E FAIXA DE SEGURANÇA NA RUA MONTEIRO LOBATO, NA ALTURA DA RUA CARMEM MIRANDA, BAIRRO NOVO ESTEIO._x000D_
 SEM MAIS, E NA EXPECTATIVA DA _x000D_
 </t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2579/2579_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2579/2579_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE UMA BROCA NA RUA DONA MORENA, EM FRENTE AO Nº 42, JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2573/2573_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2573/2573_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE A COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NA AVENIDA CELINA CHAVES KROEFF, ESQUINA COM A RUA MARACANÃ E SOBRE O VIADUTO DA RUA PADRE FELIPE. </t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2575/2575_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2575/2575_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, PINTURA DE UMA FAIXA DE PEDESTRES NA RUA 24 DE AGOSTO, EM FRENTE AO Nº 535 (CÂMARA MUNICIPAL DE ESTEIO).</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2576/2576_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2576/2576_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, POR QUAL MOTIVO NÃO FOI COLOCADO A HASTE PARA ILUMINAÇÃO, NO POSTE QUE FOI TROCADO HÁ SEIS MESES NA AVENIDA PRESIDENTE VARGAS, PRÓXIMO AO Nº 1446 E PARADA DE ÔNIBUS.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2521/2521_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2521/2521_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE A SECRETARIA COMPETENTE O FECHAMENTO DOS DE DOIS BURACOS LOCALIZADOS NA RUA AGOSTINHO CAMILO DE BORBA, EM FRENTE AOS NÚMEROS 471 E 508, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2523/2523_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2523/2523_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE A SECRETARIA COMPETENTE A TROCA DE LÂMPADA NA RUA JOSÉ LOUREIRO DA SILVA, 101, NA VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2526/2526_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2526/2526_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE A SECRETARIA COMPETENTE, A PINTURA DO CORDÃO EM AMARELO DA CALÇADA NA RUA VINTE E QUATRO DE AGOSTO, 2792. </t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE A SECRETARIA COMPETENTE QUE TAPE TRÊS BURACOS LOCALIZADOS NA AVENIDA CELINA CHAVES KROEFF, EM FRENTE AO PORTÃO 8, DO PARQUE ESTADUAL DE EXPOSIÇÕES ASSIS BRASIL. </t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2534/2534_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2534/2534_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE A SECRETARIA COMPETENTE A TROCA DE TAMPA DE BOCA DE LOBO EM FRENTE AO N.º 235 DA ESTRADA DO NAZÁRIO, BAIRRO NAZARENO. </t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2535/2535_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2535/2535_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE A SECRETARIA COMPETENTE, A TROCA DE LÂMPADA LOCALIZADA EM FRENTE AO NÚMERO 8 DA RUA ELVIS PRESLEY, BAIRRO PRIMAVERA. </t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2537/2537_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2537/2537_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE A SECRETARIA COMPETENTE A MANUTENÇÃO E A LIMPEZA DOS BUEIROS E DA CANALIZAÇÃO NAS RUAS CLARICE LISPECTOR E PAPA PAULO VI, BAIRRO NOVO ESTEIO. </t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2539/2539_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2539/2539_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE A SECRETARIA COMPETENTE A COLOCAÇÃO DE COBERTURA ASFÁLTICA SOBRE OS TRILHOS INSERVÍVEIS LOCALIZADOS NA AVENIDA PERY FAGUNDES, BAIRRO TRÊS PORTOS. </t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2540/2540_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2540/2540_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE A SECRETARIA COMPETENTE, A TROCA DE LÂMPADAS LOCALIZADAS NA RUA PAPA PAULO VI, EM FRENTE AO Nº 304, BAIRRO NOVO ESTEIO; NA RUA LUIZ FRANCISCO GUIZONE, EM FRENTE AO Nº 218 E NA AV. JOÃO PAULO I, EM FRENTE AO Nº 363, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>DETERMINE A SECRETARIA COMPETENTE, QUE ESTENDA O TEMPO DE ABERTURA DOS SEMÁFOROS DA RUA SENADOR SALGADO FILHO EM RELAÇÃO AOS DAS RUAS NOVO HAMBURGO E SOLEDADE DURANTE OS HORÁRIOS DE PICO.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2543/2543_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2543/2543_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA SENHORIA, A TROCA DE UM POSTE LOCALIZADO EM FRENTE AO Nº 235, DA RUA 12 DE NOVEMBRO, BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2547/2547_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2547/2547_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE A SECRETARIA COMPETENTE, A REALIZAÇÃO DE ESTUDOS VISANDO A COLOCAÇÃO DE QUEBRA-MOLAS NAS RUAS 1º E 8 DE MARÇO, BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>APRESENTAR INFORMAÇÕES EM PLENÁRIO, DURANTE O MÊS DE AGOSTO, EM DIA E HORÁRIO CONFORME A VOSSA DISPONIBILIDADE, SOBRE O USO DA GUARDA MUNICIPAL DE ESTEIO PARA A PROTEÇÃO DE SUA RESIDÊNCIA, DURANTE O PROTESTO REALIZADO NO DIA 21 DE JUNHO.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2549/2549_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2549/2549_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA, A DESTINAÇÃO DOS VALORES DESCONTADOS DOS CONTRACHEQUES DOS FUNCIONÁRIOS DA FUNDAÇÃO SÃO CAMILO, REFERENTE ÀS COMPETÊNCIAS OUTUBRO/2012, NOVEMBRO/2012, DEZEMBRO/2012 E 13º SALÁRIO/2012, ATÉ OS MESES DE ABRIL E MAIO DE 2013, QUANDO OS RECOLHIMENTOS FORAM REALIZADOS JUNTO AO INSS. </t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2550/2550_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2550/2550_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE PROJETO DE LEI A ESTA CASA, DENOMINANDO O BECO LOCALIZADO NA RUA SANTANA, Nº 667, DE &amp;#8220;BECO ESPERANÇA&amp;#8221;, ATENDENDO ASSIM SOLICITAÇÃO DOS MORADORES E POSSIBILITANDO QUE A AESSUL INSTALE ILUMINAÇÃO NO LOCAL. SEGUE FOTO PARA MELHOR LOCALIZAÇÃO.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2551/2551_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2551/2551_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;INSTITUI O PROJETO VIZINHO SOLIDÁRIO A SER IMPLANTADO EM PRÉDIOS PÚBLICOS NA CIDADE DE ESTEIO&amp;#8221;, CUJOS BENEFÍCIOS ENCONTRAM-SE NA JUSTIFICATIVA DO DOCUMENTO.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA, O CRONOGRAMA DAS OBRAS QUE ESTÃO SENDO REALIZADAS NO BAIRRO NOVO ESTEIO._x000D_
 </t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2554/2554_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2554/2554_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE PARA A CÂMARA MUNICIPAL, SUBSTITUTIVO AO PROJETO DE LEI COMPLEMENTAR Nº 001/2013, ISENTANDO ISSQN PARA O TRANSPORTE PÚBLICO.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2553/2553_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2553/2553_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;INSTITUI O PROJETO VIZINHO SOLIDÁRIO A SER IMPLANTADO EM PRÉDIOS PÚBLICOS NA CIDADE DE ESTEIO&amp;#8221;. </t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2590/2590_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2590/2590_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE TACHÕES NA RUA ORESTE PIANTA, EM FRENTE AO N.º 71.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2591/2591_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2591/2591_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO E A LIMPEZA DE BUEIROS LOCALIZADOS NA ESQUINA DA RUA OSVALDO JESUS VIEIRA COM A RUA ORESTE PIANTA, E NA AVENIDA PADRE CLARET EM FRENTE AO NÚMERO 1887.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2592/2592_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2592/2592_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO DO PASSEIO PÚBLICO LOCALIZADO NA RUA PADRE FELIPE, EM FRENTE AO NÚMERO 1.616.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2593/2593_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2593/2593_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES:_x000D_
 &amp;#8226;	QUAL O CRITÉRIO UTILIZADO PELA ADMINISTRAÇÃO MUNICIPAL PARA DEFINIR A ORDEM DE PAGAMENTO DOS PROFESSORES QUE INGRESSARAM NA JUSTIÇA PARA RECEBER OS VALORES CORRESPONDENTES À REDUÇÃO DOS TRIÊNIOS DEVIDOS PELO MUNICÍPIO?_x000D_
 &amp;#8226;	LISTA COMPLETA DOS FUNCIONÁRIOS E SERVIDORES QUE FAZEM JUS A ESTE PAGAMENTO E AINDA AGUARDAM NA FILA DE ESPERA;_x000D_
 &amp;#8226;	LISTA COMPLETA DOS FUNCIONÁRIOS E SERVIDORES QUE JÁ FORAM CONTEMPLADOS COM ESTE PAGAMENTO._x000D_
 O VEREADOR SOLICITA AINDA, AINDA QUE VERIFIQUEM OS CRITÉRIOS UTILIZADOS NO REFERIDO PAGAMENTO, BEM COMO QUAIS FUNCIONÁRIOS E SERVIDORES FORAM CONTEMPLADOS E QUAIS AGUARDAM NA FILA DE ESPERA.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2610/2610_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2610/2610_texto_integral.docx</t>
   </si>
   <si>
     <t>RENOVA CONVOCAÇÃO A VOSSA SENHORIA, PARA COMPARECER NA REUNIÃO DA COMISSÃO DE SAÚDE E MEIO AMBIENTE, NA SALA DE REUNIÕES DO 1º ANDAR DA CÂMARA MUNICIPAL, DIA 16 DE JULHO DE 2013, ÀS 15 HORAS, A FIM DE PRESTAR ESCLARECIMENTOS SOBRE O OCORRIDO EM 1º DE JULHO DE 2013, QUANDO O VEREADOR ARI DA CENTER, AO ENCAMINHAR UMA FUNCIONÁRIA EM SITUAÇÃO DE EMERGÊNCIA, TESTEMUNHOU A FALTA DE ATENDIMENTO E DE INFORMAÇÃO DE UM MODO GERAL. PRESENCIOU UMA EMERGÊNCIA LOTADA, SEM SEQUER UM CHAMADO PARA ATENDIMENTO NUM PERÍODO DE DUAS HORAS, ALÉM DE NÃO RECEBER NENHUMA INFORMAÇÃO DOS ATENDENTES DO ACOLHIMENTO E RECEPCÇÃO E NÃO TER A QUEM PEDIR PROVIDÊNCIAS, JÁ QUE NINGUÉM USA DOCUMENTO DE IDENTIFICAÇÃO.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2601/2601_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2601/2601_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO NOS SEGUINTES ENDEREÇOS:_x000D_
 RUA RIO GRANDE, EM FRENTE AO CONDOMÍNIO VITÓRIA RÉGIA;_x000D_
 RUA RIO GRANDE, EM FRENTE AO Nº. 2235;_x000D_
 RUA RIO GRANDE, EM FRENTE A MORADA I;_x000D_
 RUA RIO GRANDE, EM FRENTE AO PONTO DE ÔNIBUS DA MORADA I;_x000D_
 RUA RIO GRANDE, TRECHO ENTRE RUAS 24 DE AGOSTO E AV. DOM PEDRO;_x000D_
 AV. PRESIDENTE VARGAS, ESQUINA COM A RUA GARIBALDI, EM FRENTE AO BANCO SANTANDER.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2603/2603_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2603/2603_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA PLACA DE TRÂNSITO NA RÓTULA DA RUA 24 DE AGOSTO COM A RUA SANTANA, INDICANDO O SENTIDO DO CEMITÉRIO 2 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2604/2604_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2604/2604_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DE BOCA-DE-LOBO NA RUA RIO GRANDE, EM FRENTE AO MERCADO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2605/2605_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2605/2605_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETARIO DO IMÓVEL LOCALIZADO AO LADO DO Nº. 138 DA RUA GUIMARÃES ROSA, BAIRRO PARQUE CLARET, PARA QUE FAÇA LIMPEZA NO TERRENO E MANUTENÇÃO DA CALÇADA.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2432/2432_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2432/2432_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DE UM BUEIRO LOCALIZADO NA RUA 19 DE NOVEMBRO, EM FRENTE AO Nº 19, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2433/2433_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2433/2433_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DE UMA OPERAÇÃO TAPA BURACOS NA AVENIDA JOÃO PAULO I A PARTIR DO Nº 907 ATÉ O Nº 1016, JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2434/2434_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2434/2434_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DOS BUEIROS LOCALIZADOS EM TODA EXTENSÃO DA RUA 13 DE MAIO, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2435/2435_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2435/2435_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE UM BURACO LOCALIZADO NO PASSEIO PÚBLICO EM FRENTE AOS NºS 329 E 339 DA RUA OITO DE MARÇO, BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2436/2436_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2436/2436_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A TROCA DE LÂMPADAS NOS SEGUINTES LOGRADOUROS:_x000D_
 - ESTRADA PASSO DO NAZÁRIO, EM FRENTE AO Nº 447;_x000D_
 - RUA ALAN KARDEC, EM FRENTE AO N 324._x000D_
 </t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2437/2437_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2437/2437_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A DRENAGEM E LIMPEZA DO ARROIO NA RUA DONA IZABEL ESQUINA COM A RUA ÉRICO VERÍSSIMO, BAIRRO LIBERDADE.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2438/2438_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2438/2438_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA, DESENTUPIMENTO DA REDE DE ESGOTO, INCLUINDO BOCAS DE LOBO, RECUPERAÇÃO DE ASFALTO E PASSEIO PÚBLICO NOS SEGUINTES LOGRADOUROS:_x000D_
 - ESQUINA DA RUA GUARANI COM A RUA 24 DE AGOSTO &amp;#8211; PONTO DE TÁXI;_x000D_
 - ESQUINA DA RUA JÚLIO DE CASTILHOS COM A RUA SENADOR SALGADO FILHO ( RÓTULA);_x000D_
 - ESQUINA DA RUA 24 DE AGOSTO COM A RUA GUARANI;_x000D_
 - ESQUINA DA RUA PASSO FUNDO COM A RUA SENADOR SALGADO FILHO;_x000D_
 - RUA DONA IZABEL, TRECHO ENTRE A AVENIDA DOM PEDRO E RUA DAVID CANABARRO._x000D_
 </t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2471/2471_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2471/2471_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REFORMA NA REDE DE ESGOTO NO BECO 5, EM FRENTE AO Nº 34, VILA ESPERANÇA.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2472/2472_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2472/2472_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A MANUTENÇÃO E LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA VASCO DA GAMA EM FRENTE AOS NºS 51, 84, 97 E 140 E NA RUA SANTANA EM FRENTE AO Nº 792.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2474/2474_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2474/2474_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NA AVENIDA JOÃO PAULO I, EM FRENTE AOS NÚMEROS 897,1016 E 1036 E NA RUA VASCO DA GAMA, EM FRENTE AO Nº 64. </t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2475/2475_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2475/2475_texto_integral.docx</t>
   </si>
   <si>
     <t>SESSÃO ORDINÁRIA DE 13 DE AGOSTO, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A VISTORIA NA OBRA REALIZADA PELA EMPRESA BOLOGNESI OU PELA RESPONSÁVEL PELA OBRA, NA AVENIDA LUIZ PASTEUR EM FRENTE AO Nº 6.840</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2476/2476_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2476/2476_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A COLOCAÇÃO DE FITA ANTIDERRAPANTE NAS RAMPAS DE ACESSO PARA CADEIRANTES LOCALIZADAS NA AVENIDA PRESIDENTE VARGAS. </t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2349/2349_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2349/2349_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A IMPLANTAÇÃO DE PLACAS DE SINALIZAÇÃO DE ADVERTÊNCIA DE SALIÊNCIA OU LOMBADA NA ESTRADA DO BOQUEIRÃO, ALTURA DOS NºS 199 E 560, E TAMBÉM NA AVENIDA PADRE CLARET, NA ALTURA DOS NºS 5473 E 5785, BEM COMO REFORÇO NA PINTURA DOS QUEBRA-MOLAS.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2350/2350_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2350/2350_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS EM TODA EXTENSÃO DA RUA BRUNO SPERB, NA RUA ELIS REGINA EM FRENTE AOS NºS 10, 14 E 20 E NA RUA PASSO FUNDO, EM FRENTE AOS NºS 138 E 149. </t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2351/2351_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2351/2351_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A COLOCAÇÃO DE SAIBRO NA RUA BRUNO SPERB. </t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A SUBSTITUIÇÃO DA LÂMPADA DO POSTE LOCALIZADO NA RUA 8 DE MARÇO, EM FRENTE AO Nº 565, BEM COMO O DESLIGAMENTO DURANTE O DIA DA LÂMPADA LOCALIZADA NO POSTE EM FRENTE AO Nº 431 DA MESMA RUA. </t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2354/2354_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2354/2354_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A IMPLANTAÇÃO DE SINALIZAÇÃO NA RUA EZEQUIEL NUNES FILHO, INFORMANDO QUE NÃO HÁ SAÍDA NAS RUAS DA VILA EZEQUIEL. </t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2355/2355_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2355/2355_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O RECAPEAMENTO ASFÁLTICO NA AVENIDA PADRE CLARET, NA QUADRA ENTRE A AVENIDA PRESIDENTE VARGAS E A RUA FERNANDO FERRARI.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2356/2356_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2356/2356_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A TROCA DAS LÂMPADAS NOS POSTES DE ILUMINAÇÃO LOCALIZADOS PRÓXIMO A PRAÇA DO EXPEDICIONÁRIO. </t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO MENSAL DO CORTE DE GRAMA E LIMPEZA DO BECO LOCALIZADO NA RUA SETE POVOS, ESQUINA COM A RUA LUIZ FRANCISCO GUIZONE, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2358/2358_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2358/2358_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA, RESPOSTA DOS SEGUINTES OFÍCIOS:_x000D_
 - Nº 020/13-SG ENVIADO EM 14/01/2013;_x000D_
 - Nº 149/13-SG ENVIADO EM 06/02/2013;_x000D_
 - Nº 150/13-SG ENVIADO EM 06/02/2013;_x000D_
 - Nº 537/13-SG ENVIADO EM 05/06/2013;_x000D_
 - Nº 594/13-SG ENVIADO EM 19/06/2013._x000D_
 </t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2359/2359_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2359/2359_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A TROCA DAS LÂMPADAS DOS POSTES LOCALIZADOS NOS SEGUINTES LOGRADOUROS:_x000D_
 -RUA SÃO DOMINGOS, EM FRENTE AO Nº 77, BAIRRO TAMANDARÉ;_x000D_
 -RUA BRUNO SPERB, EM FRENTE AO Nº 78, BAIRRO TRÊS MARIAS._x000D_
 </t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2172/2172_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2172/2172_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE UMA BROCA LOCALIZADA NA CALÇADA DA RUA 24 DE AGOSTO, EM FRENTE AO Nº 1738.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2173/2173_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2173/2173_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A CAPINA E LIMPEZA NAS RUAS DO BAIRRO CAMPINA.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2174/2174_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2174/2174_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DE LÂMPADAS DOS POSTES LOCALIZADOS NA RUA GUIDO POSSAMAI, EM FRENTE AO Nº 110, NO BECO DE ACESSO DA AVENIDA PRESIDENTE VARGAS PARA A RUA EZEQUIEL NUNES FILHO, AMBOS NO BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2175/2175_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2175/2175_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O CONSERTO DA TUBULAÇÃO DE ESGOTO E TROCA DA TAMPA DE UM BUEIRO LOCALIZADO NA RUA PADRE FELIPE, Nº 1087.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2176/2176_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2176/2176_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DA LÂMPADA DO POSTE LOCALIZADO NA RUA ROQUETE PINTO, EM FRENTE AO Nº 34.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2177/2177_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2177/2177_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DE TELHA DA PARADA DO ÔNIBUS LOCALIZADA NA RUA SÃO DOMINGOS, EM FRENTE AO Nº 88.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2522/2522_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2522/2522_texto_integral.doc</t>
   </si>
   <si>
     <t>O CONSERTO NO CALÇAMENTO DA RUA VITOR MATEUS TEIXEIRA, EM FRENTE AO Nº 235.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2517/2517_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2517/2517_texto_integral.docx</t>
   </si>
   <si>
     <t>A TROCA DE LÂMPADA DO POSTE LOCALIZADO NA RUA ACRE, EM FRENTE AO Nº 84, PARQUE AMADOR.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2516/2516_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2516/2516_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A RECONSTRUÇÃO DA BOCA DE LOBO LOCALIZADA NA RUA CELIA SILVA TAVARES ESQUINA COM A RUA JORGE DE SOUZA MORAES. </t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2515/2515_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2515/2515_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A LIMPEZA E DESOBSTRUÇÃO DA REDE DE ESGOTO NOS SEGUINTES LOGRADOUROS:_x000D_
 -  RUA OSCARITO ESQUINA COM A RUA ORESTE PIANTA;_x000D_
 - RUA OSCARITO ESQUINA COM A RUA CELIA SILVA TAVARES. </t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2513/2513_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2513/2513_texto_integral.doc</t>
   </si>
   <si>
     <t>O RECAPEAMENTO ASFÁLTICO NA RUA OSCARITO, EM FRENTE AO Nº 31.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2512/2512_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2512/2512_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA E/OU NOTIFICAÇÃO AO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA DO PASSEIO PÚBLICO LOCALIZADO NO CRUZAMENTO DAS RUAS AGOSTINHO CAMILO DE BORBA E SEPÉ TIARAJÚ, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2511/2511_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2511/2511_texto_integral.docx</t>
   </si>
   <si>
     <t>O FECHAMENTO DE UMA BROCA NO CANTEIRO CENTRAL DA AVENIDA MARIA HELENA COSTA TAVARES, EM FRENTE AO Nº 52,BAIRRO SANTO INÁCIO. FOTOS EM ANEXO.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2509/2509_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2509/2509_texto_integral.docx</t>
   </si>
   <si>
     <t>A PINTURA DE UMA FAIXA AMARELA E SINALIZAÇÃO ADEQUADA PARA CARGA E DESCARGA NA RUA PAPA PAULO VI, EM FRENTE AO Nº 114, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2508/2508_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2508/2508_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A COLOCAÇÃO DE UMA ALÇA PARA ILUMINAÇÃO NO POSTE LOCALIZADO NA RUA AYRTON SENNA DA SILVA, EM FRENTE AO Nº 05. </t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2470/2470_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2470/2470_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A RETIRADA DE LIXO E ENTULHO ACUMULADOS NA CALÇADA DA ESCOLA CAMILO ALVES. </t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2469/2469_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2469/2469_texto_integral.doc</t>
   </si>
   <si>
     <t>A SUBSTITUIÇÃO DE LÂMPADA DO POSTE LOCALIZADO NA RUA ALAN KARDEC, EM FRENTE AO Nº 324.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2468/2468_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2468/2468_texto_integral.doc</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO AO PROPRIETÁRIO/RESPONSÁVEL PELO IMÓVEL NA AVENIDA LUIZ PASTEUR, AO LADO DONº 4721 PARA QUE PROMOVA A LIMPEZA, CERCAMENTO E MANUTENÇÃO DO TERRENO.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2466/2466_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2466/2466_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O FECHAMENTO DAS BROCAS LOCALIZADAS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA 24 DE AGOSTO, Nº 435;_x000D_
 - RUA QUARAÍ, EM FRENTE AO Nº 906;_x000D_
 - RUA RIO GRANDE, EM FRENTE A MORADA I, ENTRADA DO CONDOMÍNIO. _x000D_
 </t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2464/2464_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2464/2464_texto_integral.doc</t>
   </si>
   <si>
     <t>A MANUTENÇÃO E RECAPEAMENTO ASFÁLTICO NA RUA SANTANA, TRECHO DA RÓTULA 24 DE AGOSTO COM A RUA SANTANA, ATÉ A RUA SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2462/2462_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2462/2462_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O FECHAMENTO DE UMA BROCA E A RECONSTRUÇÃO DA BOCA DE LOBO NA RUA RIO GRANDE, PRÓXIMO AO CONDOMÍNIO MORADA I. </t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2422/2422_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2422/2422_texto_integral.doc</t>
   </si>
   <si>
     <t>A MANUTENÇÃO E COLOCAÇÃO DE TAMPA NA BOCA DE LOBO LOCALIZADA NA RUA BONFIM, EM FRENTE AO Nº 80, BOQUEIRÃO</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2421/2421_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2421/2421_texto_integral.docx</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DA OPERAÇÃO TAPA BURACOS EM TODA EXTENSÃO DA RUA PERY FAGUNDES, BEM COMO O CONSERTO DO CANTEIRO CENTRAL EM FRENTE AO Nº 177, VILA OSÓRIO.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2420/2420_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2420/2420_texto_integral.doc</t>
   </si>
   <si>
     <t>A PINTURA EM AMARELO DO CORDÃO DA CALÇADA LOCALIZADO NA RUA 24 DE AGOSTO, Nº 2792. SOLICITA AINDA, A COLOCAÇÃO DE UMA PLACA DE SINALIZAÇÃO DE PROIBIDO ESTACIONAR NO MESMO LOCAL.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2419/2419_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2419/2419_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A TROCA DE LÂMPADAS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA DAS ESTREMOSAS, Nº 270;_x000D_
 - RUA 24 DE AGOSTO, Nº 844._x000D_
 </t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2414/2414_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2414/2414_texto_integral.doc</t>
   </si>
   <si>
     <t>O RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA AVENIDA PORTO ALEGRE E NO TRECHO ME FRENTE AO CONDOMÍNIO PÔR DO SOL, NA RUA SANTANA.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2413/2413_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2413/2413_texto_integral.doc</t>
   </si>
   <si>
     <t>A TROCA DE LÂMPADA NA RUA CARLOS DRUMOND DE ANDRADE, EM FRENTE AO Nº 23 E REVISÃO NAS DEMAIS LÂMPADAS DA RUA.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2412/2412_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2412/2412_texto_integral.doc</t>
   </si>
   <si>
     <t>A LIMPEZA NO BECO DA RUA 24 DE AGOSTO, Nº 2436 EM FRENTE A CASA Nº 20.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2411/2411_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2411/2411_texto_integral.doc</t>
   </si>
   <si>
     <t>A LIMPEZA DAS BOCAS DE LOBO LOCALIZADAS NA VILA OSÓRIO, BEM COMO A RETIRADA DOS ENTULHOS QUE ESTÃO DEPOSITADOS NAS VIAS E PASSEIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2410/2410_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2410/2410_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A REMOÇÃO DA CASA DE JOÃO DE BARRO LOCALIZADA NO SUPORTE DA LÂMPADA NA TRAVESSA JARDIM PLANALTO, EM FRENTE AO Nº 110, DE MODO QUE OCORRA O DESLIGAMENTO DA LÂMPADA DURANTE O DIA. </t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2409/2409_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2409/2409_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">O HIDROJATEAMENTO DO BUEIRO LOCALIZADO NA RUA MANOEL DOS SANTOS, EM FRENTE AO Nº 185, BAIRRO TRÊS MARIAS. </t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2408/2408_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2408/2408_texto_integral.docx</t>
   </si>
   <si>
     <t>A TROCA DE LÂMPADA DO POSTE LOCALIZADO NA AVENIDA PRESIDENTE VARGAS, EM FRENTE AO Nº 2708.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2407/2407_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2407/2407_texto_integral.docx</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE BRITA NO TRECHO FINAL DA RUA IRMÃ DULCE, A PARTIR DO Nº 321.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2406/2406_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2406/2406_texto_integral.docx</t>
   </si>
   <si>
     <t>A REPAVIMENTAÇÃO DOS BURACOS LOCALIZADOS EM TODA EXTENSÃO DA RUA IRMÃ DULCE, NO BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2368/2368_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2368/2368_texto_integral.docx</t>
   </si>
   <si>
     <t>O FECHAMENTO DE UMA BROCA LOCALIZADA NA RUA JOSÉ MARTINS TAVARES, EM FRENTE AO Nº 285, BAIRRO TAMANDARÉ.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2367/2367_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2367/2367_texto_integral.doc</t>
   </si>
   <si>
     <t>A LIMPEZA DE UM BUEIRO LOCALIZADO NA AVENIDA GOVERNADOR ERNESTO DORNELES, ESQUINA COM A RUA DAS ESTREMOSAS.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2366/2366_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2366/2366_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A REALIZAÇÃO DE REPARO NO ASFALTO NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA NOVO HAMBURGO, EM FRENTE A ESCOLA FLORES DA CUNHA; - RUA PADRE FELIPE, EM FRENTE A ESCOLA SANTO ANTÔNIO MARIA  _x000D_
 CLARET;_x000D_
 - AVENIDA JACOB ALCALAY ESQUINA COM A RUA GILDA DE ABREU._x000D_
 </t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2364/2364_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2364/2364_texto_integral.doc</t>
   </si>
   <si>
     <t>A SUBSTITUIÇÃO DAS LÂMPADAS E A REVISÃO DA ILUMINAÇÃO PÚBLICA NO VIADUTO JOÃO GOULART, CONHECIDO COMO &amp;#8220;VIADUTO DA PADRE FELIPE&amp;#8221;.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2363/2363_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2363/2363_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A TROCA DE TELHAS NA PARADA DE ÔNIBUS LOCALIZADA NA AVENIDA ERNESTO DORNELES, ESQUINA COM A RUA JARDEL FILHO. </t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2307/2307_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2307/2307_texto_integral.doc</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO AO PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA NOVO HAMBURGO ESQUINA COM A RUA CACEQUI, PARA QUE PROMOVA A LIMPEZA DA CALÇADA E PODA DE UMA ÁRVORE LOCALIZADA NO MESMO PONTO.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2304/2304_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2304/2304_texto_integral.doc</t>
   </si>
   <si>
     <t>A MUDANÇA DE LOCALIZAÇÃO DA PLACA DE SINALIZAÇÃO DE TRÂNSITO QUE PROÍBE A CONVERSÃO DE VEÍCULOS À ESQUERDA NO CRUZAMENTO ENTRE A AV. PADRE CLARET E A RUA PELOTAS, SENTIDO BAIRRO/CENTRO.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2303/2303_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2303/2303_texto_integral.doc</t>
   </si>
   <si>
     <t>A VERIFICAÇÃO DAS CONDIÇÕES DOS PASSEIOS PÚBLICOS E TOMADA DE PROVIDÊNCIAS PARA MELHORIA DESTES, NA RUA NOVO HAMBURGO, TRECHO ENTRE A AV. PADRE CLARET E RUA 24 DE AGOSTO.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2302/2302_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2302/2302_texto_integral.doc</t>
   </si>
   <si>
     <t>A CONCLUSÃO DO SERVIÇO DE SUBSTITUIÇÃO DA TUBULAÇÃO DE ESGOTO REALIZADO NA RUA RAUL PILLA, EM FRENTE AO Nº 134.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2300/2300_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2300/2300_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REPARO NO ASFALTO NA AV. JACOB ACALAY ESQUINA COM A RUA OSMAR FORTES BARCELLOS. </t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2298/2298_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2298/2298_texto_integral.docx</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE VISTORIA TÉCNICA NA ÁRVORE (FIGUEIRA) LOCALIZADA NO CANTEIRO CENTRAL DA RUA THEODOMIRO PORTO DA FONSECA, A FIM DE AVALIAR SUA VITALIDADE E SEGURANÇA AOS TRANSEUNTES.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2296/2296_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2296/2296_texto_integral.docx</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE ABRIGO NO PONTO DE ÔNIBUS DA LINHA 5B, ENTRE AS RUAS JOSÉ GUIMARÃES E  THEODOMIRO PORTO DA FONSECA, CENTRO.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t xml:space="preserve">A TROCA DE LÂMPADAS NOS SEGUINTES VIADUTOS:_x000D_
 - AVENIDA PRESIDENTE VARGAS, QUE DÁ ACESSO AO BAIRRO NOVO ESTEIO;_x000D_
 - RUA SENADOR SALGADO FILHO, QUE DÁ ACESSO A VILA OSÓRIO._x000D_
 </t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2293/2293_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2293/2293_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A TROCA DE LÂMPADA DO POSTE LOCALIZADO NA RUA DA PAZ, AO LADO DA MADEIREIRA CANELENSE. </t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2290/2290_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2290/2290_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A LIMPEZA, EMBELEZAMENTO E MANUTENÇÃO NA PRAÇA DA RUA CRUZ ALTA COM A RUA RIO GRANDE, BAIRRO CENTRO. </t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2261/2261_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2261/2261_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">TROCA DE LÂMPADA NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA SOLEDADE, EM FRENTE AO Nº 1435;_x000D_
 - RUA SANTANA, EM FRENTE AO Nº 198 ,BAIRRO CENTRO;_x000D_
 - AVENIDA PORTO ALEGRE, EM FRENTE AOS NºS 1387 E 1401, BAIRRO  JARDIM PLANALTO._x000D_
 </t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2260/2260_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2260/2260_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A CONSTRUÇÃO DE PASSEIO PÚBLICO, COLOCAÇÃO DE CORRIMÃO E MANUTENÇÃO DA LIMPEZA NAS ESCADARIAS DE ACESSO ENTRE A AVENIDA PORTO ALEGRE E A RUA VITERBO JOSÉ MACHADO E ENTRE A AVENIDA PORTO ALEGRE E FLORIANO D&amp;#8217;ÁVILA. </t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2259/2259_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2259/2259_texto_integral.doc</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DA REDE DE ESGOTO NA AVENIDA PORTO ALEGRE, EM FRENTE AOS NºS 1413 E 1431, COMO TAMBÉM A TROCA DA TAMPA DA GALERIA DO ESGOTO E RECAPEAMENTO ASFÁLTICO.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2258/2258_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2258/2258_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O RECAPEAMENTO ASFÁLTICO NOS SEGUINTES LOGRADOUROS:_x000D_
 - AVENIDA JACOB ALCALAY, TRECHO ENTRE AS RUAS GILDA DE ABREU E OSMAR FORTES BARCELLOS, BAIRRO SANTO INÁCIO;_x000D_
 - RUA PADRE FELIPE, TRECHO ENTRE AS RUAS BENTO GONÇALVES E PELOTAS, BAIRRO CENTRO;_x000D_
 - AVENIDA PORTO ALEGRE, NA RÓTULA DA ESQUINA COM A AVENIDA JOÃO PAULO I, EM FRENTE AO Nº 1016 , BAIRRO JARDIM PLANALTO;_x000D_
 - AVENIDA PORTO ALEGRE, EM FRENTE AOS NºS 1387 E 1401, BAIRRO JARDIM PLANALTO;_x000D_
 - RUA NOVO HAMBURGO, TRECHO ENTRE AS RUAS 24 DE AGOSTO E SÃO FRANCISCO. _x000D_
 </t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2256/2256_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2256/2256_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A COLOCAÇÃO DE UMA PROTEÇÃO ADEQUADA NA CALÇADA DA RUA 24 DE AGOSTO ESQUINA COM A RUA PELOTAS, A FIM DE PROMOVER MAIOR SEGURANÇA, POIS ESTA ESQUINA É DE GRANDE FLUXO DE VEÍCULOS E PEDESTRES. </t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2255/2255_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2255/2255_texto_integral.doc</t>
   </si>
   <si>
     <t>A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NA AVENIDA PADRE ANTÔNIO VIEIRA, EM FRENTE AO Nº 910.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2254/2254_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2254/2254_texto_integral.doc</t>
   </si>
   <si>
     <t>A AMPLIAÇÃO DA GUARDA PATRIMONIAL DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL IRMÃ SIBILA ANA BURIN, DE FORMA QUE EM TODAS AS NOITES HAJA A PRESENÇA DE UM VIGIA NO LOCAL.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2253/2253_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2253/2253_texto_integral.doc</t>
   </si>
   <si>
     <t>O REFORÇO DA PINTURA DA FAIXA DE SEGURANÇA NA AVENIDA JOÃO PAULO I, ESQUINA COM A AVENIDA GOVERNADOR ERNESTO DORNELLES E ESQUINA COM A AVENIDA DAS AMÉRICAS.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2199/2199_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2199/2199_texto_integral.doc</t>
   </si>
   <si>
     <t>A LIMPEZA DO BUEIRO LOCALIZADO NA AVENIDA PADRE CLARET, PRÓXIMO AO Nº 602.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2196/2196_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2196/2196_texto_integral.doc</t>
   </si>
   <si>
     <t>A  TROCA DA LÂMPADA NO POSTE LOCALIZADO NA RUA LUIZ CARLOS MORETTI NUNES, EM FRENTE AO Nº 197. SOLICITA AINDA, REPAROS NO ASFALTO ENTRE OS NºS 197 E 209.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2195/2195_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2195/2195_texto_integral.docx</t>
   </si>
   <si>
     <t>O RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA AVENIDA PORTO ALEGRE.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2194/2194_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2194/2194_texto_integral.docx</t>
   </si>
   <si>
     <t>A MANUTENÇÃO NOS POSTES LOCALIZADOS NA RUA EZEQUIEL NUNES FILHO, EM FRENTE AOS NºS 181 E 301.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2192/2192_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2192/2192_texto_integral.doc</t>
   </si>
   <si>
     <t>O FECHAMENTO DA BROCA EXISTENTE NA RUA PARÁ, EM FRENTE AO Nº 145, PARQUE AMADOR.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2191/2191_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2191/2191_texto_integral.doc</t>
   </si>
   <si>
     <t>, A LIMPEZA DAS BOCAS DE LOBO DA RUA CRISTO REI, ESQUINA COM A RUA JOÃO PAULO I, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2189/2189_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2189/2189_texto_integral.doc</t>
   </si>
   <si>
     <t>O FECHAMENTO DOS BURACOS LOCALIZADOS NA RUA MARACANÃ, EM FRENTE AO Nº 376, NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2188/2188_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2188/2188_texto_integral.doc</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO ENTRE A AVENIDA LINDOLFO COLLOR E A RUA SAMAMBAIA, EM FRENTE À EMPRESA COLMEIA CONTAINERS, PARA QUE PROMOVA A LIMPEZA E CERCAMENTO DO IMÓVEL.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2183/2183_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2183/2183_texto_integral.doc</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DA VIA PÚBLICA E RECAPEAMENTO ASFÁLTICO NA RUA JOSÉ GRIMBERG, EM FRENTE A ESCOLA DULCE DE MORAES.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2153/2153_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2153/2153_texto_integral.docx</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE COBERTURA NA PARADA DE ÔNIBUS LOCALIZADA NA AVENIDA JOÃO PAULO I, EM FRENTE AO Nº 160.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2152/2152_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2152/2152_texto_integral.docx</t>
   </si>
   <si>
     <t>O REFORÇO NA PINTURA DA FAIXA DE SEGURANÇA NA AVENIDA JOÃO PAULO I, ESQUINA COM A AVENIDA PORTO ALEGRE.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2151/2151_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2151/2151_texto_integral.docx</t>
   </si>
   <si>
     <t>A PAVIMENTAÇÃO NO ACESSO LOCALIZADO NO FINAL DA AVENIDA JOÃO PAULO I.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2149/2149_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2149/2149_texto_integral.docx</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DO BUEIRO LOCALIZADO NA AVENIDA JOÃO PAULO I, EM FRENTE AO Nº 125 E A LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA ACRE, EM FRENTE AOS NºS 67 E 87</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2146/2146_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2146/2146_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A NOTIFICAÇÃO DO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA DO TERRENO E DO PASSEIO PÚBLICO LOCALIZADO NA AVENIDA JOÃO PAULO I, ENTRE OS NºS 125 E 141. </t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2145/2145_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2145/2145_texto_integral.docx</t>
   </si>
   <si>
     <t>O DESLIGAMENTO DURANTE O DIA DA LÂMPADA DO POSTE LOCALIZADO NA AVENIDA JOÃO PAULO I, EM FRENTE AO Nº 1133, E A SUBSTITUIÇÃO DA LÂMPADA DO POSTE LOCALIZADO NA ESQUINA DA RUA DAVID CANABARRO COM A RUA ALVÍCIO NIENOW</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2144/2144_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2144/2144_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NO TRECHO FINAL DA RUA AURÉLIO PORTO, NA AVENIDA PADRE CLARET, EM FRENTE AO Nº 2900 E NA AVENIDA PRESIDENTE VARGAS EM FRENTE AO Nº 1114._x000D_
 </t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2142/2142_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2142/2142_texto_integral.docx</t>
   </si>
   <si>
     <t>O CONSERTO E A LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA LIONS CLUBE, EM FRENTE AOS NºS 44 E 66.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2028/2028_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2028/2028_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE BROCA E RECONSTRUÇÃO DA CALÇADA NA RUA JOÃO PAULUZZI COM REPÚBLICA ARGENTINA, ESQUINA DA ESCOLA DULCE DE MORAES. </t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2029/2029_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2029/2029_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE UMA BROCA NA CALÇADA EM FRENTE AO Nº 929, RUA RIO PARDO, TAMANDARÉ.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2030/2030_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2030/2030_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DA LÂMPADA NA RUA RIACHUELO, EM FRENTE AO  Nº 145, TAMANDARÉ.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2031/2031_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2031/2031_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DA LIMPEZA, EMBELEZAMENTO E MANUTENÇÃO NA PRAÇA SILVEIRA NETO, LOCALIZADA NA AVENIDA CASTRO ALVES, ESQUINA COM A RUA DALTRO FILHO, TAMANDARÉ.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2032/2032_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2032/2032_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DAS TELHAS DANIFICADAS NO ABRIGO DE ÔNIBUS LOCALIZADO EM FRENTE A ESCOLA ESTADUAL EZEQUIEL NUNES FILHO, NA RUA EZEQUIEL NUNES FILHO, Nº 181, BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2033/2033_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2033/2033_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DA LIMPEZA, REVITALIZAÇÃO, EMBELEZAMENTO E PLANTIO DE ÁRVORES EM TODA EXTENSÃO NO CANTEIRO CENTRAL DA AVENIDA OSMUNDO REUPERT, TAMANDARÉ.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2034/2034_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2034/2034_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A NOTIFICAÇÃO AO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA E CERCAMENTO DO TERRENO LOCALIZADO NA RUA CLARICE LISPECTOR, AO LADO DO Nº 146, NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2035/2035_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2035/2035_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE O BURACO LOCALIZADO NA AVENIDA PORTO ALEGRE, EM FRENTE AO Nº 76.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DOS BUEIROS LOCALIZADOS NA AVENIDA PORTO ALEGRE, EM FRENTE AOS NºS 76 E 86.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1988/1988_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1988/1988_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE DOIS PONTOS DA CONTENÇÃO EXISTENTE ENTRE O ARROIO SAPUCAIA E A AVENIDA BEIRA ARROIO.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1989/1989_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1989/1989_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A SUPRESSÃO OU TRANSPLANTE DA ÁRVORE LOCALIZADA NA RUA PADRE FELIPE, EM FRENTE AO Nº 1815.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1991/1991_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1991/1991_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NA AVENIDA PRESIDENTE VARGAS, EM FRENTE AO BANCO SANTANDER E NA AVENIDA PADRE URBANO THIESEN, EM FRENTE AO Nº 128. </t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1994/1994_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1994/1994_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DA PRAÇA LOCALIZADA NA ESQUINA DA AVENIDA PADRE URBANO THIESEN COM A RUA ROMUALDO MARCHIS, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1995/1995_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1995/1995_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS NA AVENIDA PADRE URBANO THIESEN, EM FRENTE AOS NºS 128 E 199. </t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1996/1996_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1996/1996_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DE LÂMPADA NA RUA HÉLIO ARNOLDO SPERB, EM FRENTE AO Nº 157. SOLICITA AINDA, A VERIFICAÇÃO DA LÂMPADA DO POSTE LOCALIZADO EM FRENTE AO Nº 82, NO MESMO LOGRADOURO, POIS ESTÁ COM MAU CONTATO.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1997/1997_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1997/1997_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA PASSO FUNDO, EM FRENTE AOS NºS 601, 623 E 643, CENTRO.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1998/1998_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1998/1998_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A FISCALIZAÇÃO DE UM SALÃO DE FESTAS, QUANTO A SUA ACÚSTICA E ALVARÁ DE FUNCIONAMENTO, NA RUA SOLEDADE AO LADO DO Nº 1802.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1999/1999_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1999/1999_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DE UM BUEIRO LOCALIZADO NA RUA MILTON WILSON LAIN, AO LADO OPOSTO DO Nº 06, SÃO JOSÉ.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2000/2000_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2000/2000_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A TROCA DAS LÂMPADAS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA MÁRIO CUTRUNEO, EM FRENTE AO Nº 78 &amp;#8211; JARDIM ESPLANADA;_x000D_
 - RUA ELIS REGINA, EM FRENTE AOS NºS 564 E 624 &amp;#8211; SÃO JORGE._x000D_
 </t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>INTENSIFIQUE O POLICIAMENTO OSTENSIVO NA RUA RIO PARDO E ARREDORES, ESPECIALMENTE NOS HORÁRIOS DE ENTRADA E SAÍDA DE ALUNOS DO COLÉGIO AUGUSTO MEYER.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1937/1937_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1937/1937_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A SUBSTITUIÇÃO DAS LÂMPADAS DOS POSTES LOCALIZADOS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA MÁRIO CUTRUNEO, EM FRENTE AO Nº 78, JARDIM ESPLANADA. SOLICITA AINDA QUE NESTE LOCAL SEJA VERIFICADA A INSTALAÇÃO ELÉTRICA;_x000D_
 - RUA OLAVO FONTOURA, EM FRENTE AO Nº 359; JARDIM ESPLANADA._x000D_
 </t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1938/1938_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1938/1938_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A COLOCAÇÃO DE PLACAS INDICATIVAS DE LOCALIZAÇÃO DOS SERVIÇOS ESSENCIAIS (POSTO DE SAÚDE, BRIGADA MILITAR, PARQUE GALVANY GUEDES) NOS BAIRROS CONCÓRDIA E CAMPINAS.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1940/1940_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1940/1940_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DE LÂMPADA LOCALIZADA NO POSTE DA RUA 13 DE MAIO, EM FRENTE AO Nº49, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA E DESOBSTRUÇÃO DAS BOCAS DE LOBO, LOCALIZADAS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA CLAUDIO ZONTA, EM FRENTE AO Nº 35;_x000D_
 - RUA ADELAR DOBERSTEIN, EM FRENTE AO Nº 79._x000D_
 </t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REALIZAR LIMPEZA DO BUEIRO LOCALIZADO NA RUA SENADOR SALGADO FILHO, AO LADO DO Nº 496, CENTRO.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1946/1946_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1946/1946_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DA TAMPA DE BOCA DE LOBO DA RUA TENENTE FRANCISCO PASCOAL SEVERO, EM FRENTE AO Nº 48, BAIRRO CONCÓRDIA.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1947/1947_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1947/1947_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE BROCA LOCALIZADO NOS SEGUINTES ENDEREÇOS:_x000D_
 - RUA NELSON DE OLIVEIRA MELLO, EM FRENTE AOS NºS 365 E 36, JARDIM PLANALTO;_x000D_
 - RUA RIO PARDO, EM FRENTE AO Nº 929, TAMANDARÉ._x000D_
 </t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1949/1949_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1949/1949_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A TRANSPOSIÇÃO DAS PARADAS DE ÔNIBUS INUTILIZADAS DA RUA MONTEIRO LOBATO PARA O PONTO LOCALIZADO NO CRUZAMENTO DAS RUAS PADRE ANCHIETA E MONTEIRO LOBATO, NOVO ESTEIO. </t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1950/1950_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1950/1950_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA E DEDETIZAÇÃO DO BUEIRO LOCALIZADO NA RUA VITOR MATEUS TEIXEIRA, EM FRENTE AO Nº 129, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1854/1854_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1854/1854_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A SUBSTITUIÇÃO DAS LÂMPADAS DOS POSTES LOCALIZADOS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA IPIRANGA, EM FRENTE AO Nº 191, JARDIM PLANALTO;_x000D_
 - RUA SENADOR SALGADO FILHO, EM FRENTE AO Nº 1695._x000D_
 </t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1855/1855_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1855/1855_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE A SECRETARIA COMPETENTE, A COLOCAÇÃO DE UMA TAMPA DE BOCA DE LOBO NA RUA EDGAR PICCIONI, EM FRENTE AO Nº 175, PEDREIRA.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1856/1856_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1856/1856_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA E DEDETIZAÇÃO DOS BUEIROS LOCALIZADOS EM TODA EXTENSÃO DOS SEGUINTES LOCAIS:_x000D_
 - VILA PEDREIRA;_x000D_
 - RUA JOSÉ MARTINS;_x000D_
 - RUA RIACHUELO;_x000D_
 - RUA VILA LOBOS, EM FRENTE AO Nº 1006._x000D_
 </t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1857/1857_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1857/1857_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A CONSTRUÇÃO DE UMA ESCADA NO CANTEIRO CENTRAL DA AVENIDA PORTO ALEGRE, EM FRENTE AO Nº 1333.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1858/1858_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1858/1858_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O DESLIGAMENTO DURANTE O DIA DA LÂMPADA LOCALIZADA NO POSTE EM FRENTE AO Nº 85, RUA MONTENEGRO.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1859/1859_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1859/1859_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REPOSIÇÃO DE COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NA RUA VILA LOBOS, EM FRENTE AO Nº 1006, BAIRRO TAMANDARÉ.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1860/1860_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1860/1860_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA OLGA BENÁRIO PRESTES, EM FRENTE AO Nº 260, CONTIDA NO OFÍCIO Nº 771/13-SG, DATADO DE 06/08/2013, AINDA NÃO RESPONDIDO PELO EXECUTIVO MUNICIPAL.  </t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1868/1868_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1868/1868_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A COLOCAÇÃO DE ALÇA PARA ILUMINAÇÃO NOS POSTES DA AVENIDA STANDART, CONTIDA NO OFÍCIO 632/2013-SG, DATADO DE 03/07/2013. </t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1861/1861_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1861/1861_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA E O CERCAMENTO DA PRAÇA LOCALIZADA SOB O VIADUTO QUE LIGA A AVENIDA SENADOR SALGADO FILHO À RUA LIBERATO SALZANO, BAIRRO TRÊS PORTOS, BEM COMO A MANUTENÇÃO DO PASSEIO PÚBLICO EM FRENTE À MESMA, CONTIDA NO OFÍCIO Nº 765/2013-SG, DATADO DE 06/08/2013 E AINDA NÃO RESPONDIDO PELO EXECUTIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1862/1862_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1862/1862_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA, ILUMINAÇÃO E CERCAMENTO DA PRAÇA LOCALIZADA NA ESQUINA DA RUA AURÉLIO PORTO COM A RUA PINTO BANDEIRA, CONTIDA NO OFÍCIO Nº 764/2013-SG, DATADO DE 06/08/2013 E AINDA NÃO RESPONDIDO PELO EXECUTIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1863/1863_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1863/1863_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A INSTALAÇÃO DE SINALIZAÇÃO PARA PEDESTRES NO CRUZAMENTO DA AVENIDA PRESIDENTE VARGAS COM O VIADUTO JOÃO GOULART, INDICATIVA DA EXISTÊNCIA DE SEMÁFORO PARA CONVERSÃO À DIREITA DAQUELES QUE ACESSAM A AVENIDA, O QUE IMPOSSIBILITA A TRAVESSIA DOS PEDESTRES MESMO QUANDO O SINAL PARA ACESSO À RUA PADRE FELIPE ESTÁ FECHADO. </t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NOS SEGUINTES LOGRADOUROS</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1816/1816_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1816/1816_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A MANUTENÇÃO DOS BUEIROS LOCALIZADOS NOS SEGUINTES LOGRADOUROS</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1817/1817_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1817/1817_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DAS LÂMPADAS DOS POSTES LOCALIZADOS NO FINAL DA RUA PADRE SEBASTIÃO PACHECO, EM FRENTE E AO LADO DO Nº 294.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1818/1818_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1818/1818_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE O BURACO LOCALIZADO NA RUA LOBO DA COSTA, ESQUINA COM A AVENIDA RIO BRANCO, CONTIDA NO OFÍCIO Nº 512/13-SG, DATADO DE 28/05/2013 E AINDA NÃO REALIZADO PELO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1819/1819_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1819/1819_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A MANUTENÇÃO E A LIMPEZA DOS BUEIROS LOCALIZADOS NOS SEGUINTES LOGRADOUROS</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1821/1821_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1821/1821_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A SUBSTITUIÇÃO DE ALÇA PARA ILUMINAÇÃO NO POSTE LOCALIZADO NA RUA FREDERICO OZANAN, EM FRENTE AO NÚMERO 100.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1822/1822_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1822/1822_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A RECONSTRUÇÃO DA CANALIZAÇÃO DE ESGOTO, INCLUINDO BOCA-DE-LOBO NA RUA CAMÕES, EM FRENTE AO Nº 74.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1823/1823_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1823/1823_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE UMA BROCA E RECONSTRUÇÃO DO PASSEIO PÚBLICO, DA BOCA-DE-LOBO, ALÉM DO RECAPEAMENTO ASFÁLTICO NA AVENIDA PERY FAGUNDES &amp;#8211; VILA OSÓRIO- PRÓXIMO AO ANTIGO INSS. </t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1824/1824_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1824/1824_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE BROCA E RECONSTRUÇÃO DO PASSEIO PÚBLICO NA RUA SALGADO FILHO, EM FRENTE AOS NºS 351 E 257</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1826/1826_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1826/1826_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA, RECONSTRUÇÃO DA BOCA-DE-LOBO E MEIO-FIO NA RUA QUARAÍ ESQUINA COM A RUA CAMÕES. </t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1827/1827_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1827/1827_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DA TUBULAÇÃO DE ESGOTO NA RUA CEL. THEODOMIRO PORTO DA FONSECA.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1828/1828_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1828/1828_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O CONSERTO OU SUBSTITUIÇÃO DA TUBULAÇÃO DE ESGOTO NA RUA SÉRGIO CARDOSO, Nº 154.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1829/1829_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1829/1829_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, O CONSERTO DA TUBULAÇÃO DE ESGOTO DA REDE PÚBLICA QUE ESTÁ LOCALIZADA DENTRO DO TERRENO NA RUA CARLOS CHAGAS, Nº 396, ESQUINA COM A RUA FLORIANO MAIA DÁVILA. SOLICITA AINDA A COLOCAÇÃO DE PROTEÇÃO NA ESQUINA DA RUA PARA EVITAR QUE CAMINHÕES E ÔNIBUS SUBAM NA CALÇADA.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1830/1830_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1830/1830_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A RECOLOCAÇÃO DOS BLOCOS INTERTRAVADOS EM FRENTE AO Nº 242, NA RUA VITOR MATEUS TEIXEIRA, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2072/2072_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2072/2072_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE PROVIDENCIE A RECUPERAÇÃO DO ASFALTO DANIFICADO POR OCASIÃO DE OBRAS DA CORSAN, NA RUA SÃO FRANCISCO, EM FRENTE AO NÚMERO 574. </t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2053/2053_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2053/2053_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A SUBSTITUIÇÃO DE LÂMPADAS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA LIBERATO SALZANO EM FRENTE AO Nº 46, VILA OSÓRIO;_x000D_
 - VIADUTO DA RUA SALGADO FILHO, VILA OSÓRIO;_x000D_
 - PRAÇA DO GINÁSIO DE ESPORTES DA VILA OSÓRIO._x000D_
 </t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2052/2052_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2052/2052_texto_integral.docx</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DA  OPERAÇÃO TAPA BURACOS EM FRENTE AO Nº 7275, AVENIDA LUIZ PASTEUR, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2051/2051_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2051/2051_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A LIMPEZA  NOS BUEIROS LOCALIZADOS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA AMAPA, BAIRRO PARQUE AMADOR;_x000D_
 - RUA 13 DE MAIO, BAIRRO NOVO ESTEIO._x000D_
 </t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2050/2050_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2050/2050_texto_integral.docx</t>
   </si>
   <si>
     <t>O CONSERTO DA TUBULAÇÃO DE ESGOTO LOCALIZADA NA RUA ERWINO SCHULLER, AO LADO DO Nº 77.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2002/2002_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2002/2002_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">UE DETERMINE À SECRETARIA COMPETENTE, A SUBSTITUIÇÃO DE LÂMPADAS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA ARLINDO BAIERLE, EM FRENTE AO Nº 408;_x000D_
 - RUA PLACINÁCIO ESCOBAR, EM FRENTE AO Nº 250._x000D_
 </t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1993/1993_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1993/1993_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O FECHAMENTO DE UMA BROCA E RECONSTRUÇÃO DO PASSEIO PÚBLICO NA RUA SALGADO FILHO, EM FRENTE AO Nº 351. </t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1992/1992_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1992/1992_texto_integral.doc</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1990/1990_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1990/1990_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA E DESENTUPIMENTO DA REDE DE ESGOTO LOCALIZADA NA RUA ARI LEITE, EM FRENTE AO Nº 63, VILA CRUZEIRO.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1987/1987_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1987/1987_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A MANUTENÇÃO DO PASSEIO PÚBLICO LOCALIZADO NA RUA RIO NEGRO, EM FRENTE AO Nº 20. </t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1985/1985_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1985/1985_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A REPOSIÇÃO DE COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS EM TODA EXTENSÃO DA AVENIDA PORTO ALEGRE E RUA RIO NEGRO. </t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1912/1912_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1912/1912_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A INSTALAÇÃO DE UM BUEIRO, COM A CONSEQUENTE LIGAÇÃO JUNTO AO ARROIO ESTEIO, NA RUA THEODOMIRO PORTO DA FONSECA, EM FRENTE AO Nº 429. </t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1911/1911_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1911/1911_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A NOTIFICAÇÃO AO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA DO PASSEIO PÚBLICO LOCALIZADO NA AVENIDA DOM PEDRO ENTRE OS NºS 311, 319 E AO LADO DO Nº 351 E NA RUA 28 DE FEVEREIRO EM FRENTE AOS NºS 210 E 244. </t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1910/1910_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1910/1910_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE DETERMINE À SECRETARIA COMPETENTE, A INSTALAÇÃO DE UMA PROTEÇÃO (GUARDRAIL) NA ESQUINA DA RUA CARLOS CHAGAS, ESQUINA COM A RUA FLORIANO MAYA D&amp;#8217;ÁVILA. </t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1909/1909_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1909/1909_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A SUBSTITUIÇÃO DE LÂMPADA DO POSTE LOCALIZADO NA RUA SANTO ÂNGELO ESQUINA COM A RUA JOSÉ DE ALENCAR. </t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1908/1908_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1908/1908_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NA AVENIDA RIO BRANCO, EM FRENTE AO Nº 545 E NA AVENIDA JOÃO PAULO I, EM FRENTE AO Nº 1133. </t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1907/1907_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1907/1907_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS NA RUA 28 DE FEVEREIRO, EM FRENTE AO Nº 244 E NA AVENIDA RIO BRANCO, EM FRENTE AO Nº 545. </t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1906/1906_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1906/1906_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA DOS ENTULHOS PROVENIENTES DAS ENCHENTES LOCALIZADOS NA RUA URUGUAI, EM FRENTE AO Nº 1390.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1905/1905_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1905/1905_texto_integral.docx</t>
   </si>
   <si>
     <t>A ELABORAÇÃO DE PROJETO PARA CONSTRUÇÃO DE UMA BACIA DE CONTENÇÃO NO TERRENO, DE PROPRIEDADE DO MUNICÍPIO, LOCALIZADO NO RELOTEAMENTO DE PARTE DA QUADRA OITENTA E UM (81), DA PLANTA GERAL DA CIDADE, BEM COMO ESTE TENHA SUA DESTINAÇÃO ALTERADA.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1904/1904_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1904/1904_texto_integral.doc</t>
   </si>
   <si>
     <t>A SUBSTITUIÇÃO DE LÂMPADA NA RUA GILDA DE ABREU EM FRENTE AO Nº 324, PARQUE SANTO INÁCIO.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1903/1903_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1903/1903_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A TROCA DE LÂMPADAS NOS POSTES LOCALIZADOS NOS SEGUINTES ENDEREÇOS:_x000D_
 - RUA GRAVATAÍ EM FRENTE AO Nº 622, BAIRRO CENTRO;_x000D_
 - RUA BORGES DE MEDEIROS, EM FRENTE AO Nº 131, JARDIM PLANALTO._x000D_
 </t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1902/1902_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1902/1902_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA DA BOCA DE LOBO E TUBULAÇÃO DE ESGOTO NA RUA AVELINO ANTONIO ZONTA, Nº 44, NOVO ESTEIO.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1901/1901_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1901/1901_texto_integral.docx</t>
   </si>
   <si>
     <t>A TROCA DE ESPELHO E LIMPEZA DA BOCA DE LOBO E DA TUBULAÇÃO DE ESGOTO NA RUA PADRE SEBASTIÃO PACHECO, Nº 245.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1899/1899_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1899/1899_texto_integral.docx</t>
   </si>
   <si>
     <t>A COLOCAÇÃO DE UMA PLACA DE PROIBIDO VIRAR A DIREITA NA RUA GARIBALDI ESQUINA COM A AVENIDA PRESIDENTE VARGAS.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1898/1898_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1898/1898_texto_integral.docx</t>
   </si>
   <si>
     <t>O CALÇAMENTO NA PARADA DE ÔNIBUS LOCALIZADA NA AVENIDA PADRE ANTONIO VIEIRA, Nº 290.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1896/1896_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1896/1896_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE PROVIDENCIE A RECUPERAÇÃO DO ASFALTO DANIFICADO POR OCASIÃO DE OBRAS DA CORSAN, NA RUA CAMÕES, EM FRENTE AO NÚMERO 74. </t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1894/1894_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1894/1894_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REALIZE ESTUDOS PARA UMA REVISÃO GERAL E MANUTENÇÃO DA REDE DE SUSTENTAÇÃO E DISTRIBUIÇÃO DE ENERGIA ELÉTRICA EM TODA A CIDADE DE ESTEIO, PRINCIPALMENTE COM SUBSTITUIÇÃO DE POSTES, CUMPRINDO O QUE DETERMINAM AS NORMAS TECNICAS PARA O FORNECIMENTO SEGURO, SUSTENTÁVEL E CONFIÁVEL DE ENERGIA ELÉTRICA. SÃO INÚMEROS OS POSTES COM A BASE RUÍDA, AMEAÇANDO CAIR SOBRE RESIDÊNCIAS, VIAS PÚBLICAS, COMÉRCIOS, ESCOLAS, PONTOS DE ÔNIBUS, ALEM DE OUTRAS IRREGULARIDADES QUE COLOCAM EM RISCO A VIDA DAS PESSOAS._x000D_
 ANEXAMOS FOTOS DE ALGUMAS SITUAÇÕES QUE PROVOCAM PÂNICO NA POPULAÇÃO PRINCIPALMENTE EM DIAS DE TEMPORAIS, NOS SEGUINTES ENDEREÇOS:_x000D_
 AV. LUIZ PASTEUR, EM FRENTE AO Nº 4721;_x000D_
 AV. LUIZ PASTEUR, ESQUINA COM RUA JOÃO FRANCISCO ALVES;_x000D_
 AV. LUIZ PASTEUR, EM FRENTE A IGREJA SANTO ANTÔNIO MARIA CLARET;_x000D_
 AV, LUIZ PASTEUR, PRÓXIMO AO Nº 8700;_x000D_
 RUA 24 DE AGOSTO, ESQUINA COM A RUA PRATA;_x000D_
 RUA PELOTAS, ESQUINA COM RUA PORTUGAL;_x000D_
 AV. DOM PEDRO, ESQUINA COM A RUA PELOTAS;_x000D_
 RUA INGO LEOPOLDO EBERT, ESQUINA COM RUA VINÍCIUS DE MORAES;_x000D_
 RUA SÃO SEPÉ, PROXIMO AO Nº 74;_x000D_
 RUA NOVO HAMBURGO, ESQUINA COM A RUA SANTANA, EM FRENTE AO Nº 1859 E HOTEL AVENIDA._x000D_
 </t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1836/1836_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1836/1836_texto_integral.doc</t>
   </si>
   <si>
     <t>A SUBSTITUIÇÃO DAS LÃMPADAS NA RUA CLAUDIO MANOEL DA COSTA, EM FRENTE AO Nº 134 E TAMBÉM NA RUA LA SALLE, EM FRENTE AO Nº 228.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>A LIMPEZA DAS RUAS PERI FAGUNDES E FREDERICO DAHNE, LOCALIZADAS NOS BAIRROS OSÓRIO E TRÊS PORTOS.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1838/1838_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1838/1838_texto_integral.doc</t>
   </si>
   <si>
     <t>A TROCA DE LÂMPADA DO POSTE LOCALIZADO NA RUA BRASÍLIA, EM FRENTE AO Nº 139, VILA OSÓRIO.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1839/1839_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1839/1839_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA PELOTAS EM FRENTE AOS NºS 47, 48, 60 E 72.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1840/1840_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1840/1840_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA DO ARROIO BOQUEIRÃO NO TRECHO PARALELO COM A RUA VITERBO JOSÉ MACHADO, JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1841/1841_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1841/1841_texto_integral.docx</t>
   </si>
   <si>
     <t>A TROCA DE LÂMPADA DO POSTE LOCALIZADO NA RUA NELSON OLIVEIRA MELO, EM FRENTE AO Nº 365, JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1842/1842_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1842/1842_texto_integral.docx</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO AO PROPRIETÁRIO DO TERRENO BALDIO LOCALIZADO NA RUA EZEQUIEL NUNES FILHO, PARA QUE CONSTRUA A CALÇADA NO LOCAL.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>O FECHAMENTO DE UMA BROCA LOCALIZADA NA AVENIDA BOQUEIRÃO EM FRENTE AO Nº 585.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1820/1820_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1820/1820_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA DO BUEIRO LOCALIZADO NA RUA JOSÉ CASSEMIRO CASTILHO EM FRENTE AO Nº 210, VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1808/1808_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1808/1808_texto_integral.docx</t>
   </si>
   <si>
     <t>A REPOSIÇÃO DE COBERTURA ASFÁLTICA SOBRE O BURACO LOCALIZADO NA RUA ORLANDO SILVA, EM FRENTE AO Nº 59.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1806/1806_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1806/1806_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">, A LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS NOS SEGUINTES ENDEREÇOS:_x000D_
 - RUA CLAUDIO MASCARELO, EM FRENTE AO Nº 11, _x000D_
 - RUA LEOPOLDO BRENTANO EM FRENTE AO N 52._x000D_
 SOLICITA AINDA A VERIFICAÇÃO DA REDE DE ESGOTO DO BUEIRO LOCALIZADO NA RUA LEOPOLDO BRENTANO, EM FRENTE AO Nº 73. </t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DO PASSEIO PÚBLICO LOCALIZADO NA RUA LEOPOLDO BRENTANO, EM FRENTE AO Nº 52 E NA RUA QUARAÍ EM FRENTE AO Nº 906.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO AOS PROPRIETÁRIOS DOS TERRENOS LOCALIZADOS NA RUA 24 DE AGOSTO, Nº 2821 E NÚMERO SUBSEQÜENTE PARA QUE PROMOVAM A LIMPEZA DO LOCAL.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1801/1801_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1801/1801_texto_integral.docx</t>
   </si>
   <si>
     <t>O FECHAMENTO DE UMA BROCA LOCALIZADA NA RUA CLÁUDIO MASCARELO, Nº 73.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1755/1755_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1755/1755_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A VERIFICAÇÃO E SUBSTITUIÇÃO DOS REATORES DOS POSTES DE ILUMINAÇÃO LOCALIZADOS NOS SEGUINTES ENDEREÇOS:_x000D_
 - RUA THEODOMIRO PORTO DA FONSECA, Nº 332;_x000D_
 - AVENIDA PADRE ANTONIO VIEIRA, Nº 290._x000D_
 </t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1792/1792_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1792/1792_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A NOTIFICAÇÃO AOS PROPRIETÁRIOS DOS IMÓVEIS LOCALIZADOS NA RUA MAURÍCIO CARDOSO, EM FRENTE AOS NºS 53 E 68 E NA RUA JOSÉ BONIFÁCIO, EM FRENTE AO Nº 118, PARA QUE PROMOVAM A LIMPEZA DO PASSEIO PÚBLICO. </t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1793/1793_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1793/1793_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A SUBSTITUIÇÃO DE LÂMPADA DOS POSTES LOCALIZADOS NA RUA JOÃO PAULUZZI, EM FRENTE AO Nº 203 E NA RUA JOSÉ BONIFÁCIO, EM FRENTE AO Nº 118. </t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1794/1794_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1794/1794_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA E MANUTENÇÃO DO BUEIRO LOCALIZADO NA RUA ARAUCÁRIA, EM FRENTE AO Nº 20.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1795/1795_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1795/1795_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DOS ENTULHOS PROVENIENTES DAS ENCHENTES, LOCALIZADOS NA RUA ARAUCÁRIA, EM FRENTE AO Nº 13 E EM TODA EXTENSÃO DA TRAVESSA VIAMÃO. </t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1787/1787_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1787/1787_texto_integral.docx</t>
   </si>
   <si>
     <t>ELABORE PROJETO DE LEI E ENCAMINHE A ESTA CASA, REDUZINDO AS DOTAÇÕES ORÇAMENTÁRIAS DA CÂMARA MUNICIPAL INDICADAS EM R$ 103.600,00, E SUPLEMENTANDO EM RUBRICAS DO PODER EXECUTIVO, A FIM DE REPASSAR RECURSOS ÀS ENTIDADES ABAIXO RELACIONADAS</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1788/1788_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1788/1788_texto_integral.docx</t>
   </si>
   <si>
     <t>APROVADA EM SESSÃO ORDINÁRIA DE 03 DE DEZEMBRO, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE UMA BROCA NA RUA SÃO DOMINGOS, EM FRENTE AO Nº 88.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1789/1789_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1789/1789_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DE UMA BOCA DE LOBO LOCALIZADA NA RUA PEDRO ALVARES CABRAL, Nº 98.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1790/1790_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1790/1790_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A INSTALAÇÃO DE UMA PLACA VERTICAL SINALIZANDO A REDUÇÃO DE VELOCIDADE OU OUTRO MEIO DE SINALIZAÇÃO QUE CUMPRA COM O OBJETIVO PROPOSTO, NA AVENIDA PRESIDENTE VARGAS, EM FRENTE AO Nº 2633.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1721/1721_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1721/1721_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE UMA BROCA, LOCALIZADA NA RUA FLORIANO SILVEIRA DE MATOS, EM FRENTE AO Nº 572, BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1724/1724_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1724/1724_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DA LÂMPADA NO POSTE LOCALIZADO NA RUA DAS MISSÕES, Nº 61 E NA RUA ITAPUÃ, Nº 45.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1725/1725_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1725/1725_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DA RUA MONTEIRO LOBATO, EM TODA A SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1726/1726_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1726/1726_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A MANUTENÇÃO DA COBERTURA NA PARADA DE ÔNIBUS LOCALIZADA NA RUA MAURÍCIO CARDOSO, EM FRENTE À ESTAÇÃO DA TRENSURB EM ESTEIO. </t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1727/1727_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1727/1727_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE UMA BROCA, RECONSTRUÇÃO DO PASSEIO PÚBLICO E MANUTENÇÃO DO ASFALTO NA RUA DAS DÁLIAS, EM FRENTE AO Nº 249, PARQUE SANTO INÁCIO. </t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1728/1728_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1728/1728_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DE LÂMPADA DO POSTE LOCALIZADO NA RUA DAS ESTREMOSAS, EM FRENTE AO Nº 353.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1729/1729_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1729/1729_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DE TAMPA DE BUEIRO, UMA JUNTO AO MEIO FIO E OUTRA NO MEIO DA CALÇADA, NA RUA GERMANO ARDUINO TONIOLO, Nº 205 E TAMBÉM NA RUA PADRE FELIPE, AO LADO DO Nº 825.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1730/1730_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1730/1730_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A TROCA DA TAMPA DO BUEIRO LOCALIZADO NA RUA PADRE FELIPE, AO LADO DO Nº 825.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1679/1679_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1679/1679_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE A SECRETARIA COMPETENTE, A TROCA DA TAMPA DA BOCA DE LOBO LOCALIZADA NA RUA PADRE ANCHIETA Nº 619.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1680/1680_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1680/1680_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE A SECRETARIA COMPETENTE, A TROCA DA LÂMPADA DO POSTE LOCALIZADO NA RUA JOÃO PAULO I Nº 363 E NA RUA JOSÉ MARTINS Nº 609.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1682/1682_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1682/1682_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O FECHAMENTO DE UMA BROCA LOCALIZADA NA RUA IARA, Nº 50 ESQUINA COM A RUA NOVO HAMBURGO, PARQUE AMADOR.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1684/1684_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1684/1684_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A REITERAÇÃO DA NOTIFICAÇÃO AO PROPRIETÁRIO PARA LIMPEZA E CERCAMENTO DO TERRENO LOCALIZADO NA RUA VITOR MATEUS TEIXEIRA, AO LADO DO Nº 158. </t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1685/1685_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1685/1685_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA PERIÓDICA MAIS FREQÜENTE DAS ESCADAS LOCALIZADAS NO VIADUTO QUE LIGA A RUA SENADOR SALGADO FILHO À RUA LIBERATO SALZANO. SOLICITA AINDA, QUE O EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE INSTALAR UM SANITÁRIO, FIXO OU MÓVEL, NAS PROXIMIDADES DAS REFERIDAS ESCADAS.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1686/1686_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1686/1686_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A TROCA DAS LÂMPADAS DOS POSTES LOCALIZADOS NA ESQUINA DAS RUAS QUARAI E PROFESSOR INÁCIO MONTANHA, BAIRRO SÃO JOSÉ. </t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1687/1687_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1687/1687_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A REITERAÇÃO DA NOTIFICAÇÃO AO PROPRIETÁRIO PARA LIMPEZA E CERCAMENTO DO TERRENO LOCALIZADO NA RUA VITOR MATEUS TEIXEIRA, AO LADO DO Nº 129. </t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1570/1570_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1570/1570_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">APROVADO EM REUNIÃO DA COMISSÃO REPRESENTATIVA DE 23 DE DEZEMBRO, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A COLOCAÇÃO DAS TAMPAS NAS BOCAS DE LOBO NOS SEGUINTES ENDEREÇOS: _x000D_
 - RUA JOÃO PAULO I, ESQUINA COM A TRAVESSA JARDIM PLANALTO, VILA BOQUEIRÃO;_x000D_
 - RUA VITERBO JOSÉ MACHADO, EM FRENTE AO Nº 198, BAIRRO JARDIM PLANALTO. _x000D_
 </t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1571/1571_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1571/1571_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA EXCELÊNCIA QUE DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DE ESTUDOS E AVALIAÇÃO DO RISCO DE QUEDA DA ÁRVORE LOCALIZADA NA TRAVESSA PLANALTO, FUNDOS DO Nº 78, VILA BOQUEIRÃO. </t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1572/1572_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1572/1572_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A ELIMINAÇÃO DE UMA BROCA E A RECONSTRUÇÃO DO PASSEIO PÚBLICO NA RUA VEIGA MARQUES, EM FRENTE AO Nº 324, ESQUINA COM A AV. GOVERNADOR ERNESTO DORNELLES.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE JUNTO À SECRETARIA COMPETENTE, A CONSTRUÇÃO DO MEIO-FIO E COLOCAÇÃO DE TAMPA NA BOCA DE LOBO NA RUA ALDO LOCATELI, EM FRENTE AO Nº 346, ESQUINA COM A AV. GOVERNADOR ERNESTO DORNELLES, A FIM DE QUE O RESPONSÁVEL PELO IMÓVEL POSSA CONSTRUIR A CALÇADA. </t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1575/1575_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1575/1575_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE JUNTO A SECRETARIA COMPETENTE, O FECHAMENTO DO BURACO NO ASFALTO PRÓXIMO AO QUEBRA-MOLAS EXISTENTE NA ESQUINA DA AVENIDA LUIZ PASTEUR, COM A RUA ARTHUR DOSSENA.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1576/1576_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1576/1576_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A COMPRA COM URGÊNCIA DE UM APARELHO PARA CONTROLE DE HGT, PARA SER UTILIZADO NA US CLARET.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1577/1577_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1577/1577_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS NA RUA PASSO FUNDO, EM FRENTE AOS NºS 138 E 149. </t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>DETERMINE JUNTO À SECRETARIA COMPETENTE, ESTUDO PARA A COLOCAÇÃO DE REDUTORES DE VELOCIDADE EM FRENTE AO CONDOMÍNIO ESTEIO NOVO, NA RUA BENTO GONÇALVES, A PINTURA DE FAIXAS DE PEDESTRES NO LOCAL E A PROIBIÇÃO DE ESTACIONAMENTO ENTRE A ENTRADA E A SAÍDA DO CONDOMÍNIO. ANEXO, FOTO QUE INDICA O REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1561/1561_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1561/1561_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA,QUE DETERMINE À SECRETARIA COMPETENTE, A NOTIFICAÇÃO AO PROPRIETÁRIO/RESPONSÁVEL PELO IMÓVEL LOCALIZADO NA RUA TAQUARI Nº 88, PARA QUE PROMOVA O CERCAMENTO E MANUTENÇÃO DO TERRENO.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1562/1562_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1562/1562_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, A INSPEÇÃO URGENTE PELA VIGILÂNCIA SANITÁRIA DA RESIDÊNCIA LOCALIZADA NA RUA PASSO FUNDO, Nº 285, DEVIDO À INFESTAÇÃO DE MORCEGOS NO LOCAL.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1563/1563_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1563/1563_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DOS CANTEIROS LOCALIZADOS NA AVENIDA PADRE ANTONIO VIEIRA.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1559/1559_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1559/1559_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE, A TROCA DA LÂMPADA, EM FRENTE AO Nº 309, DA RUA QUARAÍ.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/3753/3753_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/3753/3753_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO EXECUTIVO MUNICIPAL RELATIVAS AO EXERCÍCIO DE 2010</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2124/2124_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2124/2124_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO 1º DO ARTIGO 32 DA LEI ORGÂNICA DO MUNICÍPIO DE ESTEIO</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2799/2799_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2799/2799_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O § 4º, DO ART. 50 DA LEI ORGÂNICA DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2801/2801_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2801/2801_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O COMITÊ DE INVESTIMENTOS JUNTO AO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL (RPPS), PREV-ESTEIO, FUNÇÃO GRATIFICADA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2147/2147_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2147/2147_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGISTRO, LICENCIAMENTO E EMPLACAMENTO DE CARROÇAS E SIMILARES NO ÂMBITO DO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1629/1629_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1629/1629_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO I DO ARTIGO 7º, DA LEI COMPLEMENTAR 5.231, DE 28 DE JANEIRO DE 2011.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1630/1630_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1630/1630_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO DOS ESTRANGEIROS AOS CARGOS E EMPREGOS PÚBLICOS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA E INDIRETAMENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1564/1564_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1564/1564_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1565/1565_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1565/1565_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N.º 4958 DE 31 DE AGOSTO DE 2009.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1566/1566_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1566/1566_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 5.563 DE 04 DE OUTUBRO DE 2012.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1567/1567_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1567/1567_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1568/1568_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1568/1568_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1569/1569_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1569/1569_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DE VIA PÚBLICA</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1867/1867_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1867/1867_texto_integral.doc</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1557/1557_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1557/1557_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1560/1560_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1560/1560_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO, E O CONSEQUENTE REPASSE DE SUBVENÇÃO SOCIAL EM PROL DO COLÉGIO CORAÇÃO DE MARIA, VISANDO ÀS AÇÕES NECESSÁRIAS À EXECUÇÃO DO PROJETO ROBÓTICA EDUCACIONAL FAZENDO A DIFERENÇA EM ÂMBITO MUNICIPAL NO DECORRER DO PRIMEIRO SEMESTRE DO ANO DE 2013.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1631/1631_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1631/1631_texto_integral.doc</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1632/1632_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1632/1632_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N.º 4.958, DE 31 DE AGOSTO DE 2009.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1633/1633_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1633/1633_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N.º 5.563, DE 04 DE OUTUBRO DE 2012</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1634/1634_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1634/1634_texto_integral.doc</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1635/1635_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1635/1635_texto_integral.doc</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1636/1636_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1636/1636_texto_integral.doc</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1637/1637_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1637/1637_texto_integral.doc</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1638/1638_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1638/1638_texto_integral.doc</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1876/1876_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1876/1876_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BADESUL DESENVOLVIMENTO S.A &amp;#8211; AGÊNCIA DE FOMENTO/RS PARA AQUISIÇÃO DE MÁQUINAS E EQUIPAMENTOS RODOVIÁRIOS.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1977/1977_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1977/1977_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 4.958, DE 31 DE AGOSTO DE 2009</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1980/1980_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1980/1980_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 5.563, DE 04 DE OUTUBRO DE 2012</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1981/1981_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1981/1981_texto_integral.doc</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1871/1871_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1871/1871_texto_integral.doc</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1872/1872_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1872/1872_texto_integral.doc</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1873/1873_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1873/1873_texto_integral.doc</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1874/1874_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1874/1874_texto_integral.doc</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1875/1875_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1875/1875_texto_integral.doc</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1877/1877_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1877/1877_texto_integral.doc</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1878/1878_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1878/1878_texto_integral.doc</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1880/1880_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1880/1880_texto_integral.doc</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1983/1983_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1983/1983_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, JUNTO À SECRETARIA MUNICIPAL DE OBRAS</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2120/2120_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2120/2120_texto_integral.doc</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2121/2121_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2121/2121_texto_integral.doc</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2122/2122_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2122/2122_texto_integral.doc</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2123/2123_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2123/2123_texto_integral.doc</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2148/2148_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2148/2148_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE UM INCENTIVO FINANCEIRO ADICIONAL PARA O PROGRAMA DE AGENTES COMUNITÁRIOS DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1984/1984_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1984/1984_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMPOSIÇÃO DOS CONSELHOS MUNICIPAIS DE ESTEIO, RELATIVAMENTE AOS MEMBROS DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1986/1986_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1986/1986_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O FIRMAMENTO DE TERMO DE CONVÊNIO COM O CONSEQUENTE REPASSE DE SUBVENÇÃO SOCIAL EM PROL DA ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE, VISANDO AEXECUÇÃO DO PROJETO RESIDÊNCIA INCLUSIVA, NO PERÍODO CORRESPONDIDO ENTRE MARÇO A DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2117/2117_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2117/2117_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 4.262, DE 19 DE DEZEMBRO DE 2006.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2164/2164_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2164/2164_texto_integral.doc</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2119/2119_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2119/2119_texto_integral.doc</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2143/2143_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2143/2143_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE MÉDICOS PSIQUIATRAS POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2308/2308_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2308/2308_texto_integral.doc</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2150/2150_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2150/2150_texto_integral.doc</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2227/2227_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2227/2227_texto_integral.doc</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2228/2228_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2228/2228_texto_integral.doc</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2229/2229_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2229/2229_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 5563 DE 04 DE OUTUBRO DE 2012</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2230/2230_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2230/2230_texto_integral.doc</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2231/2231_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2231/2231_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 5634 DE 27 DE FEVEREIRO DE 2013</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2333/2333_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2333/2333_texto_integral.doc</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2305/2305_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2305/2305_texto_integral.doc</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2306/2306_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2306/2306_texto_integral.doc</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2334/2334_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2334/2334_texto_integral.doc</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2335/2335_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2335/2335_texto_integral.doc</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2330/2330_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2330/2330_texto_integral.doc</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2331/2331_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2331/2331_texto_integral.doc</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2381/2381_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2381/2381_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O FIRMAMENTO DE CONVÊNIO DE COOPERAÇÃO COM O ESTADO DO RIO GRANDE DO SUL E COM A AGÊNCIA ESTADUAL DE REGULAÇÃO DOS SERVIÇOS PÚBLICOS DELEGADOS DO RIO GRANDE DO SUL &amp;#8211; AGERGS, VISANDO A REGULAÇÃO DOS SERVIÇOS PÚBLICOS DELEGADOS DE ABASTECIMENTO DE ÁGUA E ESGOTAMENTO SANITÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2608/2608_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2608/2608_texto_integral.doc</t>
   </si>
   <si>
     <t>RECLASSIFICA OS CARGOS E EMPREGOS QUE MENCIONAM</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE ESTEIO, PARA O PERÍODO DE 2014 A 2017._x000D_
 </t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2220/2220_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2220/2220_texto_integral.doc</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº. 140/2013 QUE INSTITUI O DIA MUNICIPAL DE COMBATE A PSORÍASE</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2382/2382_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2382/2382_texto_integral.doc</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2232/2232_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2232/2232_texto_integral.doc</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2233/2233_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2233/2233_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO._x000D_
 </t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2235/2235_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2235/2235_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DOS SURDOS E DA CULTURA SURDA A SER COMEMORADO ANUALMENTE EM 26 DE SETEMBRO.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2009/2009_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2009/2009_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2473/2473_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2473/2473_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL 5.316 DE 2011, QUE DISPÕE SOBRE O QUADRO DE FUNCIONÁRIOS DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2477/2477_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2477/2477_texto_integral.doc</t>
   </si>
   <si>
     <t>REGULAMENTA O INCISO V, DO ATRIGO 37 DA CONSTITUIÇÃO FEDERAL NO ÂMBITO DA CÂMARA MUNICIPAL DE ESTEIO</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2125/2125_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2125/2125_texto_integral.doc</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2376/2376_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2376/2376_texto_integral.doc</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1881/1881_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1881/1881_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO DO SISTEMA MUNICIPAL DE DEFESA DO CONSUMIDOR &amp;#8211; SMDC &amp;#8211; INSTITUI O PROCON MUNICIPAL DE ESTEIO, O CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR &amp;#8211; CONDECON, E INSTITUI O FUNDO MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR &amp;#8211; FMPDC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2377/2377_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2377/2377_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 4.958 DE TRINTA E UM DE AGOSTO DE 2009</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2378/2378_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2378/2378_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 5.563 DE QUATRO DE OUTUBRO DE 2012</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2379/2379_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2379/2379_texto_integral.doc</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2375/2375_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2375/2375_texto_integral.doc</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2217/2217_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2217/2217_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE LEILÃO DOS BENS DECLARADOS INSERVÍVEIS PELO DECRETO MUNICIPAL Nº. 4.892 DE 2013</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2218/2218_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2218/2218_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM A ORGANIZAÇÃO NÃO GOVERNAMENTAL &amp;#8211; AMIGOS DA DIVERSIDADE, NO PERÍODO CORRESPONDIDO A PRIMEIRA SEMANA DO MÊS DE OUTUBRO DE 2013.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2219/2219_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2219/2219_texto_integral.doc</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1922/1922_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1922/1922_texto_integral.doc</t>
   </si>
   <si>
     <t>A PRESENTE PROPOSTA DE PROJETO DE LEI VISA DENOMINAR A AVENIDA DE LIGAÇÃO ENTRE AVENIDA INDEPENDÊNCIA E LOTEAMENTO INDUSTRIAL.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2010/2010_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2010/2010_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A ALÍNEA &amp;#8220;H&amp;#8221;, DO INCISO I, E A ALÍNEA &amp;#8220;E&amp;#8221;, DO INCISO II, DO ARTIGO 4º, DA LEI MUNICIPAL Nº. 3.281, DE 26 DE DEZEMBRO DE 2001.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2011/2011_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2011/2011_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO._x000D_
 </t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2008/2008_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2008/2008_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA O PARÁGRAFO ÚNICO DO ART. 3º DA LEI Nº. 2086, DE 23 DE SETEMBRO DE 1993._x000D_
 </t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1886/1886_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1886/1886_texto_integral.doc</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1887/1887_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1887/1887_texto_integral.doc</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 FIXA O VALOR DA FUNÇÃO GRATIFICADA DE DIRETOR E VICE- DIRETOR DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO._x000D_
 </t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO A ALÍNEA &amp;#8220;C&amp;#8221;, DO INCISO I, DO ART. 6º E AO ART. 27 DA LEI MUNICIPAL Nº 3035/2000._x000D_
 </t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1885/1885_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1885/1885_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR SUBVENÇÃO SOCIAL À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS &amp;#8211; APAE.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1884/1884_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1884/1884_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR AUXÍLIO FINANCEIRO PARA A CÂMARA DE DIRIGENTES LOJISTAS DE ESTEIO &amp;#8211; CDL E PARA A ASSOCIAÇÃO COMERCIAL INDUSTRIAL E SERVIÇOS DE ESTEIO - ACISE.  </t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 4.407, DE 12 DE SETEMBRO DE 2007.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1882/1882_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1882/1882_texto_integral.doc</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2043/2043_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2043/2043_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 5.753, DE 15 DE AGOSTO DE 2013. PLANO PLURIANUAL</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO-ALIMENTAÇÃO E AUXÍLIO-MORADIA AO PROFISSIONAL DA ÁREA MÉDICA PROVENIENTE DO PROGRAMA FEDERAL &amp;#8220;PROJETO MAIS MÉDICOS PARA O BRASIL&amp;#8221;.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 4958 DE 31 DE AGOSTO DE 2009.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2086/2086_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2086/2086_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 5563 DE 04 DE OUTUBRO DE 2012.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2088/2088_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2088/2088_texto_integral.doc</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2044/2044_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2044/2044_texto_integral.doc</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2045/2045_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2045/2045_texto_integral.doc</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1796/1796_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1796/1796_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">APROVA O DESCONTO PARA O BOM PAGADOR DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA, DE QUE TRATA A LEI 1815, DE 14 DE DEZEMBRO DE 1991, REVOGA A LEI 5165/2012 E INSTITUI CAMPANHA DE FOMENTO AO COMÉRCIO LOCAL COM PREMIAÇÃO CONSISTENTE EM DESCONTO NO IPTU DO MUNICÍPIO DE ESTEIO.  _x000D_
 </t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1923/1923_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1923/1923_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE CARGO NO QUADRO DE FUNCIONÁRIOS A SER PREENCHIDO MEDIANTE CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INSTALAÇÃO DE BIOMBOS, PAINÉIS DE MATERIAL OPACO OU ESTRUTURAS SIMILARES ENTRE OS CAIXAS E OS CLIENTES EM TODAS AS AGÊNCIAS BANCÁRIAS E INSTITUIÇÕES FINANCEIRAS, LOCALIZADAS NO MUNICÍPIO DE ESTEIO.  _x000D_
 </t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2046/2046_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2046/2046_texto_integral.doc</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2090/2090_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2090/2090_texto_integral.doc</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2084/2084_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2084/2084_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO ÚNICO DO ART. 1º, DA LEI 5.782 DE 25 DE OUTUBRO DE 2013, QUE DISPÕE SOBRE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1762/1762_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1762/1762_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ORÇA A RECEITA E FIXA A DESPESA DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO PARA O EXERCÍCIO FINANCEIRO DE 2014.  </t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1843/1843_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1843/1843_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM A ORGANIZAÇÃO NÃO GOVERNAMENTAL GATA &amp;#8211; GRUPO DE AMIGOS E TRATADORES DOS ANIMAIS, NO PERÍODO CORRESPONDIDO ENTRE A PRIMEIRA QUINZENA DE DEZEMBRO DE 2013 À PRIMEIRA QUINZENA DO MÊS DE MARÇO DE 2014, COM VISTAS A EXECUÇÃO DO PROJETO DE ATENDIMENTO EMERGENCIAL AOS ANIMAIS VULNERÁVEIS.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1844/1844_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1844/1844_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL CONCEDER SUBVENÇÃO SOCIAL À ENTIDADE LIGA FEMININA DE COMBATE AO CÂNCER PELO PERÍODO DE 12 (DOZE) MESES.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1764/1764_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1764/1764_texto_integral.doc</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1763/1763_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1763/1763_texto_integral.doc</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1740/1740_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1740/1740_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1738/1738_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1738/1738_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1736/1736_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1736/1736_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO VI, DO ARTIGO 13, DA LEI MUNICIPAL 5.115, DE 16 DE JULHO DE 2010.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1756/1756_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1756/1756_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 4.958 DE 31 DE AGOSTO DE 2009.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1757/1757_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1757/1757_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 5.563 DE 04 DE OUTUBRO DE 2012.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1758/1758_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1758/1758_texto_integral.doc</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1759/1759_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1759/1759_texto_integral.doc</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1760/1760_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1760/1760_texto_integral.doc</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1761/1761_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1761/1761_texto_integral.doc</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1583/1583_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1583/1583_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 5.381, DE 04 DE NOVEMBRO DE 2011 E A LEI MUNICIPAL Nº. 5.231, DE 26 DE JANEIRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1584/1584_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1584/1584_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DO BEM ESTAR ANIMAL DE ESTEIO (FMBEA) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1735/1735_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1735/1735_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 22, DA LEI MUNICIPAL Nº 5.785, DE 25 DE OUTUBRO DE 2013.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1734/1734_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1734/1734_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR E ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO BEM COMO A CONSEQÜENTE CONCESSÃO DE SUBVENÇÃO SOCIAL, POR INTERMÉDIO DA FORMALIZAÇÃO DE TERMOS DE CONVÊNIOS EM PROL DAS ENTIDADES QUE MENCIONA</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1585/1585_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1585/1585_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O FIRMAMENTO DE TERMO DE CONVÊNIO, COM O CONSEQÜENTE REPASSE DE SUBVENÇÃO SOCIAL EM PROL DA ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS &amp;#8211; APAE, VISANDO À EXECUÇÃO DO PROJETO RESIDÊNCIA INCLUSIVA, NO PERÍODO CORRESPONDIDO ENTRE JANEIRO DE 2014 A JANEIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1586/1586_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1586/1586_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 AUTORIZA O FIRMAMENTO DE TERMO DE CONVÊNIO E O CONSEQÜENTE REPASSE DE SUBVENÇÃO SOCIAL EM PROL DA ASSOCIAÇÃO AMIGOS DOS MENINOS &amp;#8211; AME, VISANDO A EXECUÇÃO DO PROJETO ABRIGO, NO PERÍODO CORRESPONDIDO ENTRE JANEIRO DE 2014 A JANEIRO DE 2015 ._x000D_
 </t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1587/1587_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1587/1587_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O FIRMAMENTO DE TERMO DE CONVÊNIO, COM O CENTRO DE FORMAÇÃO TERESA VERZERI, EM PROL DAS AÇÕES RELACIONADAS AO PROGRAMA AUXÍLIO CIDADÃO &amp;#8211; PROAC, NO DECORRER DOS ANOS DE 2014 E 2015.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1588/1588_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1588/1588_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO SOCIAL MENSAL AO CENTRO DE FORMAÇÃO TERESA VERZERI, POR INTERMÉDIO DO FIRMAMENTO DE TERMO DE CONVÊNIO NO PERÍODO CORRESPONDIDO ENTRE JANEIRO DE 2014 A JANEIRO DE 2015, VISANDO A EXECUÇÃO DO PROGRAMA ASEMA .</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1589/1589_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1589/1589_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO PECUNIÁRIO MENSAL EM PROL DAS ESCOLAS COMUNITÁRIAS E CONFESSIONAIS DE EDUCAÇÃO INFANTIL NO PERÍODO CORRESPONDIDO ENTRE OS MESES DE JANEIRO DE 2014 A DEZEMBRO DE 2015._x000D_
 </t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1597/1597_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1597/1597_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CONCESSÃO DE SUBVENÇÃO SOCIAL MENSAL A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS &amp;#8211; APAE, VISANDO O ATENDIMENTO EDUCACIONAL ESPECIALIZADO DE CRIANÇAS E ADOLESCENTES NO PERÍODO COMPREENDIDO ENTRE OS ANOS DE 2014 E 2015._x000D_
 </t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1590/1590_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1590/1590_texto_integral.doc</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1591/1591_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1591/1591_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE AUXILIO FINANCEIRO EM PROL DAS ENTIDADES CARNAVALESCAS QUE MENCIONA, VISANDO A EXECUÇÃO DO CARNAVAL 2014 NO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1594/1594_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1594/1594_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA LEI MUNICIPAL Nº 5.601, DE 13 DE DEZEMBRO DE 2012._x000D_
 </t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ARTIGO 1º DA LEI MUNICIPAL 4.907 DE 28 DE JULHO DE 2009 QUE CRIA COMPLEMENTAÇÃO DE VENCIMENTOS, GS &amp;#8211; GRATIFICAÇÃO SALARIAL, PARA OS SERVIDORES PÚBLICOS MUNICIPAIS LOTADOS NAS EQUIPES DE SAÚDE DA FAMILIA &amp;#8211; EACS (ESTRATÉGIA DOS AGENTES COMUNITÁRIOS DE SAÚDE), ESF ( ESTRATÉGIA DE SAÚDE DA FAMILIA) E PARA A ESB (EQUIPE DE SAÚDE BUCAL) E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1593/1593_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1593/1593_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCE O PARÁGRAFO ÚNICO AO ARTIGO 1º DA LEI Nº 5234, DE 26 DE JANEIRO DE 2011, QUE CRIA O ADICIONAL DE INCENTIVO.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2688/2688_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2688/2688_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA VIA PÚBLICA DO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2639/2639_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2639/2639_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL PROCEDER A FIRMATURA DE CONTRATO DE RATEIO POR INTERMÉDIO DE CONSÓRCIO PÚBLICO NO DECORRER DO ANO DE 2013, VISANDO ÀS AÇÕES DE SANEAMENTO BÁSICO NECESSÁRIAS À BACIA HIDROGRÁFICA DO RIO DOS SINOS &amp;#8211; PRÓ &amp;#8211; SINOS.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2796/2796_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2796/2796_texto_integral.doc</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2798/2798_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2798/2798_texto_integral.doc</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2671/2671_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2671/2671_texto_integral.doc</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2800/2800_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2800/2800_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA CARGO DE MÉDICO PERITO E AUTORIZA A CONTRATAÇÃO POR TEM DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2793/2793_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2793/2793_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N.º 5.496, DE ABRIL DE 2012.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2795/2795_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2795/2795_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O FIRMAMENTO DE TERMO DE CONVÊNIO COM CONSEQUENTE REPASSE DE AUXILIO EM PROL DO ESTADO DO RIO GRANDE DO SUL, COM INTERVENIÊNCIA DA BRIGADA MILITAR, VISANDO À IMPLEMENTAÇÃO DO PROJETO PILOTO DE POLICIAMENTO COMUNITÁRIO EM ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2672/2672_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2672/2672_texto_integral.doc</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2737/2737_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2737/2737_texto_integral.doc</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2673/2673_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2673/2673_texto_integral.doc</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2674/2674_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2674/2674_texto_integral.doc</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2681/2681_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2681/2681_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;REAJUSTA O VALOR DA BOLSA-AUXÍLIO DOS ESTAGIÁRIOS DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2675/2675_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2675/2675_texto_integral.doc</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2738/2738_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2738/2738_texto_integral.doc</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2676/2676_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2676/2676_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2682/2682_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2682/2682_texto_integral.doc</t>
   </si>
   <si>
     <t>REVISÃO DOS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE ESTEIO.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2684/2684_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2684/2684_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE NOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2677/2677_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2677/2677_texto_integral.doc</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2687/2687_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2687/2687_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE ENGENHEIRO DE TRÁFICO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2637/2637_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2637/2637_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO NÃO GOVERNAMENTAL &amp;#8211; GATA, GRUPO DE AMIGOS E TRATADORES DOS ANIMAIS, NO PERÍODO CORRESPONDIDO ENTRE A PRIMEIRA QUINZENA DE JUNHO À SEGUNDA QUINZENA DO MÊS DE SETEMBRO DE 2013, VISANDO À EXECUÇÃO DO PROJETO CONTROLE POPULACIONAL DE CÃES E GATOS</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2638/2638_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2638/2638_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO NÃO GOVERNAMENTAL &amp;#8211; GATA, GRUPO DE AMIGOS E TRATADORES DOS ANIMAIS, NO PERÍODO CORRESPONDIDO ENTRE A PRIMEIRA QUINZENA DE JUNHO À SEGUNDA QUINZENA DO MÊS DE SETEMBRO DE 2013, COM VISTAS À EXECUÇÃO DO PROJETO ATENDIMENTO EMERGENCIAL AOS ANIMAIS VULNERÁVEIS</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2581/2581_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2581/2581_texto_integral.doc</t>
   </si>
   <si>
     <t>RECLASSIFICA OS CARGOS E EMPREGOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2556/2556_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2556/2556_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESAFETAR E CONCEDER O USO DE ÁREA DE TERRAS QUE MENCIONA PARA A COMPANHIA RIOGRANDENSE DE SANEAMENTO - CORSAN, CRECHE COMUNITÁRIA CRIANÇA ESPERANÇA E ASSOCIAÇÃO COMUNITÁRIA DO BAIRRO DO PARQUE.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2546/2546_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2546/2546_texto_integral.doc</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2678/2678_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2678/2678_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE DEFESA CIVIL-FMDC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2571/2571_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2571/2571_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE,  A REALIZAÇÃO DE ESTUDOS PARA COLOCAÇÃO DE UM QUEBRA-MOLAS OU REDUTOR DE VELOCIDADE E FAIXA DE SEGURANÇA NA RUA MONTEIRO LOBATO, NA ALTURA DA RUA CARMEM MIRANDA, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2572/2572_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2572/2572_texto_integral.docx</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2163/2163_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2163/2163_texto_integral.doc</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO PARAGRAFO ÚNICO DO ARTIGO 5º, 6º E 7º NO TOCANTE AOS TERMOS EXPRESSOS JUNTO A LEI MUNICIPAL N.º 4.834 DE 09 DE ABRIL DE 2009, QUE DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA AUXÍLIO CIDADÃO &amp;#8211; PROAC.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2118/2118_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2118/2118_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO AO PROJETO DE LEI N.º 039/2013, QUE &amp;#8220;ALTERA A LEI MUNICIPAL N.º 5.607 DE 13 DE DEZEMBRO DE 2012 E DA OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2686/2686_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2686/2686_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 3º E 4º DA LEI MUNICIPAL Nº 5.606/2012 QUE DISPÕE SOBRE O ESTACIONAMENTO ROTATIVO PAGO NAS VIAS E LOGRADOUROS NO MUNICÍPIO DE ESTEIO</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Legislativo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2332/2332_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2332/2332_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DIRETORA A REALIZAR SEIS SESSÕES ORDINÁRIAS DESCENTRALIZADAS DA CÂMARA DURANTE A SESSÃO LEGISLATIVA DE 2013.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2380/2380_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2380/2380_texto_integral.doc</t>
   </si>
   <si>
     <t>CIA A FRENTE PARLAMENTAR DE APOIO AO COOPERATIVISMO FRENCOOP NA CÂMARA MUNICIPAL DE ESTEIO</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2222/2222_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2222/2222_texto_integral.doc</t>
   </si>
   <si>
     <t>REGULAMENTA AS POSTAGENS DA CORRESPONDÊNCIA DOS VEREADORES</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2012/2012_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2012/2012_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CÂMARA MUNICIPAL A REALIZAR ATO SOLENE EM HOMENAGEM A LIGA ESTEIENSE DE FUTEBOL DE CAMPO E AOS FINALISTAS DO CAMPEONATO MUNICIPAL DE FUTEBOL DE CAMPO 2013. _x000D_
 </t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1743/1743_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1743/1743_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CÂMARA MUNICIPAL A REALIZAR ATO SOLENE EM HOMENAGEM AOS 65 ANOS DO COLÉGIO CORAÇÃO DE MARIA. </t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1745/1745_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1745/1745_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE QUE A CÂMARA MUNICIPAL DE VEREADORES DE ESTEIO, ANUALMENTE, NO MÊS DE NOVEMBRO, ENTRE NA CAMPANHA MUNDIAL DENOMINADA NOVEMBRO AZUL, PARA ALERTAR A COMUNIDADE SOBRE A IMPORTÂNCIA DO COMBATE E PREVENÇÃO AO CÂNCER DE PRÓSTATA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1746/1746_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1746/1746_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE PREVENÇÃO AO CÂNCER DE MAMA DENOMINADA MUNDIALMENTE DE &amp;#8220;OUTUBRO ROSA&amp;#8221; NO ÂMBITO DA CÂMARA MUNICIPAL DE VEREADORES DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2047/2047_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2047/2047_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA ATO SOLENE</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1595/1595_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1595/1595_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DA TV CÂMARA WEB PELA CÂMARA MUNICIPAL DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1596/1596_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1596/1596_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 661/2013.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2565/2565_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2565/2565_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, RESPOSTAS AOS OFÍCIOS Nº 656/11-SG, 003/13-SG, 409/13-SG.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1709/1709_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1709/1709_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, RELAÇÃO COM NOME DOS FUNCIONÁRIOS E ESTAGIÁRIOS LOTADOS NA SECRETARIA MUNICIPAL DE HABITAÇÃO, NO PERÍODO ENTRE 2004 E 2008.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1530/1530_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1530/1530_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, QUAL A PREVISÃO PARA A EFETIVA IMPLANTAÇÃO DO ESTACIONAMENTO ROTATIVO NA CIDADE DE ESTEIO?</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1533/1533_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1533/1533_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A CONTRATAÇÃO DE PROFESSORA DE GINÁSTICA PARA O GRUPO QUE PRATICA ESTA ATIVIDADE NO GINÁSIO MUNICIPAL EDGAR PICCIONI.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1534/1534_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1534/1534_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DE POSTES LOCALIZADOS NA RUA B COM A RUA RIO GRANDE EM FRENTE À ASSOCIAÇÃO DE MORADORES DO BAIRRO VILA NOVA: 		                                                                                                                       		-PRÓXIMO AO Nº10, NO MESMO ENDEREÇO;_x000D_
 -EM FRENTE À PADARIA WEBER NA RUA RIO GRANDE;_x000D_
 -RUA C.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1535/1535_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1535/1535_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, QUAL O VALOR GASTO PELO MUNICÍPIO COM O ENCARTE, ESTEIO 58 ANOS, PUBLICADO NO JORNAL ZERO HORA, BEM COMO NO DIÁRIO GAÚCHO? SOLICITA TAMBÉM CÓPIA DOS RESPECTIVOS EMPENHOS.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1536/1536_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1536/1536_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE INCLUA EM SUAS METAS PARA 2013, A CONTINUIDADE DA REGULARIZAÇÃO FUNDIÁRIA DAS SEGUINTES LOCALIDADES: VILA ESPERANÇA, VILA PEDREIRA, PRAÇA ACRE (PARQUE AMADOR) E BRUNO SPERB.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1598/1598_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1598/1598_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DO PROJETO DE LEI Nº 141/2012 (EXP. 155/2012) QUE &amp;#8220;DENOMINA VIA PÚBLICA DO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>CSMA - Saúde, Meio Ambiente e Assistência Social</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 1.	QUANTOS CASOS DE SUSPEITA DE DENGUE OCORRERAM NO MUNICÍPIO? _x000D_
 2.	QUANTOS CASOS CONFIRMADOS FORAM REGISTRADOS NO MUNICÍPIO NOS ÚLTIMOS MESES?_x000D_
 3.	QUAL ENCAMINHAMENTO FOI DADO A CADA UM DESTES CASOS?</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1601/1601_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1601/1601_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, COMO FUNCIONA O POSTO DE ATENDIMENTO DA MULHER E QUAL A SUA ESTRUTURA.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1619/1619_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1619/1619_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DO POSTE DE ILUMINAÇÃO LOCALIZADO NA AVENIDA LUIZ PASTEUR, ESQUINA COM A RUA ARARANGUÁ, PRÓXIMO AO Nº 27.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1681/1681_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1681/1681_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO A ESTA CASA, DE CÓPIA DOS CONVÊNIOS FIRMADOS ENTRE O MUNICÍPIO E AS ESCOLAS PARTICULARES DE EDUCAÇÃO INFANTIL, PARA RECEBEREM ALUNOS QUE NÃO ENCONTRAM VAGAS NA REDE PÚBLICA.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1683/1683_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1683/1683_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO A ESTA CASA, DE CÓPIA DO PROJETO DE RESTAURAÇÃO DO SEMINÁRIO CLARETIANO, COM MEMORIAL DESCRITIVO, QUE FOI APRESENTADO A REFAP. SOLICITA AINDA, O CRONOGRAMA DE OBRAS DA RESTAURAÇÃO E O RESPECTIVO PERCENTUAL DE SERVIÇO CONCLUÍDO ATÉ O MOMENTO.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1688/1688_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1688/1688_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, CÓPIA DO CRONOGRAMA E DO PLANEJAMENTO DE PAGAMENTO DE PRECATÓRIOS DA PREFEITURA MUNICIPAL DE ESTEIO E DA FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO PARA O ANO DE 2013, CONSIDERANDO A RECENTE DECISÃO DO SUPREMO TRIBUNAL FEDERAL QUE JULGOU PARCIALMENTE INCONSTITUCIONAL A EMENDA DOS PRECATÓRIOS.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1689/1689_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1689/1689_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DOS CONTRATOS FIRMADOS E NOTAS FISCAIS EMITIDAS PELA EMPRESA ZIMMER E CATELAN LTDA., AO LONGO DO ANO DE 2012, CONTRA A PREFEITURA MUNICIPAL DE ESTEIO.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1690/1690_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1690/1690_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, CÓPIA DOS CONTRATOS/CONVÊNIOS FIRMADOS E NOTAS FISCAIS EMITIDAS PELO INSTITUTO INTEGRAR, BEM COMO DESCRITIVO DAS AÇÕES REALIZADAS PELA ENTIDADE AO LONGO DO ANO DE 2012, CONTRA A PREFEITURA MUNICIPAL DE ESTEIO.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1691/1691_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1691/1691_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A ANÁLISE DE VIABILIDADE DE ENVIO DE PROJETO AO MINISTÉRIO DO TURISMO ATÉ O DIA 31/03/2013, ATRAVÉS DO PROGRAMA 5400020130001, DESTINADO À INFRAESTRUTURA TURÍSTICA, PARA A REVITALIZAÇÃO DA CASA DE CULTURA E DO SEMINÁRIO CLARETIANO, TENDO EM VISTA QUE UM DOS OBJETOS DO PROGRAMA SÃO AS EDIFICAÇÕES DE USO PÚBLICO DESTINADAS A ATIVIDADES INDUTORAS DE TURISMO COMO CENTROS DE CULTURA, MUSEUS, CASAS DA MEMÓRIA, CENTRO DE CONVENÇÕES, CENTROS DE APOIO AO TURISTA, TEATROS, CENTROS DE COMERCIALIZAÇÃO DE PRODUTOS ARTESANAIS E MIRANTES PÚBLICOS.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1692/1692_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1692/1692_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DE CARGA HORÁRIA DE PLANEJAMENTO NA JORNADA DE TRABALHO DOS AUXILIARES DE INCLUSÃO.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1693/1693_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1693/1693_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, QUAL A SITUAÇÃO ATUAL DA DEMANDA CONQUISTADA NO ORÇAMENTO PARTICIPATIVO DE 2010, REFERENTE AO CERCAMENTO E À INSTALAÇÃO DE UMA ÁREA DE LAZER NA ASSOCIAÇÃO DOS MORADORES DO BAIRRO SANTO INÁCIO?</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1694/1694_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1694/1694_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REPOSIÇÃO DE COBERTURA SOBRE O PASSEIO PÚBLICO LOCALIZADO NA RUA MILTON CAMPOS, EM FRENTE AO Nº 164.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1695/1695_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1695/1695_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE A INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 1.	QUAL A CONCLUSÃO DO INQUÉRITO CIVIL Nº IC.00768.00080/2011?_x000D_
 2.	AS OBRAS RELATADAS NA ATA DE AUDIÊNCIA DO DIA 25/08/2011 FORAM REALIZADAS PELA EMPRESA ALISUL?_x000D_
 3.	HOUVE NOVA VISITA DA DIVISÃO DE ASSESSORAMENTO TÉCNICO DO MINISTÉRIO PÚBLICO PARA VERIFICAÇÃO DE RUÍDOS, EMISSÃO DE POEIRA E RESÍDUOS APÓS A OBRA?</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1929/1929_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1929/1929_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REPOSIÇÃO DE COBERTURA ASFÁLTICA SOBRE O BURACO ABERTO PELA EMPRESA NA RUA ALEGRETE, EM FRENTE AO Nº 261.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1933/1933_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1933/1933_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO DNIT QUE APRIMORE OS CONTROLES DE ACESSO NAS ENTRADAS DE SERVIÇO UTILIZADAS NA CONSTRUÇÃO DA BR-448 (RODOVIA DO PARQUE), TENDO EM VISTA QUE A MESMA TEM SIDO UTILIZADA COMO ROTA PARA ASSALTANTES.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1935/1935_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1935/1935_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A LOTAÇÃO DE UM GUARDA MUNICIPAL OU FISCAL DE TRÂNSITO, NOS TURNOS DA MANHÃ, TARDE E NOITE, NOS HORÁRIOS DE ENTRADA E SAÍDA DE ALUNOS NA ESCOLA MUNICIPAL SANTO INÁCIO.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1939/1939_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1939/1939_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, QUAL A SITUAÇÃO ATUAL DO ARRUAMENTO LATERAL AO CONDOMÍNIO MORADA DE ESTEIO, QUE LIGA A RUA BENTO GONÇALVES À RUA RIO GRANDE. SOLICITA AINDA QUE SEJA INFORMADA UMA PREVISÃO DE DATA PARA QUE A VIA SEJA DOTADA DA INFRAESTRUTURA NECESSÁRIA PARA O TRÁFEGO DE PEDESTRES E VEÍCULOS.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1941/1941_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1941/1941_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE POSTE LOCALIZADO NO BECO 7, EM FRENTE AO Nº 171, BAIRRO PEDREIRA, ESTEIO.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1943/1943_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1943/1943_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA E CERCAMENTO DO IMÓVEL LOCALIZADO NOS FUNDOS DO LOTEAMENTO BOCKMANN.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1945/1945_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1945/1945_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA AV. PORTO ALEGRE NA ALTURA DO Nº 1425.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1948/1948_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1948/1948_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO ESTADUAL ESTUDOS PARA INSTALAÇÃO DA 2ª DELEGACIA DE POLICIA CIVIL NO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1951/1951_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1951/1951_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE ENVIAR A ESTA CASA, CÓPIA DA RALAÇÃO DAS PESSOAS QUE FORAM E OU QUE ESTÃO POR SER NOTIFICADAS, POR POSSUÍREM POÇO ARTESIANO EM SUAS PROPRIEDADES NO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1952/1952_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1952/1952_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA INFORMAR A ESTA CASA O NÚMERO DE ILÍCITOS (ROUBOS, FURTOS, ASSALTOS, ARROMBAMENTOS, ETC.) REGISTRADOS PELAS CÂMERAS DE VÍDEO MONITORAMENTO, INSTALADAS NO MUNICÍPIO (TURNO DA NOITE) E QUAIS DESTES FORAM REPASSADOS A POLÍCIA CIVIL E BRIGADA MILITAR.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1954/1954_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1954/1954_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO PARA INTENSIFICAR AS AÇÕES DE COMBATE A DENGUE NA REGIÃO DO PARQUE TAMANDARÉ.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2057/2057_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2057/2057_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A RENOVAÇÃO DOS ENCAMINHAMENTOS DE FISIOTERAPIA DOS PACIENTES DO MUNICÍPIO QUE JÁ ESTÃO REALIZANDO O PROCEDIMENTO, APENAS COM A SOLICITAÇÃO DO FISIOTERAPEUTA, SEM A NECESSIDADE DE CONFIRMAÇÃO DO PEDIDO POR PARTE DE UM MÉDICO DA REDE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2060/2060_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2060/2060_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE O CENTRO MUNICIPAL DE EDUCAÇÃO BÁSICA PAULO FREIRE, UTILIZE TAMBÉM O PORTÃO DOS FUNDOS DA INSTITUIÇÃO PARA O ACESSO DE ALUNOS NOS HORÁRIOS DE ENTRADA, SOBRETUDO NOS DIAS DE CHUVA, DE FORMA A EVITAR QUE ESTES, JUNTAMENTE COM SEUS PAIS E/OU RESPONSÁVEIS TENHAM DE TRANSITAR EM MEIO AO BARRO E AO LIXO.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2063/2063_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2063/2063_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DO POSTE LOCALIZADO NA AVENIDA PERY FAGUNDES, NA ESQUINA DA ESCOLA MUNICIPAL JOÃO XXIII.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ENCAMINHAR A ESTA CASA, CÓPIAS DAS NOTIFICAÇÕES E MULTAS EMITIDAS AOS PERMISSIONÁRIOS DO SERVIÇO DE AUTOLOTAÇÃO POR DESRESPEITO AS LEIS DE TRÂNSITO E PELO NÃO CUMPRIMENTO DE HORÁRIOS E FREQUÊNCIAS ESTABELECIDAS, NO PERÍODO DE 2012 E 2013.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2078/2078_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2078/2078_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE O GOVERNO ESTADUAL REALIZE ESTUDOS PARA REATIVAÇÃO E REESTRUTURAÇÃO DO POSTO DA BRIGADA MILITAR, PERTENCENTE AO 34º BPM, QUE FUNCIONAVA NA AV. CELINA KROEFF, AO LADO DO PARQUE DE EXPOSIÇÕES ASSIS BRASIL, NO BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2085/2085_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2085/2085_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO PARA REALIZAR A LEITURA INDIVIDUAL DOS RELÓGIOS MEDIDORES DO CONSUMO DE ÁGUA, NOS RESIDENCIAIS DO PROGRAMA MINHA CASA MINHA VIDA (QUARAÍ; RENASCER 1 E 2 E FUTURAMENTE NO BOQUEIRÃO).</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2089/2089_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2089/2089_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, CÓPIA DO CONTRATO FIRMADO ENTRE O EXECUTIVO MUNICIPAL E A EMPRESA QUE ATUALMENTE PRESTA SERVIÇO DE COLETA DE LIXO DOMICILIAR, SELETIVO E HOSPITALAR.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2115/2115_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2115/2115_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REGULARIZAÇÃO DA SITUAÇÃO DO CORPO DOCENTE DA ESCOLA ESTADUAL MARIA SIRLEI VARGAS FERRAZ, ESPECIFICAMENTE NO ENSINO MÉDIO NOTURNO, DE MANEIRA A NÃO OCORRER MAIS A FALTA DE PROFESSORES.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2126/2126_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2126/2126_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, SE O CENTRO MUNICIPAL DE EDUCAÇÃO BÁSICA VILA OLÍMPICA SERÁ CONTEMPLADO, AINDA EM 2013, COM A COBERTURA DE SUA QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2127/2127_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2127/2127_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DOS POSTES NOS SEGUINTES LOGRADOUROS:_x000D_
 - AVENIDA ALBERTO PASQUALINI, EM FRENTE AO Nº 316;_x000D_
 - ESQUINA COM A RUA EUZÉBIO DE QUEIROZ.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2128/2128_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2128/2128_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A POSSIBILIDADE DE INTENSIFICAR O POLICIAMENTO OSTENSIVO NO PARQUE AMADOR, SOBRETUDO NA REGIÃO DENOMINADA PARQUE CLARET, E QUE TENHA COMO ROTA TAMBÉM AS RUAS TRANSVERSAIS DO INTERIOR DO BAIRRO E NÃO APENAS A AVENIDA PADRE CLARET E A RUA 24 DE AGOSTO.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2129/2129_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2129/2129_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA ALTERAÇÃO DO ITINERÁRIO DAS AUTOLOTAÇÕES QUE ATENDEM OS RESIDENCIAIS RENASCER I E II, NO BAIRRO SÃO JOSÉ (LINHA 05A, 05B, METRÔ 8, LINHA 06).</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2206/2206_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2206/2206_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR ESTA CASA, SE EXISTE PROJETO PARA REVITALIZAÇÃO DA PRAÇA CORAÇÃO DE MARIA. CASO POSITIVO, QUAL O PRAZO PARA INÍCIO DA EXECUÇÃO?</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2208/2208_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2208/2208_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE O POLICIAMENTO INTENSIVO NO BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2215/2215_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2215/2215_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES PROVIDENCIAS:_x000D_
 1)	QUE FAÇA A LIMPEZA E MANUTENÇÃO DA PRAÇA IRMÃO EGÍDIO, INCLUINDO RECOLHIMENTO DE LIXO ACUMULADO, PODA DE ÁRVORES, RECUPERAÇÃO DE SANITÁRIOS E OUTRAS MEDIDAS QUE TORNEM AQUELE LOCAL ÚTIL AOS CIDADÃOS;_x000D_
 2)	QUE NOTIFIQUE A TRENSURB PARA QUE RECOLOQUE A BARREIRA DE ARAME FARPADO NO MURO QUE FAZ LIMITE COM A PRAÇA IRMÃO EGÍDIO, BEM COMO O FECHAMENTO DO ESPAÇO ENTRE O REFERIDO MURO E FUNDO S DO PRÉDIO DO CLUBE DO COMÉRCIO, PARA INIBIR A PASSAGEM DE DELINQUENTES;_x000D_
 3)	LIMPEZA, RESTAURAÇÃO E DESTINO PARA O PRÉDIO AO LADO DA PRAÇA IRMÃO EGÍDIO, CUJA SITUAÇÃO É DE TOTAL ABANDONO._x000D_
 SEGUNDO O VEREADOR, TAIS MEDIDAS SERVIRÃO PARA RESGATAR O LOCAL NO CENTRO DA CIDADE QUE HOJE SERVE DE ABRIGO DE MARGINAIS, USUÁRIOS DE DROGAS E PROSTITUIÇÃO, AMEAÇANDO A SEGURANÇA DAS PESSOAS QUE TRANSITAM POR ALI.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2216/2216_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2216/2216_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO DO PROPRIETARIO DO IMÓVEL LOCALIZADO NA RUA TAQUARI, AO LADO DO Nº 122, PARA LIMPEZA E MANUTENÇÃO DO TERRENO.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2221/2221_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2221/2221_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE ENCAMINHAR A ESTA CASA, CÓPIA DOS DOCUMENTOS QUE COMPROVEM A APLICAÇÃO DOS R$ 600.000.00 (SEISCENTOS MIL REAIS) DESTINADOS PELA UNIBRASPE À REVITALIZAÇÃO DO SEMINÁRIO CLARETIANO.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2223/2223_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2223/2223_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE ENCAMINHAR A ESTA CASA, RELAÇÃO DOS VEÍCULOS PERTENCENTES À PREFEITURA MUNICIPAL DE ESTEIO, COM A INDICAÇÃO MÍNIMA DE MARCA, MODELO, ANO, PLACAS E RENAVAM. A REFERIDA SOLICITAÇÃO PODERÁ SER SUBSTITUÍDA PELO ENVIO DE CÓPIA DOS CERTIFICADOS DE REGISTRO E LICENCIAMENTO DOS VEÍCULOS.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2224/2224_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2224/2224_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REPOSIÇÃO DE COBERTURA ASFÁLTICA SOBRE O BURACO ABERTO PELA EMPRESA NA TRAVESSA SANTA CATARINA, EM FRENTE AO Nº 146.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2225/2225_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2225/2225_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO DE VIABILIDADE PARA AMPLIAR A VACINAÇÃO CONTRA O VÍRUS INFLUENZA H1N1, PARA TODOS OS ALUNOS DAS ESCOLAS MUNICIPAIS E CONVENIADAS DE EDUCAÇÃO INFANTIL, BEM COMO AOS PROFESSORES E PROFISSIONAIS QUE TRABALHAM NESTAS INSTITUIÇÕES.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>Ari Zanoni, Bia Lopes, Felipe Costella, Jaime da Rosa, Jane Battistello, Leo Dahmer, Leonardo Pascoal, Marcelo Kohlrausch, Michele Pereira, Rafael Figliero</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2226/2226_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2226/2226_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZAR A REDUÇÃO DO VALOR DE DOTAÇÃO ORÇAMENTÁRIA DA CÂMARA MUNICIPAL, NO MONTANTE DE R$ 40.000,00 E SOLICITANDO O ENCAMINHAMENTO DO PROJETO DE LEI, REDUZINDO R$ 20.000,00 NO ÓRGÃO 01, NA UNIDADE 02, RUBRICA 4.4.9.0.39.00.00.00.00, NO CÓDIGO DE FUNÇÃO PROGRAMÁTICA 01.02.04.122.0044.1150 &amp;#8211; REEQUIPAMENTO DA CÂMARA DE VEREADORES, E R$ 20.000,00 NO ÓRGÃO 01, NA UNIDADE 02, RUBRICA 4.4.9.0.51.00.00.00.00, NO CÓDIGO DE FUNÇÃO PROGRAMÁTICA 01.02.04.122.0044.1151 &amp;#8211; REMODELAÇÃO DO PRÉDIO DA CÂMARA. O VALOR REDUZIDO DA CÂMARA DEVERÁ SER SUPLEMENTADO NA  SECRETARIA MUNICIPAL DE SAÚDE, PARA SER UTILIZADO NA AQUISIÇÃO DE APARELHOS DE AR CONDICIONADO PARA A CLÍNICA MÉDICA POSTO 3, NA FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO DE ESTEIO.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2263/2263_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2263/2263_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, SE FORAM DISTRIBUÍDOS KITS DE MATERIAL ESCOLAR PARA TODOS OS ALUNOS DA REDE MUNICIPAL DE EDUCAÇÃO? SE NÃO, HÁ PREVISÃO DE ENTREGA?</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2264/2264_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2264/2264_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA IMPLANTAÇÃO DE UM BALANÇO ESPECIAL PARA CADEIRANTES NO PARQUE MUNICIPAL GALVANY GUEDES.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2265/2265_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2265/2265_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, QUAL ENCAMINHAMENTO FOI DADO AO ATENDIMENTO AT.00768.00002/2013, QUE FOI REALIZADO NO DIA 03/01/2013, E QUAL A SUA SITUAÇÃO ATUAL?</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2266/2266_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2266/2266_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE O BURACO ABERTO PELA EMPRESA NA RUA SENADOR SALGADO FILHO, EM FRENTE AO Nº 1644.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2267/2267_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2267/2267_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA INSTALAÇÃO DE UMA SINALEIRA DE PEDESTRES NA AVENIDA DOM PEDRO, ESQUINA COM A RUA RIO GRANDE.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2268/2268_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2268/2268_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A REPOSIÇÃO DA COBERTURA ASFÁLTICA EM FRENTE AO Nº 181, DA RUA BOM JESUS, BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2269/2269_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2269/2269_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA EXCELÊNCIA SE DIGNE ADOTAR AS PROVIDÊNCIAS NECESSÁRIAS PARA QUE A FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO DE ESTEIO&amp;#8211;FSPSCE, CUMPRA COM O DETERMINADO NA LEI FEDERAL Nº 12.527/2011&amp;#8211;LEI DE ACESSO À INFORMAÇÃO, E PRESTE TODAS AS INFORMAÇÕES NECESSÁRIAS DESDE A DATA DE SUA CRIAÇÃO, PRINCIPALMENTE NO QUE CONCERNE À SUA GESTÃO FISCAL.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2270/2270_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2270/2270_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A FISCALIZAÇÃO E O CUMPRIMENTO DO ART.º 6 DO PLANO DIRETOR COMBINADO COM O ART.º 1276 DO CÓDIGO CIVIL,  QUE PERMITEM AO MUNICÍPIO AGIR DE FORMA PONTUAL  QUANTO AOS IMÓVEIS QUE NÃO ATENDEM AOS PRINCÍPIOS DE ORDENAMENTO TERRITORIAL.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2271/2271_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2271/2271_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, QUAIS OS MOTIVOS PARA FALTA DE PROFESSORES NO CENTRO MUNICIPAL DE EDUCAÇÃO BÁSICA CAMILO ALVES NAS DISCIPLINAS DE CIÊNCIAS, HISTÓRIA E GEOGRAFIA, E QUAL O PRAZO PARA COMPLETAR O QUADRO DE PROFESSORES?</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2284/2284_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2284/2284_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, CÓPIA DOS DOCUMENTOS QUE COMPROVEM O RECOLHIMENTO DAS CONTRIBUIÇÕES PESSOAIS DOS FUNCIONÁRIOS DA FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO DE ESTEIO AO INSTITUTO NACIONAL DE PREVIDÊNCIA SOCIAL, DOS EXERCÍCIOS 2012 E 2013.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2309/2309_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2309/2309_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DIGNE INFORMAR A ESTA CASA, QUAIS PROVIDÊNCIAS TOMADAS ACERCA DOS ENCAMINHAMENTOS À RECLAMAÇÃO FORMULADA PELA SRA. EVANIR SEVERO JUNTO À OUVIDORIA DA FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO DE ESTEIO</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2310/2310_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2310/2310_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA REFORÇO NA FISCALIZAÇÃO DE TRÂNSITO NA SINALEIRA LOCALIZADA NA AVENIDA DOM PEDRO ESQUINA COM A RUA BENTO GONÇALVES.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2311/2311_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2311/2311_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA À FUNDAÇÃO SÃO CAMILO QUE ENCAMINHE A ESTA CASA, RELAÇÃO DE TODOS OS CARGOS EM COMISSÃO E PADRÕES, COM NOME DOS OCUPANTES, BEM COMO OS VALORES DE SUBSÍDIOS E RESPECTIVOS AVANÇOS.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2312/2312_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2312/2312_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, RELAÇÃO DE TODOS OS CARGOS EM COMISSÃO E PADRÕES, COM NOME DOS OCUPANTES, BEM COMO OS VALORES DE SUBSÍDIOS E RESPECTIVOS AVANÇOS.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2313/2313_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2313/2313_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, RELAÇÃO DE TODAS AS CRIANÇAS CONTEMPLADAS EM ESCOLAS INFANTIS PARTICULARES DO MUNICÍPIO. SOLICITA AINDA QUE DEMONSTRE QUANTAS VAGAS FORAM CONTRATADAS EM CADA ESCOLA, BEM COMO O NOME DA CRIANÇA E SE RESTAM VAGAS DISPONÍVEIS NOS RESPECTIVOS ESTABELECIMENTOS.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2314/2314_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2314/2314_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA TORNAR O PASSEIO PÚBLICO DA AVENIDA PERI FAGUNDES, NUMA PISTA ADAPTADA PARA PRATICANTES DE CAMINHADA OU CORRIDA, BEM COMO MARCAÇÃO DE DISTÂNCIAS E INSTALAÇÃO DE APARELHOS PARA ALONGAMENTO E BEBEDOURO NAS IMEDIAÇÕES DO GINÁSIO SILVIO BATISTA.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2315/2315_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2315/2315_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA REMOÇÃO DOS POSTES DE CONCRETO QUE ESTÃO DEPOSITADOS SOBRE O PASSEIO PÚBLICO NA AVENIDA PERI FAGUNDES, VILA OSÓRIO.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2316/2316_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2316/2316_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DAS LUMINÁRIAS FIXADAS JUNTO AO CANTEIRO/TRIÂNGULO, NA RUA RIO GRANDE, Nº 20 (EM FRENTE A RM MATERIAIS DE CONSTRUÇÃO). SOLICITA AINDA, ESTUDO DE VIABILIDADE PARA INSTALAÇÃO DE LUMINÁRIAS COM DUAS OU MAIS LÂMPADAS NA RÓTULA DA RUA SENADOR SALGADO FILHO, Nº 1610, (EM FRENTE À EMPRESA FASSINI CONSERVAÇÃO DE VEÍCULOS)</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>SOLICITA QUE INFORME SE AS AÇÕES PROMETIDAS PELO DIRETOR DE ESPORTES NO JORNAL FOLHA DO POVO, EM 26 DE ABRIL DE 2013, PÁG. 14, QUE TRATA DA REVITALIZAÇÃO DO CAMPO DO PREMEN (ESCOLA ESTADUAL AUGUSTO MEYER) QUE FOI CEDIDO PELO ESTADO A PREFEITURA E QUE FICARÁ A DISPOSIÇÃO PARA COMPETIÇÕES ESPORTIVAS DO MUNICÍPIO, E TAMBÉM OS CAMPOS DO AMAPLA, SANTA TEREZA, OURO VERDE E ESTRELA, ESTÃO LIGADAS AO PROGRAMA PRÓ-ESPORTE DO GOVERNO DO ESTADO &amp;#8211; CONFORME OF. N.º 99/13 &amp;#8211; GP, RECEBIDO EM 19 DE FEVEREIRO, EM RESPOSTA AO OF. N.º 139/13-SG &amp;#8211; ENVIADO PELA CÂMARA DE VEREADORES, QUE PEDIA A RESCISÃO DOS CONTRATOS COM OS COMODATÁRIOS QUE NÃO ESTIVESSEM MANTENDO OS CAMPOS DE FUTEBOL EM BOAS CONDIÇÕES DE CONSERVAÇÃO. _x000D_
 INDEPENDENTE DA ORIGEM DOS RECURSOS PARA REVITALIZAÇÃO DOS ESPAÇOS PÚBLICOS SUPRACITADOS, O VEREADOR SOLICITA O DETALHAMENTO DAS MELHORIAS E OS PRAZOS COM O RESPECTIVO CRONOGRAMA PARA EXECUÇÃO DAS MESMAS NOS REFERIDOS CAMPOS DE FUTEBOL.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2318/2318_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2318/2318_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA À FUNDAÇÃO SÃO CAMILO QUE ENCAMINHE A ESTA CASA, CÓPIA DOS COMPROVANTES DE REPASSE DOS VALORES REFERENTES À COTA PATRONAL RECOLHIDA AO INSS, SOBRE A FOLHA DE SALÁRIOS DA FUNDAÇÃO DESDE A DATA DE SUA CRIAÇÃO.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2324/2324_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2324/2324_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A NOTIFICAÇÃO AO PROPRIETÁRIO PARA MANUTENÇÃO DO PASSEIO PÚBLICO LOCALIZADO NA RUA RIO GRANDE, EM FRENTE AO CONDOMÍNIO MORADA I.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2792/2792_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2792/2792_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SE DIGNE ENCAMINHAR A ESTA CASA, CÓPIAS DAS ATAS RELATIVAS ÀS 10 ÚLTIMAS REUNIÕES DESTE CONSELHO.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2791/2791_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2791/2791_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE ENCAMINHAR A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;ACRESCENTA DISPOSITIVO NA LEI Nº 1.629, DE 31 DE MARÇO DE 1990 &amp;#8211; INSTITUI O CÓDIGO MUNICIPAL DE LIMPEZA URBANA DE ESTEIO, CONFORME MENCIONA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2788/2788_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2788/2788_texto_integral.doc</t>
   </si>
   <si>
     <t>A ANÁLISE SOBRE VIABILIDADE DO ENVIO DE PROJETOS AO MINISTÉRIO DA SAÚDE, PLEITEANDO INCENTIVOS FINANCEIROS PARA CONSTRUÇÕES DESTINADAS A CENTROS DE ATENÇÃO PSICOSSOCIAL E UNIDADES DE ACOLHIMENTO NO MUNICÍPIO, NOS TERMOS DA PORTARIA Nº 615, DE 15 DE ABRIL DE 2013.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2736/2736_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2736/2736_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, SE A ADMINISTRAÇÃO MUNICIPAL ENCAMINHOU ALGUMA PROPOSTA, JUNTO AO MINISTÉRIO DAS CIDADES, NO ÂMBITO DO PROGRAMA PAC 2 - PAVIMENTAÇÃO E QUALIFICAÇÃO DE VIAS URBANAS.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2735/2735_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2735/2735_texto_integral.doc</t>
   </si>
   <si>
     <t>A REPOSIÇÃO DE COBERTURA ASFÁLTICA NA RUA MANOEL DOS SANTOS, ESQUINA COM A RUA LAURINDO MARQUEZAN</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2734/2734_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2734/2734_texto_integral.doc</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE ESTUDOS PARA INSTALAÇÃO DE CÂMERA DE VIDEOMONITORAMENTO NO BAIRRO TRÊS MARIAS, POSSIVELMENTE NA RUA JOÃO FRANCISCO ALVES, ESQUINA COM A AVENIDA LUIZ PASTEUR.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2732/2732_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2732/2732_texto_integral.docx</t>
   </si>
   <si>
     <t>CONVIDA VOSSA SENHORIAPARA UTILIZAR A TRIBUNA EM SESSÃO ORDINÁRIA DA CÂMARA, E FAZER A APRESENTAÇÃO DOS 30 SOLDADOS QUE FORAM NOMEADOS PARA REFORÇAR A SEGURANÇA PÚBLICA DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2731/2731_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2731/2731_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A ADMINISTRAÇÃO REAVALIE A DATA DE EXECUÇÃO DO 5º SEMINÁRIO DE HUMANIZAÇÃO, QUE ESTÁ MARCADO PARA O DIA 24 DE MAIO (SEXTA-FEIRA). </t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2730/2730_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2730/2730_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, SE A RUA ENOIR DOUGLAS FAVEIRO E AS DEMAIS RUAS DO BAIRRO JARDIM PLANALTO ESTÃO NO CRONOGRAMA DE PAVIMENTAÇÃO ASFÁLTICA DO MUNICÍPIO? CASO POSITIVO, QUAL O PRAZO PARA EXECUÇÃO? CASO NEGATIVO, A COMUNIDADE SOLICITA QUE ESTA DEMANDA SEJA INCLUÍDA NO ORÇAMENTO PARTICIPATIVO.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2729/2729_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2729/2729_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE ENCAMINHE A ESTA CASA, RELAÇÃO DE TODOS OS CARGOS EM COMISSÃO E PADRÕES LOTADOS NO HOSPITAL SÃO CAMILO, COM NOME DOS OCUPANTES, BEM COMO VALORES DE SUBSÍDIOS E RESPECTIVOS AVANÇOS. </t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2668/2668_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2668/2668_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA CONVOCADA, PELA COMISSÃO DE SEGURANÇA PÚBLICA, DEFESA DO CONSUMIDOR E DIREITOS HUMANOS,REUNIÃO PARA ESCLARECER A SITUAÇÃO DO PROGRAMA DE PROTEÇÃO A JOVENS EM TERRITÓRIO DE VULNERABILIDADE (PROTEJO) NO MUNICÍPIO, COM A PRESENÇA DOS SECRETÁRIOS MUNICIPAIS LIGADOS AO PROGRAMA, EDUCADORES E ALUNOS DO PROTEJO.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2666/2666_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2666/2666_texto_integral.doc</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE ESTUDOS PARA QUE SEJA CONSTRUÍDA UMA COBERTURA NO PALCO DA PRAÇA CORAÇÃO DE MARIA.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2665/2665_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2665/2665_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SE DIGNE INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - QUAL A MODALIDADE DE CONTRATAÇÃO EXISTENTE ENTRE A FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO E O MÉDICO CLAUDIO VINÍCIUS BUBLITZ, COM A SR.ª RUTE VIEGAS PEREIRA E COM O SR. JULIO SOARES?_x000D_
 - QUAL A CARGA HORÁRIA DIÁRIA REALIZADA PELOS MESMOS NO DESENVOLVIMENTO DE SUAS ATIVIDADES NA FUNDAÇÃO?_x000D_
 </t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2664/2664_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2664/2664_texto_integral.docx</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO DO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA PADRE ANTONIO VIEIRA ESQUINA COM A RUA ALBINO STORCK, PARA QUE PROMOVA A LIMPEZA, CERCAMENTO E MANUTENÇÃO DO LOCAL.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2663/2663_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2663/2663_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTUDOS PARA QUE OS ATENDENTES DE FARMÁCIA TAMBÉM TENHAM A OPORTUNIDADE DE SER VACINADOS CONTRA A GRIPE, NA REDE DE SAÚDE PÚBLICA.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2662/2662_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2662/2662_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE ENCAMINHA A ESTA CASA, CÓPIAS DAS ATAS REALIZADAS PELA INSTITUIÇÃO NOS MESES DE ABRIL E MAIO DE 2013. </t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2661/2661_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2661/2661_texto_integral.doc</t>
   </si>
   <si>
     <t>QUANTO AO PEDIDO DO COMANDO DA BRIGADA MILITAR DE ESTEIO QUE SOLICITA A CEDÊNCIA DO PRÉDIO DE PROPRIEDADE DA PREFEITURA MUNICIPAL, LOCALIZADO NA AVENIDA PRESIDENTE VARGAS, Nº 1607, JUNTO A PRAÇA IRMÃO EGÍDIO JUSTO, PARA FUTURAS INSTALAÇÕES DO SEU CENTRO DE OPERAÇÕES.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2660/2660_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2660/2660_texto_integral.doc</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO A EMPREITEIRA RESPONSÁVEL PELA OBRA DA CONSTRUÇÃO DA PONTE, QUE LIGARÁ A FUTURA AVENIDA BEIRA ARROIO AO MUNICÍPIO DE CANOAS, A ACELERAR O RITMO DOS SERVIÇOS</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2650/2650_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2650/2650_texto_integral.docx</t>
   </si>
   <si>
     <t>A TROCA DA TAMPA DO BUEIRO LOCALIZADO NA AVENIDA CELINA CHAVES KROEFF (CALÇADA DO PARQUE DE EXPOSIÇÕES ASSIS BRASIL) EM FRENTE AO Nº 88, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2649/2649_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2649/2649_texto_integral.docx</t>
   </si>
   <si>
     <t>RECOLHIMENTO DE RESTOS ASFÁLTICOS EM FRENTE AO Nº 64, RUA DA IMPRENSA, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2648/2648_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2648/2648_texto_integral.docx</t>
   </si>
   <si>
     <t>RECOLHIMENTO DO ENTULHO LOCALIZADO NA AVENIDA RIO BRANCO, EM FRENTE AO Nº 200, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2647/2647_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2647/2647_texto_integral.docx</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO AO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA DO PASSEIO PÚBLICO EM FRENTE AO Nº 64, RUA DA IMPRENSA, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2636/2636_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2636/2636_texto_integral.doc</t>
   </si>
   <si>
     <t>O FECHAMENTO DE UM BURACO, EM FRENTE AO Nº 131 NA RUA ORESTE PIANTA, PARQUE PRIMAVERA.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2635/2635_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2635/2635_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA EXCELÊNCIA, AS SEGUINTES INFORMAÇÕES SOBRE O PROJETO &amp;#8220;PROTEJO ESTEIO&amp;#8221; &amp;#8211; PROTEÇÃO DE JOVENS EM TERRITÓRIO VULNERÁVEL._x000D_
 1.	RELAÇÃO DE EQUIPAMENTOS, MATERIAL PERMANENTE E MATERIAL DE CONSUMO ADQUIRIDOS PARA O DESENVOLVIMENTO DO PROJETO, ACOMPANHADOS DE CÓPIA DA NOTA FISCAL, OU SEJA, QUANTIDADES ADQUIRIDAS DE  APARELHOS DE AR CONDICIONADO SPLIT, DVD PLAYER, TELEVISÃO, TELEFONES, ARMÁRIOS, ARQUIVOS DE MADEIRA, ESTANTES DE AÇO, MESAS PARA REUNIÕES, CADEIRAS ESTOFADAS,MÁQUINAS FOTOGRÁFICAS, MICROCOMPUTADORES, PROJETOR MULTIMÍDIA, ESTABILIZADOR DE ENERGIA, CÂMERA FILMADORA, NOTEBOOK, DISPOSITIVO DE ARMAZENAMENTO REMOVÍVEL, TELA DE PROJEÇÃO, CADEIRA FIXA PARA RECEPÇÃO, QUADRO DE AVISO, QUADRO BRANCO LAMINADO, IMPRESSORA MULTIFUNCIONAL, MESA PARA SECRETÁRIA, CESTO PARA LIXO, CD GRAVÁVEL, CANETA ESFEROGRÁFICA, COLA BRANCA, LÁPIS PRETO, CANETA MARCA TEXTO, PAPEL A4, PASTA COM ABAS, PASTA SUSPENSA, CATUCHOS TONNER PRETO E COLORIDO, PAPEL HIGIÊNICO._x000D_
 2.	RELAÇÃO DE EMPRESAS CONTRATADAS PARA O FORNECIMENTO DE OUTROS MATERIAIS E SERVIÇOS, CONTENDO A FORMA DE CONTRATAÇÃO, CÓPIAS DE NOTAS FISCAIS E COMPROVANTES DE PAGAMENTOS DO QUE SEGUE: CAMISETAS, BONÉS, CALÇAS, BLUSAS, CALÇADOS, CRACHÁS DE IDENTIFICAÇÃO, PASTAS DE LONA, FAIXAS DE VINIL ADESIVADAS E BANNERS._x000D_
 3.	CÓPIA DO CONTRATO, NOTAS FISCAIS E COMPROVANTE DE PAGAMENTO PARA EMPRESA FORNECEDORA DO LANCHE PARA OS JOVENS._x000D_
 4.	RELAÇÃO DE EMPRESAS CONTRATADAS PARA A CAPACITAÇÃO DOS JOVENS CONTENDO IDENTIFICAÇÃO DOS PROFISSIONAIS, COMPROVANTE DE FORMAÇÃO, CONTRATAÇÃO E DE PAGAMENTO DOS SERVIÇOS PRESTADOS EM INFORMÁTICA, CIÊNCIAS HUMANAS, ASSISTENTE SOCIAL, PSICÓLOGOS, COORDENADOR PEDAGÓGICO, ASSISTENTE ADMINISTRATIVO, PROFISSIONAL DA MÚSICA E PROFISSIONAL DO TEATRO._x000D_
 5.	QUEM É O COORDENADOR-GERAL DO REFERIDO PROJETO? QUAL O PERÍODO OBEDECIDO PELO PROJETO? QUANDO ACONTECEU A FORMATURA DOS JOVENS?_x000D_
 </t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2634/2634_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2634/2634_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A POSSIBILIDADE DE PRIORIZAR O ATENDIMENTO DOS ANIMAIS DO PARQUE PRIMAVERA E REGIÃO &amp;#8211; NO PROJETO CONTROLE POPULACIONAL DE CÃES E GATOS &amp;#8211; QUE DEVERÁ OCORRER NOS PRÓXIMOS DIAS. </t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>Leonardo Pascoal, Bia Lopes, Marcelo Kohlrausch, Rafael Figliero</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2633/2633_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2633/2633_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA A VOSSA EXCELÊNCIA, O ENTENDIMENTODA CÂMARA DE MUNICIPAL DE ESTEIO DE QUE O MELHOR LOCAL PARA INSTALAÇÃO DO CENTRO DE EVENTOS DO RS  É O MUNICÍPIO DE ESTEIO, TENDO EM VISTA O DESENVOLVIMENTO QUE ESTE EMPREENDIMENTO TRARÁ PARA NOSSA REGIÃO. </t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2632/2632_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2632/2632_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIAS DOS TRÊS CADERNOS PEDAGÓGICOS ELABORADOS PELO INSTITUTO INTEGRAR PARA AS TURMAS DO EJA, DO INTEGRAR E DO PROGRAMA AÇÃO INTEGRADA PARA ADOLESCENTES.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2631/2631_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2631/2631_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SE DIGNE INFORMAR A ESTA CASA, SE A ADMINISTRAÇÃO MUNICIPAL PLANEJA INSTALAR ALGUMA &amp;#8220;BIBLIOPRAÇA&amp;#8221; NA CIDADE NO DECORRER DOS PRÓXIMOS ANOS? EM CASO DE RESPOSTA AFIRMATIVA, QUAL A PREVISÃO DE INSTALAÇÃO E EM QUAL FASE O PROJETO SE ENCONTRA ATUALMENTE? </t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2630/2630_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2630/2630_texto_integral.doc</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO TEMPORÁRIA DE UM AUXILIAR DE INCLUSÃO PARA A ESCOLA TRINDADE, TENDO EM VISTA QUE UM DOS AUXILIARES ESTA DE LICENÇA SAÚDE, SEM PREVISÃO DE RETORNO.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2629/2629_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2629/2629_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CONVIDA VOSSA EXCELÊNCIA, A FALAR SOBRE O PROJETO DO CENTRO DE EVENTOS DO RS, DURANTE SESSÃO DA CÂMARA MUNICIPAL DE ESTEIO, A EXEMPLO DO QUE OCORRERÁ NA CÂMARA MUNICIPAL DE PORTO ALEGRE. </t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2628/2628_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2628/2628_texto_integral.docx</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE ESTUDOS PARA O MUNICÍPIO ADERIR AO INCENTIVO DA SECRETARIA NACIONAL DE DIREITOS HUMANOS &amp;#8211; PROGRAMA DE EQUIPAGEM DOS CONSELHOS TUTELARES, CONFORME CARTILHA ANEXA.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2617/2617_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2617/2617_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SE DIGNE ENCAMINHAR A ESTA CASA, CÓPIA DO CONTRATO DE REPASSE Nº 281.115-08/2008/MCIDADES/CAIXA, ASSINADO EM 30/12/2009.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, A REVISÃO DA PLANILHA DE CUSTOS DO TRANSPORTE COLETIVO URBANO DO MUNICÍPIO, NO SENTIDO DE QUE SEJA REPASSADA A ISENÇÃO TRIBUTÁRIA (PIS/PASEP E COFINS) PARA A TARIFA DE TRANSPORTE, AUTORIZADO PELA MEDIDA PROVISÓRIA Nº 617, DE 31 DE MAIO DE 2013.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2771/2771_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2771/2771_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O REFORÇO NA SINALIZAÇÃO DE TRÂNSITO OU ESTUDOS PARA COLOCAÇÃO DE REDUTOR DE VELOCIDADE NA ESQUINA DAS RUAS AYRTON SENNA E LUIZ PASTEUR.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2772/2772_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2772/2772_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, REPARO NA PAVIMENTAÇÃO NA ESQUINA DA RUA DOS FERROVIÁRIOS COM A RUA BENTO GONÇALVES.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, REPAROS NA CANALIZAÇÃO DOS SEGUINTES PASSEIOS PÚBLICOS:_x000D_
 - RUA CAP. ARMINDO BIER, Nº 251 (FECHAMENTO DE BROCA PRÓXIMO A ESCOLA ESTADUAL TOMÉ DE SOUZA);_x000D_
 - RUA SENADOR SALGADO FILHO, Nº 1311 (FECHAMENTO DE BROCA JUNTO AO ABRIGO DA LINHA METRO 4)._x000D_
 </t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE DISCUTIR DURANTE A SEMANA DO MEIO AMBIENTE, A IMPLANTAÇÃO DE COLETORES DE RESÍDUO ORGÂNICO E RESÍDUO SECO, A EXEMPLO DO MUNICÍPIO DE SAPUCAIA DO SUL.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2775/2775_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2775/2775_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A CONTRATAÇÃO DE UM AUXILIAR DE COZINHA OU SERVENTE MERENDEIRO PARA A ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL PEDACINHO DO CÉU.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t xml:space="preserve">DIGNE INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - A ADMINISTRAÇÃO MUNICIPAL PLANEJA REALIZAR ALGUM PROJETO PARA MELHORIA DO ESPAÇO LOCALIZADO SOB O VIADUTO NA RUA SENADOR SALGADO FILHO?_x000D_
 - EM CASO DE RESPOSTA AFIRMATIVA, QUAL A SITUAÇÃO DO PROJETO?_x000D_
 E_x000D_
 </t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2778/2778_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2778/2778_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - QUAL É A ARRECADAÇÃO ANUAL DO SINDICATO?_x000D_
 - QUAL É A COMPOSIÇÃO ATUAL DA DIREÇÃO? (NOMINAR CARGOS)_x000D_
 - QUAL A REMUNERAÇÃO DA DIRETORIA DO SINDICATO, BEM COMO O HORÁRIO DE ATENDIMENTO AOS SERVIDORES MUNICIPAIS PELA PRESIDENTA?_x000D_
 - COMO SE DEU O PROCESSO DE COMODATO DO BAR DA SEDE SOCIAL?_x000D_
 </t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUAL A LINHA DE TRANSPORTE URBANO DE ESTEIO QUE ATENDERÁ AOS MORADORES DA VILA OSÓRIO E TRÊS PORTOS A PARTIR DE 20 DE JULHO DE 2013, QUANDO PASSARÁ A VIGORAR O NOVO ITINERÁRIO DA LINHA 07, APROVADO NA ÚLTIMA REUNIÃO DO CONSELHO MUNICIPAL DE TRÂNSITO E TRANSPORTE?</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2558/2558_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2558/2558_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE ESTUDOS PARA ENVIO DE PROJETO À FUNASA &amp;#8211; FUNDAÇÃO NACIONAL DE SAÚDE, DENTRO DO EDITAL DE CHAMAMENTO PÚBLICO Nº 01/2013/DESAM/FUNASA/MS, VOLTADO ÀS AÇÕES DE EDUCAÇÃO EM SAÚDE AMBIENTAL PARA PROMOÇÃO DA SAÚDE E CONTRIBUIR COM A MELHORIA DA QUALIDADE DE VIDA DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2559/2559_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2559/2559_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, A RELAÇÃO DAS CARROÇAS E SIMILARES REGISTRADAS, EMPLACADAS E LICENCIADAS A PARTIR DA SANÇÃO DA LEI MUNICIPAL Nº 5.680, DE 11 DE ABRIL DE 2013.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2560/2560_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2560/2560_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR ESTA CASA, QUAL O CUSTO DE DESAPROPRIAÇÃO DO IMÓVEL DECLARADO DE UTILIDADE PÚBLICA PELO DECRETO MUNICIPAL Nº 4.871, BEM COMO APONTE POR QUAIS DOTAÇÕES ORÇAMENTÁRIAS CORRERÃO ESTES CUSTOS? </t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2561/2561_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2561/2561_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, CÓPIAS DAS NOTAS FISCAIS E EMPENHOS QUE COMPROVEM A APLICAÇÃO DOS R$ 600.000,00 NA REVITALIZAÇÃO DO SEMINÁRIO CLARETIANO, ORIUNDOS DE REPASSE DA UNIBRASPE.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>DETERMINE À GUARDA MUNICIPAL, QUE REALIZE O MONITORAMENTO DO IMÓVEL ONDE DEVERIA ESTAR FUNCIONANDO O POSTO DA VILA CRUZEIRO.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2563/2563_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2563/2563_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;REGULAMENTA NO ÂMBITO MUNICIPAL O ACESSO A INFORMAÇÃO, NOS TERMOS DOS ARTS. 9º E 45 DA LEI FEDERAL Nº 12.527 DE 18 DE NOVEMBRO DE 2011&amp;#8221;.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2564/2564_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2564/2564_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;INSTITUI A LISTA PÚBLICA DE ESPERA POR CONSULTAS E EXAMES DO SUS, NO ÂMBITO DO MUNICÍPIO DE ESTEIO E DETERMINA PROVIDÊNCIAS CONEXAS&amp;#8221;.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2577/2577_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2577/2577_texto_integral.docx</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2566/2566_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2566/2566_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUANDO SERÁ REABERTA A FARMÁCIA POPULAR DE ESTEIO?</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2567/2567_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2567/2567_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, RELAÇÃO DE MEDICAMENTOS A SEREM DISPONIBILIZADOS PELA FARMÁCIA MUNICIPAL, INFORMANDO A ATUAL SITUAÇÃO DO ESTOQUE DOS REFERIDOS MEDICAMENTOS.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2568/2568_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2568/2568_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, CÓPIA DO ÚLTIMO LAUDO TÉCNICO &amp;#8211; ANÁLISE LABORATORIAL &amp;#8211; QUE COMPROVA A QUALIDADE QUÍMICA DA ÁGUA POTÁVEL CONSUMIDA PELA POPULAÇÃO DE ESTEIO.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2584/2584_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2584/2584_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE INFORME A ESTA CASA, SE EXISTE ALGUMA TRATATIVA ENTRE A FSPSCE E O GRUPO GESTOR DA FUNDAÇÃO HOSPITALAR GETÚLIO VARGAS DE SAPUCAIA DO SUL, PARA QUE ASSUMA A GESTÃO DA FUNDAÇÃO SÃO CAMILO. EM CASO POSITIVO, PEDE O ATUAL ANDAMENTO DAS TRATATIVAS.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2586/2586_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2586/2586_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, CÓPIA DO PLANO DE AÇÃO 2013 ENVIADO AO MINISTÉRIO DO DESENVOLVIMENTO SOCIAL E COMBATE À FOME (MDS), CONTENDO AS AÇÕES NECESSÁRIAS PARA ATINGIR O RESULTADO DESEJADO PELO MUNICÍPIO NA ÁREA SÓCIO ASSISTENCIAL.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2588/2588_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2588/2588_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADO UMA UNIDADE DO CURSO &amp;#8220;UNIVERSIDADE JÁ&amp;#8221; (PRÉ-VESTIBULAR DO PROGRAMA DE OPORTUNIDADES E DIREITOS), NO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2589/2589_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2589/2589_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE A ESTA CASA, OS SEGUINTES DOCUMENTOS:_x000D_
 &amp;#8226;	CRONOGRAMA DE LIMPEZA E/OU DRENAGEM PARA DESASSOREAMENTO DOS ARROIOS ESTEIO E SAPUCAIA;_x000D_
 &amp;#8226;	CÓPIA DOS PROTOCOLOS DAS SOLICITAÇÕES DE LICENÇA DE OPERAÇÃO PARA LIMPEZA E/OU DRAGAGEM PARA DESASSOREAMENTO DOS ARROIOS ESTEIO E SAPUCAIA, EMITIDOS PELA FEPAM/RS.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2594/2594_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2594/2594_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA OS SEGUINTES DOCUMENTOS:_x000D_
 &amp;#8226;	CÓPIA DE TODOS OS CONTRATOS FIRMADOS ENTRE O MUNICÍPIO DE ESTEIO E O SENHOR CARLOS ROBERTO TESSADRI DOS REIS, DESDE 2009;_x000D_
 &amp;#8226;	CÓPIA DOS PROCESSOS DE INEXIGIBILIDADE DE LICITAÇÃO QUE POSSIBILITOU A CONTRATAÇÃO DOS SERVIÇOS DO SENHOR CARLOS ROBERTO TESSADRI DOS REIS SEM LICITAÇÃO, DESDE 2009;_x000D_
 &amp;#8226;	RELATÓRIO DAS ATIVIDADES DESENVOLVIDAS PELO SENHOR CARLOS ROBERTO TESSADRI DOS REIS AO MUNICÍPIO DE ESTEIO, BEM COMO O RESULTADO DAS MESMAS, DESDE 2009;_x000D_
 &amp;#8226;	CÓPIA DAS NOTAS FISCAIS E/OU RECIBOS EMITIDOS PELO SENHOR CARLOS ROBERTO TESSADRI DOS REIS CONTRA O MUNICÍPIO, DESDE 2009.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2596/2596_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2596/2596_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A RESPEITO DA APLICAÇÃO DA LEI N.º 5.409, DE 22 DE DEZEMBRO DE 2011, QUE INSTITUI A REMISSÃO DE CRÉDITO TRIBUTÁRIO PARA ÁREAS DE ESPECIAL INTERESSE SOCIAL, COMO DEFINIDAS NO PLANO DIRETOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2597/2597_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2597/2597_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DO POSTE LOCALIZADO NO BECO SETE DA VILA PEDREIRA, POIS O MESMO ENCONTRA-SE CORROÍDO NA SUA BASE E A ESCORA FIXADA ESTÁ CEDENDO EM DIREÇÃO ÀS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2598/2598_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2598/2598_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS VISANDO INSTALAR COBERTURA (TOLDO OU TELHADO) NO ACESSO LATERAL JUNTO AO POSTO DE SAÚDE DA VILA PEDREIRA.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2599/2599_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2599/2599_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA QUE INFORME A ESTA CASA LEGISLATIVA, QUAL É O PERCENTUAL DE LUCRO DECLARADO PELAS EMPRESAS DE TRANSPORTE PÚBLICO QUE EXPLORAM OS SERVIÇOS NO MUNICÍPIO DE ESTEIO?</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2600/2600_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2600/2600_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A TROCA E MANUTENÇÃO DE ALGUNS POSTES LOCALIZADOS NA AVENIDA DAS AMÉRICAS, AO LADO DO CEMITÉRIO MUNICIPAL, NO BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2415/2415_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2415/2415_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, UMA RELAÇÃO DAS NOTIFICAÇÕES EXPEDIDAS DESDE 2009 PARA ADEQUAÇÃO DOS PASSEIOS PÚBLICOS, COM INFORMAÇÃO DOS RESPECTIVOS ENDEREÇOS.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2416/2416_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2416/2416_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, SE O EXECUTIVO MUNICIPAL AUTORIZA E FISCALIZA A COLOCAÇÃO DE PROPAGANDAS DE BEBIDAS ALCOÓLICAS E CIGARROS NAS DEPENDENCIAS DOS GINÁSIOS MUNICIPAIS DE ESPORTES?</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2423/2423_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2423/2423_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUANDO SERÃO REAJUSTADAS AS FUNÇÕES GRATIFICADAS DOS DIRETORES DE ESCOLAS?</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2424/2424_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2424/2424_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, A DESCRIÇÃO DE TODOS OS ITINERÁRIOS QUE CONSTARAM NO ÚLTIMO PROCESSO DE CONCESSÃO DE LINHAS DO TRANSPORTE URBANO DE ESTEIO.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2425/2425_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2425/2425_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA, QUAL CRITÉRIO UTILIZADO PELA ADMINISTRAÇÃO MUNICIPAL NA ESCOLHA DOS CURSOS MINISTRADOS NA CASA DE CULTURA DE ESTEIO? </t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2426/2426_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2426/2426_texto_integral.doc</t>
   </si>
   <si>
     <t>MUDANÇA DO LOCAL ONDE ESTÁ INSTALADO O POSTE DA COMPANHIA NA RUA VASCO DA GAMA, EM FRENTE AO Nº 51, DE FORMA QUE O MESMO NÃO FIQUE NA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2427/2427_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2427/2427_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, AS SEGUINTES PROVIDÊNCIAS:_x000D_
 DO VEREADOR LEONARDO PASCOAL, QUE RECUPERE O PASSEIO PÚBLICO LOCALIZADO NA RUA QUARAÍ, EM FRENTE AO Nº 906, FOTOS EM ANEXO;_x000D_
 DO VEREADOR JAIME DA ROSA, O  FECHAMENTO DE UM BURACO NO PASSEIO PÚBLICO DA RUA SANTO ÂNGELO, ENTRE OS NºS 68 E 82, VILA OLÍMPICA._x000D_
 </t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2428/2428_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2428/2428_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUEM É (SÃO) O(S) PROPRIETÁRIO(S) DO TERRENO LOCALIZADO NA ANTIGA ESTRADA VELHA PARA GRAVATAÍ, ATRÁS DO Nº 207 DA RUA AYRTON SENNA DA SILVA?</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2429/2429_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2429/2429_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR ESTA CASA, DETALHES SOBRE QUAL PARTE DA PONTE DA AV. BEIRA ARROIO/BRASIL, SERÁ REMOVIDA APÓS A CONCLUSÃO DA OBRA?</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2430/2430_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2430/2430_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHAR A ESTA CASA, A RELAÇÃO DE PROCESSOS NA ESFERA CÍVEL E FEDERAL ONDE FIGURA O PÓLO PASSIVO A FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO. </t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2431/2431_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2431/2431_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DE ESTUDOS PARA OFERECER O SERVIÇO DE TRANSLADO (IDA E VOLTA), PARA IDOSOS E PESSOAS COM DEFICIÊNCIA (ACOMPANHANTES QUANDO NECESSÁRIO), QUANDO TIVEREM CONSULTAS OU EXAMES MÉDICOS PRÉ-AGENDADOS PELO SUS. </t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2439/2439_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2439/2439_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A RECOLOCAÇÃO DO POSTE DE ILUMINAÇÃO, BEM COMO A FIAÇÃO ELÉTRICA E DE TELEFONIA NA AV. LUIZ PASTEUR, EM FRENTE AO Nº 4027.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2236/2236_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2236/2236_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, AS SEGUINTES PROVIDÊNCIAS:_x000D_
 DA VEREADORA MICHELE PEREIRA, O RECAPEAMENTO ASFÁLTICO EM FRENTE AO Nº 251 DA RUA IPIRANGA, JARDIM PLANALTO._x000D_
 DO VEREADOR JAIME DA ROSA, REITERANDO O REQUERIMENTO CONTIDO NO OFÍCIO Nº 499/13-SG, ENVIADO EM 03 DE JUNHO DE 2013, ONDE SOLICITA O FECHAMENTO DE UM BURACO EXISTENTE NO PASSEIO PÚBLICO DA RUA SANTO ÂNGELO, ENTRE OS NºS 68 E 82, VILA OLÍMPICA._x000D_
 DO VEREADOR LEONARDO PASCOAL, RECAPEAMENTO ASFÁLTICO SOBRE TRECHO ABERTO PELA EMPRESA NA RUA 24 DE AGOSTO, ENTRE AS RUAS BENTO GONÇALVES E PELOTAS. SOLICITA AINDA A MANUTENÇÃO DOS PASSEIOS PÚBLICOS DANIFICADOS PELA EMPRESA, NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA 24 DE AGOSTO, EM FRENTE AO Nº 417;_x000D_
 - RUA TAQUARA, EM FRENTE AO Nº 703;_x000D_
 - RUA 8 DE MARÇO, EM FRENTE AO Nº 581;_x000D_
 - AVENIDA DOM PEDRO, Nº 641 E AO LADO._x000D_
 </t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2237/2237_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2237/2237_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, O POLICIAMENTO OSTENSIVO NO BAIRRO PRIMAVERA._x000D_
 JUSTIFICA A VEREADORA, QUE SE TORNARAM FREQUENTES OS ARROMBAMENTOS NAS RESIDÊNCIAS DA REGIÃO. </t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2238/2238_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2238/2238_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, CÓPIA DA CONCORRÊNCIA Nº 008/2011 E DA PROPOSTA DA CONTRATADA ENCOPAV ENGENHARIA LTDA, DATADA DE 09 DE DEZEMBRO DE 2011, BEM COMO TODOS OS DEMAIS DOCUMENTOS REFERENTES AO OBJETO CONTRATUAL DO CONTRATO Nº 08/12 DE JANEIRO DE 2012.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2239/2239_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2239/2239_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA BENTO GONÇALVES, AO LADO DO Nº 1334 PARA QUE PROMOVA A LIMPEZA E MANUTENÇÃO DO LOCAL.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2240/2240_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2240/2240_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS JUNTO AO DAER PARA RECONSTRUÇÃO DO MURO DA SEDE DESSA UNIDADE EM ESTEIO.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2241/2241_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2241/2241_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUAL A PREVISÃO PARA INÍCIO DA CONSTRUÇÃO DA UNIDADE DE SAÚDE POSTO TAMANDARÉ?</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2242/2242_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2242/2242_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DIGNE INFORMAR A ESTA CASA, O QUE SEGUE:_x000D_
 - QUAL FOI A QUANTIDADE DE VEÍCULOS, OBJETO DE APREENSÃO DE TRAFICANTES, DESTINADOS PELO GOVERNO DO ESTADO DO RS PARA A PREFEITURA DE ESTEIO?_x000D_
 - QUANTOS DESTES VEÍCULOS JÁ FORAM RECEBIDOS PELA PREFEITURA DE ESTEIO?_x000D_
 - QUAL A PREVISÃO DE RECEBIMENTO DE TODOS OS VEÍCULOS A QUE FOMOS CONTEMPLADOS?_x000D_
 - EM QUE SETORES DA PREFEITURA, ESSES VEÍCULOS ESTÃO SENDO UTILIZADOS?_x000D_
 </t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2243/2243_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2243/2243_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA, QUANTAS NOTIFICAÇÕES FORAM EFETUADAS AO RESPONSÁVEL DO IMÓVEL LOCALIZADO NA RUA SALGADO FILHO ESQUINA COM A RUA PELOTAS, Nº 708? </t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2244/2244_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2244/2244_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUANTAS MULTAS DE TRÂNSITO FORAM APLICADAS EM ESTEIO NO ANO DE 2013, POR FALTA DO USO DO CINTO DE SEGURANÇA?</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2245/2245_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2245/2245_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A INSTALAÇÃO DE UMA CÂMERA DE VIDEOMONITORAMENTO E UM POSTE DE ILUMINAÇÃO NA RÓTULA ENTRE AS RUAS SENADOR SALGADO FILHO E JULIO DE CASTILHOS. EM ANEXO, FOTOS DO LOCAL E ABAIXO ASSINADO DOS MORADORES.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2246/2246_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2246/2246_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI ANEXO, QUE &amp;#8220;REGULAMENTA NO ÂMBITO MUNICIPAL,  O SISTEMA CICLOVIÁRIO COMO INCENTIVO AO USO DE BICICLETAS PARA TRANSPORTE NA CIDADE DE ESTEIO&amp;#8221;.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2247/2247_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2247/2247_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA EXCELÊNCIA, A REALIZAÇÃO DE ESTUDOS PARA IMPLANTAR OS COLETORES DE RESÍDUOS ORGÂNICOS E SECOS A EXEMPLO DO MUNICÍPIO DE SAPUCAIA DO SUL. </t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2248/2248_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2248/2248_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE A REALIZAÇÃO DE ESTUDOS PARA IMPLANTAR O PROJETO RECICLE MAIS, PAGUE MENOS EM ESTEIO. O PROGRAMA REVERTE A TROCA DE MATERIAL RECICLADO POR CRÉDITOS NA CONTA DE LUZ. </t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2249/2249_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2249/2249_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA DA CANALIZAÇÃO DO BECO 12 (RUA TRICAMPEÃO), VILA ESPERANÇA. SOLICITA AINDA QUE SEJA CONCLUÍDA A COLOCAÇÃO DE BRITA QUE FOI APLICADA NOS PRIMEIROS METROS DO BECO.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A RECUPERAÇÃO DO PAVIMENTO DA RUA LUIS ESCOBAR JARDIM, VILA CRUZEIRO. SOLICITA AINDA A LIMPEZA DAS CANALIZAÇÕES NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2337/2337_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2337/2337_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA, SE HÁ PREVISÃO DE ALTERAÇÃO NO HORÁRIO ESCOLAR DAS INSTITUIÇÕES DE ENSINO PARA O PRÓXIMO ANO, BEM COMO NA CARGA HORÁRIA LETIVA PRATICADA PELAS MESMAS. </t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2338/2338_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2338/2338_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, AS SEGUINTES PROVIDÊNCIAS:_x000D_
 DO VEREADOR LEONARDO PASCOAL, TROCA DOS POSTES LOCALIZADOS NA RUA 24 DE AGOSTO, EM FRENTE AO Nº 1738 E NA RUA 08 DE MARÇO, EM FRENTE AO Nº 565._x000D_
 DO VEREADOR ARI DA CENTER, A SUBSTITUIÇÃO DE DOIS POSTES LOCALIZADOS NA RUA 24 DE AGOSTO, EM FRENTE AO Nº 1672. _x000D_
 </t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2339/2339_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2339/2339_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SEJA RESTABELECIDA A TABELA HORÁRIA DA LINHA 07 DO TRANSPORTE COLETIVO REALIZADO POR AUTOLOTAÇÕES DE ESTEIO, ALTERADA PELO DECRETO MUNICIPAL Nº 4.897, DE 30 DE JULHO DE 2013. </t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUANDO AS INFORMAÇÕES DA FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO DE ESTEIO SERÃO DIVULGADAS ATRAVÉS DO PORTAL DA TRANSPARÊNCIA?</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2343/2343_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2343/2343_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, PORQUE ESTAVA SENDO COBRADA DOS PACIENTES A REALIZAÇÃO DE EXAMES UROLÓGICOS FEITOS NO HOSPITAL SÃO CAMILO?</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2344/2344_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2344/2344_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, A SUGESTÃO DE ANTEPROJETO DE LEI, ANEXO, ALTERANDO A COMPOSIÇÃO DO CONSELHO DIRETOR DA FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO DE ESTEIO &amp;#8211; FSPSCE.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUAL A MODALIDADE DE CONTRATAÇÃO EXISTENTE ENTRE A FUNDAÇÃO DE SAÚDE E O MÉDICO CLAUDIO VINÍCIUS BUBLITZ, A SERVIDORA RUTE VIEGAS PEREIRA E SR. JULIO SOARES?</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>CUMPRA COM O DETERMINADO NA LEI FEDERAL Nº 12.527/2011 E PRESTE TODAS AS INFORMAÇÕES NECESSÁRIAS DESDE A DATA DE SUA CRIAÇÃO, PRINCIPALMENTE  NO QUE CONCERNE À SUA GESTÃO FISCAL.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2165/2165_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2165/2165_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA, O QUE SEGUE:_x000D_
 1-	HÁ PREVISÃO DE ABERTURA, POR PARTE DA ADMINISTRAÇÃO MUNICIPAL, DA RUA FORTALEZA, BAIRRO LIBERDADE, NO TRECHO ATUALMENTE SEM SAÍDA?_x000D_
 2-	QUEM É O PROPRIETÁRIO DO TERRENO LOCALIZADO NO CRUZAMENTO DAS RUAS ALVÍCIO NIENOW E FORTALEZA, AO LADO DO CENTRO MUNICIPAL DE EDUCAÇÃO BÁSICA EVA KARNAL JOHANN?_x000D_
 HÁ ALGUM PROJETO DO EXECUTIVO MUNICIPAL PARA UTILIZAÇÃO DO REFERIDO TERRENO? _x000D_
 </t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>DETERMINE O RECAPEAMENTO ASFÁLTICO EM FRENTE AO Nº 113, DA RUA CARLOS GOMES, BAIRRO TAMANDARÉ.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2167/2167_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2167/2167_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, SE JÁ FOI OFICIALIZADO JUNTO A AES SUL, O CADASTRO DAS AVENIDAS E RUAS DA CIDADE QUE RECEBERAM LÂMPADAS ECONÔMICAS? SOLICITA AINDA, CÓPIA DOS COMPROVANTES DO REFERIDO CADASTRO.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2168/2168_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2168/2168_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, AS SEGUINTES PROVIDÊNCIAS:_x000D_
 - RETIRADA DO POSTE DEPOSITADO SOBRE O PASSEIO PÚBLICO NA RUA 24 DE AGOSTO, EM FRENTE AO Nº 1672;_x000D_
 - SUBSTITUIÇÃO DO POSTE DE ILUMINAÇÃO NA RUA FERNANDO FERRARI, ESQUINA COM O POSTO DIAS. _x000D_
 </t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2169/2169_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2169/2169_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUAL MOTIVO DE AS BANDEIRAS DO BRASIL, DO ESTADO DO RIO GRANDE DO SUL E DO MUNICÍPIO NÃO ESTAREM SENDO HASTEADAS NO PRÉDIO DA PREFEITURA MUNICIPAL DE ESTEIO?</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2170/2170_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2170/2170_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, ESTUDO DE VIABILIDADE PARA IMPLANTAR ALGUM DISPOSITIVO QUE ALERTE A COMUNIDADE A RESPEITO DO RISCO DE ENCHENTE.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2171/2171_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2171/2171_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE A REALIZAÇÃO DE ESTUDOS PARA CONSTRUÇÃO DE BACIAS DE CONTENÇÃO NA ÁREA DA REFINARIA.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2545/2545_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2545/2545_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTUDO DE VIABILIDADE DO MUNICÍPIO REDUZIR A TÍTULO DE COMPENSAÇÃO AS FAMÍLIAS ATINGIDAS PELAS ENCHENTES DESTE ANO, DOS SEUS PRÓPRIOS TRIBUTOS.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2544/2544_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2544/2544_texto_integral.docx</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE ESTUDOS PARA QUE A DEFESA CIVIL, EM PARCERIA COM O CORPO DE BOMBEIROS, CRIEM O CENTRO DE GERENCIAMENTO DE EMERGÊNCIAS, ONDE AS CONDIÇÕES CLIMÁTICAS SEJAM MONITORADAS E A MOBILIZAÇÃO EM TORNO DE AÇÕES PARA COMBATER OS EFEITOS NEFASTOS DAS ENCHENTES, SEJA REALIZADA DE MANEIRA ORGANIZADA E COM MÉTODOS EFICIENTES.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2542/2542_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2542/2542_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAÇÕES A RESPEITO DO CONCURSO PÚBLICO Nº 01/2009 - PARA AGENTE COMUNITÁRIO DO PACS 1 &amp;#8211; MICROÁREA 1. QUAL O CRITÉRIO UTILIZADO PELA ADMINISTRAÇÃO MUNICIPAL PARA DESCONSIDERAR A LISTA DE APROVADOS NO CONCURSO?</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2538/2538_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2538/2538_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ESTUDO DE VIABILIDADE PARA ISENTAR DO PAGAMENTO DE IPTU OS CONTRIBUINTES AFETADOS PELA ENCHENTE OCORRIDA ESTE ANO. </t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>Marcelo Kohlrausch, Leonardo Pascoal, Michele Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2536/2536_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2536/2536_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHA O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;ISENTA DO PAGAMENTO DE IPTU OS IMÓVEIS ATINGIDOS POR ENCHENTES NO MUNICÍPIO DE ESTEIO&amp;#8221;, PARA QUE VOSSA EXCELÊNCIA ESTUDE A POSSIBILIDADE DE REENCAMINHAR A ESTA CASA, NA FORMA DE PROJETO DE LEI.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2532/2532_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2532/2532_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA CÓPIA DO PROJETO INICIAL DA OBRA AVENIDA BEIRA ARROIO, COM TODOS OS SEUS ANEXOS.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2531/2531_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2531/2531_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIA DO ESTUDO DE IMPACTO AMBIENTAL E SEUS ANEXOS, INCLUINDO LIBERAÇÃO DA FEPAM DE TODOS OS LOTEAMENTOS DA CONSTRUTORA BOLOGNESI, LOCALIZADOS NO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2530/2530_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2530/2530_texto_integral.doc</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE PARA SEPARAR O CONTROLE DE ABASTECIMENTO DE ENERGIA DA RUA EZEQUIEL NUNES FILHO, DAS DEMAIS RUAS DO BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2529/2529_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2529/2529_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PARA COMUNICAR QUE ESTA CASA ESTÁ COLOCANDO A DISPOSIÇÃO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E ESPORTES, OS RECURSOS NECESSÁRIOS PARA A IMPRESSÃO DE 1.000 EXEMPLARES DO LIVRO &amp;#8220;I COLÓQUIO MUNICIPAL/ESTEIO: O LUGAR DA DIFERENÇA NAS PRÁTICAS COTIDIANAS&amp;#8221;, ATENDENDO PEDIDO FORMULADO POR AQUELA SECRETARIA._x000D_
                   ASSIM, SOLICITAMOS O ENCAMINHAMENTO DE PROJETO DE LEI, REDUZINDO RECURSOS ORÇAMENTÁRIOS DA CÂMARA MUNICIPAL, NO VALOR DE R$ 6.000,00 NA RUBRICA 3.1.9.0.16.00.00.00.00 &amp;#8211; OUTRAS DESPESAS VARIÁVEIS &amp;#8211; PESSOAL CIVIL, NO CÓDIGO DE FUNÇÃO PROGRAMÁTICA 01.01.01.031.0042.2250, NA UNIDADE 01, DO ÓRGÃO 01 &amp;#8211; CÂMARA DE VEREADORES, E SUPLEMENTANDO IGUAL VALOR EM RUBRICA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E ESPORTE, A FIM DE CUSTEAR A PUBLICAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2528/2528_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2528/2528_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIA DO PLANO DE TRABALHO VINCULADO AO CONTRATO DE REPASSE Nº 0351258-29/2011, FIRMADO ENTRE A UNIÃO FEDERAL, POR INTERMÉDIO DO MINISTÉRIO DAS CIDADES, REPRESENTADA PELA CAIXA ECONÔMICA FEDERAL E O MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2525/2525_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2525/2525_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIA DO PLANO DE TRABALHO VINCULADO AO CONTRATO DE REPASSE Nº 0233604-18/2007, FIRMADO ENTRE A UNIÃO FEDERAL, POR INTERMÉDIO DO MINISTÉRIO DAS CIDADES, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL E O MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2524/2524_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2524/2524_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SE DIGNE INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - QUANTOS ALVARÁS DE FUNCIONAMENTO E ALVARÁS DA VIGILÂNCIA SANITÁRIA FORAM EMITIDOS POR OCASIÃO DA EXPOINTER 2013?_x000D_
 - QUANTO FOI ARRECADADO COM TAXAS DE LICENÇA, LOCALIZAÇÃO E FISCALIZAÇÃO (ALVARÁ) E TAXAS DA VIGILÂNCIA SANITÁRIA EM DECORRÊNCIA DA EXPOINTER 2013?_x000D_
 - QUANTO FOI ARRECADADO, A CRÉDITO DO FUNREBOM, EM DECORRÊNCIA DO PAGAMENTO DE TAXA DE SERVIÇO NÃO EMERGENCIAL AO CORPO DE BOMBEIROS, POR OCASIÃO DA EXPOINTER 2013?_x000D_
 - CÓPIA DAS GUIAS DE RECOLHIMENTO QUE DERAM ORIGEM AOS CRÉDITOS REFERIDOS ACIMA._x000D_
 </t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t xml:space="preserve">, SOLICITA A VOSSA EXCELÊNCIA, INFORMAÇÕES/PRESTAÇÃO DE CONTAS DO EVENTO COPA DOS CAMPEÕES NOS ANOS DE 2011, 2012 E 2013, BEM COMO CÓPIA DOS SEGUINTES DOCUMENTOS CONSTANTES DO REFERIDO EVENTO EM CADA ANO:_x000D_
 1- CONTRATO DE LOCAÇÃO DO GINÁSIO DE ESPORTE PARA O EVENTO COPA DOS CAMPEÕES;_x000D_
 2- CONTRATOS DE LOCAÇÃO DOS ESPAÇOS DE PUBLICIDADE;_x000D_
 3- CONTRATOS DE LOCAÇÃO DA QUADRA DO GINÁSIO PARA EVENTO COPA DOS CAMPEÕES;_x000D_
 4- CONTRATOS DE LOCAÇÃO DOS ESPAÇOS PUBLICITÁRIOS DA PARTE EXTERNA DO GINÁSIO;_x000D_
 5- CONTRATO DE EXCLUSIVIDADE DA VENDA DE BEBIDAS NA COPA;_x000D_
 6- TERMO DE COMPROMISSO, ASSINADO ENTRE ORGANIZADORES DO EVENTO E O MUNICÍPIO;_x000D_
 7- QUAL A PARTICIPAÇÃO FINANCEIRA DO MUNICÍPIO QUANTO ÀS PREMIAÇÕES?_x000D_
 8- QUAL O CUSTO COM OS SERVIDORES MUNICIPAIS QUE TRABALHARAM NOS RESPECTIVOS EVENTOS? VIGIAS, SERVIÇOS GERAIS, CCS;_x000D_
 9- QUAIS OS NOMES DOS SERVIDORES MUNICIPAIS QUE TRABALHARAM NOS RESPECTIVOS EVENTOS DA COPA DOS CAMPEÕES?_x000D_
 10- QUAL FOI A EMPRESA QUE ELABOROU O PROJETO PARA DESENVOLVIMENTO DA COPA DOS CAMPEÕES E QUAL FOI A CONTRAPARTIDA EM BENEFÍCIO DA REFERIDA EMPRESA, NO QUE TANGE A VALORES, INCENTIVOS FISCAIS E OUTROS, ACOMPANHADO DOS RESPECTIVOS DOCUMENTOS?_x000D_
 </t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2404/2404_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2404/2404_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA O PORQUE DE NÃO ESTAREM SENDO EFETUADOS OS PAGAMENTOS DE VAGAS EM ESCOLAS INFANTIS PARTICULARES DO MUNICÍPIO NOS PRAZOS PREVISTOS EM CONTRATO? SOLICITA AINDA CÓPIA DOS COMPROVANTES DE PAGAMENTOS REFERENTE AO MÊS DE AGOSTO, DE TODAS AS ESCOLAS INFANTIS QUE MANTÉM CONTRATO COM O MUNICÍPIO.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2374/2374_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2374/2374_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A REALIZAÇÃO DE ESTUDOS PARA QUE OS VEÍCULOS RECEBIDOS EM FORMA DE DOAÇÃO DA DELEGACIA DE RECEITA FEDERAL DO BRASIL &amp;#8211; FOZ DO IGUAÇU/PR SEJAM DISPONIBILIZADOS PARA OS SEGUINTES LOCAIS:_x000D_
 - CONSELHO TUTELAR;_x000D_
 - SECRETARIA DE SAÚDE;_x000D_
 - SECRETARIA DE DESENVOLVIMENTO ECONÔMICO;_x000D_
 - FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO._x000D_
 </t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2373/2373_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2373/2373_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE INFORME A ESTA CASA, QUANTAS PESSOAS FORAM CONTEMPLADAS COM OS KITS DE LIMPEZA E HIGIENE, COLCHÕES E OUTROS ITENS CONSTANTES DO AUXILIO SOCIAL POR OCASIÃO DAS ÚLTIMAS ENCHENTES? SOLICITA AINDA, RELAÇÃO COM NOME, ENDEREÇO E RESPECTIVOS ITENS RECEBIDOS.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2372/2372_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2372/2372_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE INSTALAR AGÊNCIA CREDENCIADA DO BANRISUL NO BAIRRO SANTO INÁCIO E OUTRA NAS IMEDIAÇÕES DA RUA SANTANA, EM ESTEIO.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2371/2371_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2371/2371_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE GARANTIR JUNTO AO GOVERNO DO ESTADO, QUE A SECRETARIA ESTADUAL DE AGRICULTURA INSTALE EXAUSTORES NA COBERTURA DOS PAVILHÕES ONDE ESTÃO ACAMPADOS OS PIQUETES EM COMEMORAÇÃO A SEMANA FARROUPILHA, NO PARQUE DE EXPOSIÇÕES ASSIS BRASIL.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2370/2370_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2370/2370_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE ESTUDE A POSSIBILIDADE DE INCLUIR NAS AÇÕES DE COMBATE AS ENCHENTES EM ESTEIO E REGIÃO &amp;#8211; O ESTUDO DE VIABILIDADE TÉCNICO-ECONÔMICA E AMBIENTAL E PROJETO DE ENGENHARIA PARA IMPLANTAÇÃO DA RODOVIA FEDERAL &amp;#8211; BR448/RS. </t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2369/2369_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2369/2369_texto_integral.doc</t>
   </si>
   <si>
     <t>O CONSERTO DA ESTRUTURA QUE SUSTENTA A CAIXA D&amp;#8217;ÁGUA DO CENTRO MUNICIPAL DE EDUCAÇÃO BÁSICA SANTO INÁCIO.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2287/2287_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2287/2287_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">, O QUE SEGUE:_x000D_
 - LIMPEZA DOS BUEIROS LOCALIZADOS EM TODA EXTENSÃO DA RUA OLGA BENÁRIO PRESTES E DAS AVENIDAS GOVERNADOR ERNESTO DORNELLES E JOÃO PAULO I;_x000D_
 - CONSERTO DO BUEIRO LOCALIZADO NA RUA OLGA BENÁRIO PRESTES, EM FRENTE AO Nº 265;_x000D_
 - COLOCAÇÃO DE TAMPA NO BUEIRO LOCALIZADO NA RUA NOVO HAMBURGO, EM FRENTE AO Nº 730. _x000D_
 </t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2285/2285_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2285/2285_texto_integral.doc</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DA PONTE LOCALIZADA NA AVENIDA ÉRICO VERÍSSIMO, EM FRENTE A ESCOLA ALBERTO PASQUALINE</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2283/2283_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2283/2283_texto_integral.doc</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE MEIO FIO E BUEIRO NA ESQUINA DA RUA ARLINDO BAIERLE COM A RUA MONTEIRO LOBATO, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2276/2276_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2276/2276_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE DETERMINE À SECRETARIA COMPETENTE, A TROCA DE LÂMPADA DO POSTE LOCALIZADO NA RUA BOM RETIRO, EM FRENTE AO Nº 31.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2275/2275_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2275/2275_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIA DAS FATURAS DE 2013 DOS SERVIÇOS DE INTERNET FORNECIDOS ÀS ESCOLAS MUNICIPAIS DE ESTEIO.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2274/2274_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2274/2274_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A LIMPEZA E/OU NOTIFICAÇÃO AO PROPRIETÁRIO PARA QUE PROMOVA A LIMPEZA DO TERRENO E DO PASSEIO PÚBLICO LOCALIZADO NA AVENIDA PADRE CLARET, EM FRENTE AO Nº 2810. </t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2262/2262_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2262/2262_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, COM QUE PERIODICIDADE SÃO FEITAS AS VISTORIAS NOS VEÍCULOS UTILIZADOS NO TRANSPORTE COLETIVO MUNICIPAL E SE NESTAS VISTORIAS É AVALIADA A LIMPEZA DOS SISTEMAS DE VENTILAÇÃO DOS CARROS. SOLICITA AINDA, QUE SEJA ENCAMINHADO OFÍCIO ÀS EMPRESAS QUE OPERAM NO TRANSPORTE COLETIVO URBANO DA CIDADE PARA QUE REVISEM A LIMPEZA DOS SISTEMAS DE VENTILAÇÃO DE SEUS VEÍCULOS.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2252/2252_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2252/2252_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE OS BURACOS ABERTOS PELA EMPRESA NA AVENIDA JOÃO PAULO I, ESQUINA COM A AVENIDA PORTO ALEGRE E NA AVENIDA PADRE CLARET, EM FRENTE AO Nº 4596. </t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2214/2214_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2214/2214_texto_integral.doc</t>
   </si>
   <si>
     <t>A SOLICITAÇÃO DE DOCUMENTOS CONTIDA NO OFÍCIO Nº 632/13-SG, DATADO DE 03/07/2013.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2212/2212_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2212/2212_texto_integral.docx</t>
   </si>
   <si>
     <t>A FISCALIZAÇÃO COM MAIOR FREQUÊNCIA E RIGOR NO TEMPO DE ATENDIMENTO NOS ESTABELECIMENTOS BANCÁRIOS DE ESTEIO, CONFORME A LEI MUNICIPAL Nº 5.085/2010.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2211/2211_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2211/2211_texto_integral.docx</t>
   </si>
   <si>
     <t>UMA REAVALIAÇÃO NA FORMA COMO ESTA SENDO TRATADA A LIMPEZA DO ARROIO SAPUCAIA</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2209/2209_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2209/2209_texto_integral.docx</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE ESTUDOS PARA FIXAR O PONTO DE ÔNIBUS JUNTO À PASSARELA DO TRENSURB/ESTEIO, NO SENTIDO SAPUCAIA DO SUL &amp;#8211; PORTO ALEGRE, ALGUNS METROS ALÉM DO ABRIGO ATUAL.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2207/2207_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2207/2207_texto_integral.docx</t>
   </si>
   <si>
     <t>A LIMPEZA DAS BOCAS DE LOBO, LOCALIZADAS NA RUA SANTANA, NAS IMEDIAÇÕES DO Nº 764.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2205/2205_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2205/2205_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE ENCAMINHE A ESTA CASA, CÓPIA DA DOCUMENTAÇÃO ABAIXO ELENCADA, EMITIDAS PELA EMPRESA ZIMMER &amp; CATELAN LTDA, PRESTADORA DE SERVIÇOS TÉCNICOS ESPECIALIZADOS DE OFICINA MECÂNICA E FORNECEDORA DE PEÇAS AO EXECUTIVO MUNICIPAL:_x000D_
 1- CÓPIA DAS NOTAS FISCAIS E ORDENS DE SERVIÇOS, REFERENTES AOS SERVIÇOS PRESTADOS AOS VEÍCULOS VINCULADOS À SECRETARIA MUNICIPAL DE OBRAS VIÁRIAS E SERVIÇOS URBANOS &amp;#8211; SMOVSU - NO ANO DE 2011, 2012 E 2013;_x000D_
 2- CÓPIA DAS ORDENS DE SERVIÇOS, REFERENTES AOS SERVIÇOS PRESTADOS AOS VEÍCULOS VINCULADOS A TODAS AS SECRETARIAS MUNICIPAIS NO ANO DE 2011, 2012 E 2013._x000D_
 </t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2202/2202_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2202/2202_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE ENCAMINHE A ESTA CASA, CÓPIA DOS COMPROVANTES DE PAGAMENTO DE HORAS EXTRAS NO PERÍODO DE ABRIL DE 2012 A ABRIL DE 2013, ESPECIFICANDO O PAGAMENTO DE 50% E 100% DOS FUNCIONÁRIOS ABAIXO ELENCADOS. SOLICITA AINDA, QUE SEJA INFORMADA A DATA EM QUE OS FUNCIONÁRIOS  CITADOS GOZARAM FÉRIAS NO REFERIDO PERÍODO:_x000D_
 01-ALINE CARLA C. LUCAS;_x000D_
 02-ANDREA C. P. MARTINS;_x000D_
 03-CASSIO MUNIZ COUTO;_x000D_
 04-EDER MARQUES CABRAL;_x000D_
 05-EDI SOUZA SILVA;_x000D_
 06-FERNANDO JOÃO DAITX;_x000D_
 07-IVAN P. DE PAULO;_x000D_
 08-JANETE B. FAGUNDES;_x000D_
 09-JOÃO PAULO C. HAESER;_x000D_
 10-LUIZ ZANATTA;_x000D_
 11-MARCELO A. QUADROS;_x000D_
 12-MAURICIO GRACIOLLI;_x000D_
 13-MARCUS V. C. PEZZELLA;_x000D_
 14-MIGUEL S. PLAZA;_x000D_
      15-TIAGO S. BARTMER;_x000D_
 16-VANESSA D. RIBEIRO;_x000D_
 17-VERA R. R. CARVALHO;_x000D_
 18-PALOMA G. COSTA;_x000D_
 19-ELISABETH BORBA ROSA;_x000D_
      20-LUIZ CARLOS SEIBT;_x000D_
 21-MARCELO F. MULLER;_x000D_
 22-MAIRA M. M. A. NUNES;_x000D_
 23-PEDRO AZEVEDO C. NETO;_x000D_
 24-ROSANE B. STELZER._x000D_
 </t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2201/2201_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2201/2201_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A NOTIFICAÇÃO AO PROPRIETÁRIO/RESPONSÁVEL PELO IMÓVEL NA AVENIDA LUIZ PASTEUR, Nº 3627, PARA QUE PROMOVA A LIMPEZA, CERCAMENTO, CONSTRUÇÃO DE CALÇADA E MANUTENÇÃO DO TERRENO. </t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2154/2154_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2154/2154_texto_integral.doc</t>
   </si>
   <si>
     <t>O FECHAMENTO DE UMA BROCA, BEM COMO A TROCA DA TAMPA DA BOCA DE LOBO, LOCALIZADAS NA AVENIDA FREDERICO DAHNE ESQUINA COM A RUA OTELO ROSA, BAIRRO TRÊS PORTOS.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2141/2141_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2141/2141_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A REPAVIMENTAÇÃO DO BURACO ABERTO PELA EMPRESA NA RUA LIONS CLUBE, ENTRE OS NºS 60 E 66. </t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2013/2013_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2013/2013_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE ACRESCENTA DISPOSITIVO À LEI MUNICIPAL Nº 4.407/2007, QUE &amp;#8220; DISPÕE SOBRE O BENEFÍCIO DA GRATUIDADE NO SISTEMA DE TRANSPORTE PÚBLICO E DE CIRCULAÇÃO NO ÂMBITO DO MUNICÍPIO DE ESTEIO &amp;#8221;, ESTENDENDO O BENEFÍCIO DO PASSE LIVRE NO TRANSPORTE, AOS ALUNOS COM DEFECIENCIA AUDITIVA DEVIDAMENTE MATRICULADOS NA ESCOLA PADRE REUS E QUE RESIDEM FORA DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2014/2014_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2014/2014_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORME A ESTA CASA, AS DATAS DAS REUNIÕES ORDINÁRIAS DO CONSELHO DIRETOR DA FUNDAÇÃO, QUE OCORRERÃO EM OUTUBRO.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2015/2015_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2015/2015_texto_integral.doc</t>
   </si>
   <si>
     <t>INFORME A ESTA CASA, DE QUE FORMA ESTÁ ORGANIZADA A CARGA HORÁRIA MÍNIMA ANUAL DE OITOCENTAS HORAS NA REDE MUNICIPAL DE EDUCAÇÃO BÁSICA DE ESTEIO?</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2016/2016_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2016/2016_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, CÓPIA DE TODAS AS NOTAS FISCAIS E EMPENHOS REFERENTES AOS R$ 612.314,95, UTILIZADOS NA RESTAURAÇÃO DO SEMINÁRIO CLARETIANO (PRONAC 10 3205).</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2037/2037_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2037/2037_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, CÓPIA DE TODAS AS PRESTAÇÕES DE CONTAS E RESPECTIVOS COMPROVANTES DE QUITAÇÃO REFERENTES À CONTRAPARTIDA ASSUMIDA PELA UNIBRASPE &amp;#8211; BRASILEIRA DE PETRÓLEO LTDA, ATRAVÉS DA LEI MUNICIPAL Nº 4.962/2009, NO VALOR DE R$ 1.100.000,00.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2018/2018_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2018/2018_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, A PODA DAS ÁRVORES LOCALIZADAS NA AVENIDA PORTO ALEGRE, EM FRENTE AO Nº 86 E NA RUA GUARARAPES, EM FRENTE AOS NºS 174 E 186. </t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2019/2019_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2019/2019_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, INFORMAÇÕES SOBRE O INCIDENTE OCORRIDO NO DIA 25/09/2013, NA RUA DAS DÁLIAS, ONDE OCORREU O ATROPELAMENTO DE UM MENINO DE OITO ANOS POR UMA VAN ESCOLAR, BEM COMO AS DEVIDAS AUTORIZAÇÕES DESTE VEÍCULO PARA ESTE TIPO DE TRANSPORTE E DOS DEMAIS VEÍCULOS DESTA MESMA EMPRESA.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2038/2038_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2038/2038_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A INSTALAÇÃO DE ABRIGO NO PONTO DE ÔNIBUS EM FRENTE A ESCOLA CLODOVINO SOARES.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2020/2020_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2020/2020_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, CÓPIA DA PRESTAÇÃO DE CONTAS DO EVENTO &amp;#8220;SEMANA FARROUPILHA 2013&amp;#8221;, CONTENDO EXTRATOS, COMPROVANTES DE RECEBIMENTOS E PAGAMENTOS, INCLUINDO TAXAS PAGAS PELOS PIQUETES E CTGS.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2021/2021_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2021/2021_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DE REPAROS NA PAVIMENTAÇÃO ASFÁLTICA DA RUA SANTANA, QUASE ESQUINA COM A RUA NOVO HAMBURGO, PRÓXIMO AO MERCADO UNIÃO.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2022/2022_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2022/2022_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, AS SEGUINTES PROVIDÊNCIAS:_x000D_
 DA VEREADORA MICHELE PEREIRA, O RECAPEAMENTO ASFÁLTICO NOS SEGUINTES ENDEREÇOS:_x000D_
 - RUA BENTO GONÇALVES, EM FRENTE AO Nº 1787;_x000D_
 - RUA EZEQUIEL NUNES FILHO, EM FRENTE AO Nº 181._x000D_
 DO VEREADOR RAFAEL FIGLIERO, O CONSERTO DO ASFALTO NA RUA BENTO GONÇALVES, EM FRENTE AO Nº 1750._x000D_
 DO VEREADOR MARCELO KOHLRAUSCH, SOLICITANDO AS SEGUINTES INFORMAÇÕES:_x000D_
 - QUAL O MOTIVO DO ATRASO DAS OBRAS REFERENTES AO PAC 1 E 2 REALIZADAS PELA MARCO ENGENHARIA E ATD ENGENHARIA, NO MUNICÍPIO DE ESTEIO?_x000D_
 - PROCEDE A INFORMAÇÃO QUE A CORSAN ESTA REALIZANDO O PAGAMENTO EM DIA, DAS RESPECTIVAS TERCEIRIZADAS, ENQUANTO A CAIXA ECONÔMICA FEDERAL ANALISA O CONTRATO COM A CORSAN (PAC 2)?_x000D_
 - QUAL O PRAZO CONTRATUAL QUE A CIENTEC DEVE OBEDECER PARA CONCLUIR A ANÁLISE TÉCNICA DO ASFALTO EMPREGADO NAS RESPECTIVAS OBRAS? SOLICITA AINDA CÓPIA DO CRONOGRAMA ATUALIZADO DAS OBRAS EXECUTADAS NO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2023/2023_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2023/2023_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, O CONTROLE DE CARRAPATOS NA RUA MILTON WILSON LAIN.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2024/2024_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2024/2024_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE À SECRETARIA COMPETENTE, O CONSERTO DA TUBULAÇÃO DE ESGOTO LOCALIZADO NA RUA RAUL PILLA, Nº 70, PARQUE AMADOR.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2025/2025_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2025/2025_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, O RECAPEAMENTO ASFÁLTICO NA RUA ALVARENGA PEIXOTO.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2026/2026_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2026/2026_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA, COLOCAÇÃO DE CORDÃO COM ABERTURA PARA O BUEIRO E A RESPECTIVA TAMPA, NA RUA SILVA JARDIM, Nº 128, NOVO ESTEIO.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2027/2027_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2027/2027_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A MODIFICAÇÃO PARA ESTACIONAMENTO OBLÍQUO NA RUA DOS FERROVIÁRIOS, EM FRENTE À PRAÇA DA BÍBLIA.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1972/1972_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1972/1972_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INFORME A ESTA CASA, DE QUE FORMA É REALIZADA A TRIBUTAÇÃO E A FISCALIZAÇÃO DO IMPOSTO SOBRE SERVIÇOS &amp;#8211; ISS DEVIDO PELAS INSTITUIÇÕES FINANCEIRAS INSTALADAS NO MUNICÍPIO? </t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1924/1924_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1924/1924_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A REFORMA URGENTE DA TUBULAÇÃO DE ESGOTO NA RUA VILA LOBOS, EM FRENTE AO Nº 1233, EM AMBOS OS LADOS</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1925/1925_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1925/1925_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA TAQUARI, Nº 88, PARA QUE PROMOVA A LIMPEZA, CERCAMENTO E MANUTENÇÃO DO TERRENO. </t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1926/1926_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1926/1926_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DE ESTUDOS PARA COLOCAÇÃO DE UMA PLACA DE SINALIZAÇÃO  &amp;#8220;PARE&amp;#8221; NO FINAL DA RUA ÉRICO VERÍSSIMO COM A RUA SÃO BORJA, DEFININDO UMA PREFERENCIAL A FIM DE DISCIPLINAR O TRÂNSITO. </t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t xml:space="preserve">APROVADOS EM SESSÃO ORDINÁRIA DE 15 DE OUTUBRO, SOLICITA A VOSSA SENHORIA, AS SEGUINTES PROVIDÊNCIAS:_x000D_
 DO VEREADOR ARI DA CENTER, A RETIRADA DE UM POSTE DE CONCRETO LOCALIZADO NA TRAVESSA &amp;#8220;A&amp;#8221;,EM FRENTE AO Nº 405, VILA PEDREIRA._x000D_
 DA VEREADORA MICHELE PEREIRA, A TROCA DO POSTE LOCALIZADO NA RUA CLAUDIO ZONTA, EM FRENTE AO Nº 13, BAIRRO CONCÓRDIA._x000D_
 </t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1962/1962_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1962/1962_texto_integral.docx</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1930/1930_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1930/1930_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, SOBRE O PROCESSO DE LICITAÇÃO/CONSTRUÇÃO DA PASSARELA NA RODOVIA BR 116/RS, PRÓXIMO A EMPRESA SOLAE EM ESTEIO.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1931/1931_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1931/1931_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, ESCLARECIMENTOS SOBRE O ATO DE DOAÇÃO DO ESTADO AO MUNICÍPIO, QUE FOI REALIZADO NO DIA 17, NO CAMPO DO OURO VERDE.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1932/1932_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1932/1932_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DE ESTUDOS PARA GRAVAR A IDENTIDADE VISUAL DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO, NOS UNIFORMES ESCOLARES QUE SÃO DISTRIBUÍDOS AOS ESTUDANTES. </t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1934/1934_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1934/1934_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA SENHORIA, A DISPONIBILIZAÇÃO IMEDIATA DAS INFORMAÇÕES PREVISTAS NA LEI Nº 12.527/2011 (LEI DE ACESSO A INFORMAÇÃO), NA LEI COMPLEMENTAR Nº 101/2000 (LEI DE RESPONSABILIDADE FISCAL) E NAS DEMAIS NORMAS VIGENTES, NO WEBSITE DA FUNDAÇÃO, CONFORME COMPROMISSO ASSUMIDO ATRAVÉS DO OFÍCIO Nº 907/13-GP, DE 01 DE OUTUBRO DE 2013.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1936/1936_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1936/1936_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220; DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1845/1845_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1845/1845_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A NOTIFICAÇÃO AO PROPRIETÁRIO/RESPONSÁVEL PELO IMÓVEL LOCALIZADO NA RUA URUGUAI, ESQUINA COM A RUA JOSÉ GUIMARÃES, PARA QUE PROMOVA A LIMPEZA, CERCAMENTO E MANUTENÇÃO DO TERRENO. </t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1846/1846_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1846/1846_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE A SECRETARIA COMPETENTE, A REALIZAÇÃO DE ESTUDOS PARA PROIBIÇÃO DE TRÁFEGO DE VEÍCULOS PESADOS, COMO CAMINHÕES TIPO CARRETAS, BI-TREM, RODO TREM E OUTROS DE COMPRIMENTO ELEVADO, NA RUA ARISTIDES STUMPH, CENTRO. </t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1847/1847_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1847/1847_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220; ESTABELECE A CAMPANHA DE COMBATE AO CÂNCER DE PRÓSTATA DENOMINADA MUNDIALMENTE DE &amp;#8220;NOVEMBRO AZUL&amp;#8221; NO ÂMBITO DO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1848/1848_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1848/1848_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220; INSTITUI A CAMPANHA DE PREVENÇÃO AO CÂNCER DE MAMA DENOMINADA MUNDIALMENTE DE &amp;#8220;OUTUBRO ROSA&amp;#8221; NO ÂMBITO DO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1849/1849_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1849/1849_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE À SECRETARIA COMPETENTE, A LIMPEZA E MANUTENÇÃO DA REDE DE ESGOTO PLUVIAL NAS SEGUINTES VIAS PÚBLICAS:_x000D_
 - RUA GEN. MACHADO LOPES;_x000D_
 - RUA FERNANDO FERRARI;_x000D_
 - RUA GRAVATAÍ;_x000D_
 - RUA CAXIAS;_x000D_
 - RUA SALGADO FILHO, ESQUINA COM A FERNANDO FERRAR_x000D_
 </t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1850/1850_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1850/1850_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, ESTUDO DE VIABILIDADE PARA INSTALAÇÃO DE UMA PLACA DE SINALIZAÇÃO DE ESTACIONAMENTO PROIBIDO, EM FRENTE AS LIXEIRAS DO CONDOMÍNIO RENASCER 1 E 2. SOLICITA AINDA, REFORÇO NA PINTURA DAS FAIXAS DE SEGURANÇA, BEM COMO A INSTALAÇÃO DE PLACAS FRISANDO A VELOCIDADE MÁXIMA NA REGIÃO.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1851/1851_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1851/1851_texto_integral.docx</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1852/1852_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1852/1852_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, AS SEGUINTES PROVIDÊNCIAS:_x000D_
 DO VEREADOR LEONARDO PASCOAL, A MUDANÇA DO LOCAL ONDE ESTÁ INSTALADO O POSTE DA COMPANHIA NA RUA VASCO DA GAMA, EM FRENTE AO Nº 51, DE FORMA QUE O MESMO NÃO FIQUE NA VIA PÚBLICA. ESTE PEDIDO JÁ FOI FORMALIZADO EM OUTRA OCASIÃO, ATRAVÉS DO OFÍCIO Nº 786/13-SG, DATADO DE 13/08/2013. FOTO EM ANEXO._x000D_
 DA VEREADORA MICHELE PEREIRA, A TROCA DO POSTE LOCALIZADO NA RUA HÉLIO ARNALDO SPERB, EM FRENTE AO Nº 42, BAIRRO CAMPINA. JUSTIFICA A VEREADORA QUE O POSTE ESTÁ COM RISCO DE CAIR, TORNANDO PREOCUPANTE A SITUAÇÃO EM DIAS DE TEMPORAL._x000D_
 </t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1853/1853_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1853/1853_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA SENHORIA, QUE SEJA REFORÇADA A RONDA POLICIAL NO BAIRRO TAMANDARÉ, SOBRETUDO NA RUA RIACHUELO.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1797/1797_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1797/1797_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, AS SEGUINTES PROVIDÊNCIAS:_x000D_
 DO VEREADOR LEONARDO PASCOAL, A REPAVIMENTAÇÃO DOS BURACOS ABERTOS PELA EMPRESA, LOCALIZADOS NA RUA CRISTÓVÃO COLOMBO, EM FRENTE AO Nº 270._x000D_
 DO VEREADOR JAIME DA ROSA, A REPAVIMENTAÇÃO DOS BURACOS EXISTENTES EM TODA EXTENSÃO DA RUA BRASÍLIA, VILA OSÓRIO, BEM COMO O FECHAMENTO DO BURACO EXISTENTE EM FRENTE AO CENTRO MUNICIPAL DE EDUCAÇÃO BÁSICA JOÃO XXIII, LOCALIZADO NA RUA FREDERICO DAHNE, BAIRRO TRÊS PORTOS._x000D_
 </t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1798/1798_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1798/1798_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, QUE SUSPENDA E/OU NÃO AUTORIZE NENHUMA OBRA NA VÁRZEA, ATÉ QUE SEJA FEITO UM ESTUDO DETALHADO SOBRE A ÁREA DA VÁRZEA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1799/1799_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1799/1799_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA SENHORIA, A SUBSTITUIÇÃO DO POSTE DE ENERGIA ELÉTRICA, LOCALIZADO NA RUA FLORIANO MAYA D&amp;#8217;ÁVILA, EM FRENTE AO Nº 342, JARDIM PLANALTO</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1800/1800_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1800/1800_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA, QUAL FOI O VALOR GASTO PELO MUNICÍPIO COM O ENCARTE &amp;#8220;ESPECIAL ESTEIO &amp;#8211; OUTUBRO 2013&amp;#8221;, QUE CIRCULOU NOS JORNAIS ZERO HORA E DIÁRIO GAÚCHO. </t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1803/1803_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1803/1803_texto_integral.doc</t>
   </si>
   <si>
     <t>SESSÃO ORDINÁRIA DE 29 DE OUTUBRO, SOLICITA A VOSSA EXCELÊNCIA, QUE ENCAMINHE A ESTA CASA, RELAÇÃO DE OBRAS PROMETIDAS CONFORME FOLDERS E REVISTAS OFICIAIS E EFETIVAMENTE CONCLUÍDAS PELA ADMINISTRAÇÃO MUNICIPAL ATÉ O PRESENTE MOMENTO</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1805/1805_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1805/1805_texto_integral.doc</t>
   </si>
   <si>
     <t>ORDINÁRIA DE 29 DE OUTUBRO, SOLICITA A VOSSA EXCELÊNCIA, QUE SE DIGNE INFORMAR A ESTA CASA, QUAL A IRREGULARIDADE CONSTANTE DO PROJETO DE MORADIAS, PARA AS FAMÍLIAS QUE MORAVAM ÀS MARGENS DO ARROIO SAPUCAIA, QUE ESTA IMPEDINDO A AES SUL DE PROVIDENCIAR A LIGAÇÃO DA REDE ELÉTRICA NAS REFERIDAS CASAS?</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1807/1807_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1807/1807_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A NOTIFICAÇÃO AO PROPRIETÁRIO/RESPONSÁVEL PELO IMÓVEL NA RUA QUARAÍ ESQUINA COM A RUA CAMÕES, PARA QUE PROMOVA A LIMPEZA, CERCAMENTO E MANUTENÇÃO DO TERRENO E CONSTRUÇÃO DA CALÇADA.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1809/1809_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1809/1809_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A ALTERAÇÃO DOS HORÁRIOS DE REUNIÕES INTERNAS DAS EQUIPES DE PROFISSIONAIS QUE ATUAM NAS UNIDADES DE SAÚDE DO MUNICÍPIO, A FIM DE QUE NÃO DEIXEM DE ATENDER OS CIDADÃOS USUÁRIOS A ESPERA EM LONGAS FILAS EM FRENTE AO POSTO FECHADO.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1810/1810_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1810/1810_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA, NA FORMA DE PROJETO DE LEI, O ANTEPROJETO DE LEI, ANEXO, QUE &amp;#8220;INSTITUI O PROGRAMA IPTU VERDE NO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221; </t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1811/1811_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1811/1811_texto_integral.docx</t>
   </si>
   <si>
     <t>ESTUDE A POSSIBILIDADE DE REDIMENSIONAR AS PASSAGENS DE ÁGUA JÁ EXISTENTES NA BR 448, PRINCIPALMENTE JUNTO À SAÍDA DO AROIO ESTEIO, PARA O RIO DO SINOS. SOLICITA AINDA, QUE AVALIE A POSSIBILIDADE DE CONSTRUIR MAIS PASSAGENS DE ÁGUA PARA O RIO.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1812/1812_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1812/1812_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DIGNE INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 1-	QUAL A PREVISÃO PARA CONCLUSÃO DOS SERVIÇOS DE DRAGAGEM DOS ARROIOS ESTEIO E SAPUCAIA?_x000D_
 2-	QUAL O PERCENTUAL DRAGADO DOS REFERIDOS ARROIOS ATÉ O PRESENTE MOMENTO, DISCRIMINANDO OS RESPECTIVOS TRECHOS._x000D_
 </t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1813/1813_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1813/1813_texto_integral.docx</t>
   </si>
   <si>
     <t>DETERMINE À SECRETARIA COMPETENTE, A ACELERAÇÃO DA TROCA DAS GALERIAS DA PONTE DA RUA DONA ISABEL, CONFORME CONSTA NO PROJETO DE RENATURALIZAÇÃO DO ARROIO SAPUCAIA.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1814/1814_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1814/1814_texto_integral.docx</t>
   </si>
   <si>
     <t>REVEJA SUA POSIÇÃO INICIAL EM RELAÇÃO AO ANTEPROJETO DE LEI QUE ESTABELECE A ISENÇÃO DA COBRANÇA DE IPTU AOS IMÓVEIS ASSOLADOS PELAS ENCHENTES.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1833/1833_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1833/1833_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, DE FORMA DISCRIMINADA, QUAIS OS VALORES GASTOS COM A VIAGEM (ESTADIA, PASSAGENS E DIÁRIAS) DO PREFEITO MUNICIPAL NO PERÍODO DE 27 DE OUTUBRO A 03 DE NOVEMBRO À EUROPA.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1832/1832_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1832/1832_texto_integral.doc</t>
   </si>
   <si>
     <t>CONVOCA VOSSA EXCELÊNCIA, PARA PRESTAR ESCLARECIMENTOS SOBRE AS ENCHENTES DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2083/2083_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2083/2083_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE OFERECER ALGUM TIPO DE DESCONTO NAS PRÓXIMAS CONTAS DE LUZ DAS FAMÍLIAS QUE TIVERAM PREJUÍZOS PATRIMONIAIS COM AS RECENTES ENCHENTES QUE ASSOLARAM O MUNICÍPIO. SOLICITA AINDA QUE ESTAS FAMÍLIAS SEJAM INCLUÍDAS NO PROGRAMA DE EFICIÊNCIA ENERGÉTICA DA AES SUL &amp;#8211; PROJETO DE RESPONSABILIDADE SOCIAL, ONDE OS CLIENTES DA EMPRESA PODEM RECEBER LÂMPADAS, CHUVEIROS E GELADEIRAS COM SELO DE BAIXO CONSUMO DE ENERGIA.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2082/2082_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2082/2082_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE INCLUA NAS OBRAS COMPLEMENTARES DA BR 116 &amp;#8211; VIA PAC MOBILIDADE &amp;#8211; O REDIMENSIONAMENTO DAS ANTIGAS GALERIAS SOB ESTA RODOVIA NO TRECHO DA VILA OSÓRIO, EM ESTEIO, AS ATUAIS ESTÃO ASSOREADAS E DEMONSTRAM SER INSUFICIENTES PARA DAR VAZÃO AO GRANDE VOLUME DE ÁGUAS PLUVIAIS. SUGERE AINDA QUE CONSTE NO EDITAL A AMPLIAÇÃO DOS VÃOS SOB AS PONTES QUE INTEGRAM A BR 116, NO VALE DO SINOS, POIS ENTRE AS MEDIDAS APONTADAS PELOS ESTUDOS TÉCNICOS, DESTACA-SE A NECESSIDADE DE FACILITAR O FLUXO DAS ÁGUAS SOB ESTAS EDIFICAÇÕES. </t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2081/2081_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2081/2081_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIA DO TERMO DE COOPERAÇÃO, ASSINADO, JUNTO A METROPLAN PELOS MUNICÍPIOS DE ESTEIO E CANOAS, QUE TEM POR FINALIDADE VIABILIZAR MAIS UM PROJETO DE PREVENÇÃO AS ENCHENTES NA BACIA DO ARROIO SAPUCAIA.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2080/2080_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2080/2080_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A RESPOSTA AOS OFÍCIOS NºS 616/2012-SG DE 21/11/2012 E 920/2013-SG DE 19/09/2013, PRESTAÇÃO DE CONTAS DAS DESPESAS DO MUNICÍPIO PARA APOIO AS VITIMAS DAS ENCHENTES DE 2012 E 2013, ANEXANDO CÓPIA DOS PROCESSOS DE AQUISIÇÃO, CONFORME ART. 24 E 26 DA LEI FEDEREAL Nº 8.666/93, INCLUINDO CÓPIA DE NOTAS FISCAIS/RECIBOS, COMPROVANTES DE PAGAMENTOS E INFORMAR O QUE SEGUE:_x000D_
 1-	QUANTOS KITS  DE HIGIENE E LIMPEZA; COLCHÕES E OUTROS ITENS CONSTANTES DO AUXÍLIO SOCIAL, QUANTAS CESTAS BÁSICAS, QUANTOS KITS CASA FORAM ADQUIRIDOS E DISTRIBUÍDOS À COMUNIDADE ATINGIDA PELAS ENCHENTES?_x000D_
 2-	QUAL O VALOR TOTAL DAS DESPESAS COM A SITUAÇÃO EMERGENCIAL ORIUNDA DOS ALAGAMENTOS NAS RESPECTIVAS ENCHENTES?_x000D_
 3-	SOLICITA AINDA A RELAÇÃO DO NOME, ENDEREÇO E RESPECTIVOS ITENS RECEBIDOS EM CADA SITUAÇÃO OCORRIDA NOS ANOS DE 2012 E 2013._x000D_
 </t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2079/2079_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2079/2079_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">, A NOTIFICAÇÃO AO PROPRIETÁRIO/RESPONSÁVEL PELOS IMÓVEIS DESCRITOS ABAIXO, PARA QUE PROMOVA A LIMPEZA, CONSTRUÇÃO DE CALÇADA E MANUTENÇÃO DOS LOCAIS._x000D_
 1-	RUA RIO PARDO, ESQUINA COM A AVENIDA LUIZ PASTEUR &amp;#8211; PONTO DE ÔNIBUS;_x000D_
 2-	RUA ARMANDO RIELLA, ESQUINA COM A AVENIDA LUIZ PASTEUR. _x000D_
 </t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2077/2077_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2077/2077_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A NOTIFICAÇÃO DOS PROPRIETÁRIOS/RESPONSÁVEIS PELOS IMÓVEIS DESCRITOS ABAIXO, PARA QUE PROMOVAM A LIMPEZA, CERCAMENTO, CONSTRUÇÃO DE CALÇADA E MANUTENÇÃO DOS LOCAIS._x000D_
 1-	RUA RITA DE CÁSSIA, ESQUINA COM A AVENIDA LUIZ PASTEUR;_x000D_
 2-	AVENIDA LUIZ PASTEUR, EM FRENTE AO Nº 3148. FOTOS EM ANEXO._x000D_
 </t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2076/2076_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2076/2076_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS REFERENTE AS OBRAS DE HIDRÁULICA, ELÉTRICA, ELEVADOR, TELHADO, CAIXA DE GÁS, ADEQUAÇÃO DAS PORTAS DA ESCOLA E VIDROS NA ESCOLA ESTADUAL DE 1º E 2º GRAUS PADRE REUS PARA EDUCAÇÃO ESPECIAL.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2075/2075_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2075/2075_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, SE HÁ SERVIDORES CONCURSADOS DO MUNICÍPIO QUE CONTINUAM VINCULADOS AO REGIME CLT. SOLICITA AINDA, RELAÇÃO DESTES SERVIDORES, CASO EXISTAM, COM DATA DE INGRESSO NA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2074/2074_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2074/2074_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, POR QUAL MOTIVO NÃO FOI EXECUTADO O PLANO DE TRABALHO PREVISTO NO TERMO DE COMPROMISSO Nº 0351258-29/2011, FIRMADO ENTRE O MUNICÍPIO DE ESTEIO, MINISTÉRIO DAS CIDADES E A CAIXA ECONÔMICA FEDERAL?</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2073/2073_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2073/2073_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE ENCAMINHE A ESTA CASA O QUE SEGUE:_x000D_
 1-	LISTA COMPLETA DOS CURSOS ATUALMENTE MINISTRADOS NA CASA DE CULTURA DE ESTEIO;_x000D_
 2-	CÓPIA DOS CONTRATOS/CONVÊNIOS FIRMADOS PARA UTILIZAÇÃO DO ESPAÇO._x000D_
 </t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2069/2069_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2069/2069_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AS SEGUINTES INFORMAÇÕES E DOCUMENTOS:_x000D_
 1-	QUAIS FORAM OS RECURSOS INVESTIDOS EM MATERIAIS E PESSOAL NA LIMPEZA, SEGURANÇA E OUTROS SERVIÇOS PRESTADOS PELO EXECUTIVO MUNICIPAL NA REALIZAÇÃO DO UNIVERSO ALEGRIA 2013?_x000D_
 2-	QUAL FOI O RETORNO FINANCEIRO, EM TERMOS DE TRIBUTOS AO MUNICÍPIO?_x000D_
           SOLICITA AINDA, A REVISÃO DA LIMPEZA REALIZADA NO ENTORNO DO PARQUE ESTADUAL DE EXPOSIÇÕES ASSIS BRASIL E UM PLANEJAMENTO MAIS ADEQUADO PARA AS PRÓXIMAS ATIVIDADES NO LOCAL, DE FORMA A SER EFETUADA UMA LIMPEZA MAIS ÁGIL E QUALIFICADA. _x000D_
 </t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2065/2065_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2065/2065_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIA DAS ORDENS DE COMPRA E DAS NOTAS FISCAIS EMITIDAS PARA AQUISIÇÃO DAS SACOLAS ECONÔMICAS (CESTAS BÁSICAS) DISTRIBUÍDAS AOS ATINGIDOS PELAS ENCHENTES DOS MESES DE AGOSTO E OUTUBRO DE 2013.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2061/2061_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2061/2061_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIA DAS ANÁLISES REALIZADAS PELA SECRETARIA MUNICIPAL DE SEGURANÇA E MOBILIDADE URBANA, REFERIDAS NOS OFÍCIOS 925, 924, 923, 921, 918/2013-GP, DATADOS DE 03/10/2013.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2059/2059_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2059/2059_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS NOS SEGUINTES LOGRADOUROS:_x000D_
 - RUA LUPICÍNIO RODRIGUES, AO LADO DO Nº 500;_x000D_
 - RUA ALEGRETE, EM FRENTE AO Nº 261;_x000D_
 - RUA ARLINDO BAIERLE, EM FRENTE AO Nº 12;_x000D_
 - RUA DI CAVALCANTI, TODA EXTENSÃO;_x000D_
 - RUA JARDEL FILHO, TODA EXTENSÃO;_x000D_
 - AVENIDA ALBERTO PASQUALINI, TODA EXTENSÃO._x000D_
 </t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2058/2058_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2058/2058_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A SUBSTITUIÇÃO DA LÂMPADA DOS POSTES LOCALIZADOS NA RUA ALVÍCIO NIENOW, EM FRENTE AO Nº 156 E NA RUA DAVID CANABARRO, EM FRENTE AO Nº 315. </t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2056/2056_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2056/2056_texto_integral.docx</t>
   </si>
   <si>
     <t>A REPOSIÇÃO DA COBERTURA ASFÁLTICA SOBRE OS BURACOS LOCALIZADOS NA RUA SOLEDADE, ESQUINA COM A RUA BOM RETIRO E NA RUA ARLINDO BAIERLE, EM FRENTE AO Nº 12.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2055/2055_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2055/2055_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A LIMPEZA DAS MARGENS DO ARROIO ESTEIO NO TRECHO LOCALIZADO NA AVENIDA ALBERTO PASQUALINI. </t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2054/2054_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2054/2054_texto_integral.docx</t>
   </si>
   <si>
     <t>A NOTIFICAÇÃO AOS PROPRIETÁRIOS PARA QUE PROMOVAM A LIMPEZA DOS TERRENOS E PASSEIOS PÚBLICOS LOCALIZADOS NA AVENIDA ALBERTO PASQUALINI, EM FRENTE AO Nº 171, NA RUA ROBERTO SPLITT, EM FRENTE AO Nº 12 E NA RUA ALEGRETE, EM FRENTE AO Nº 271</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2042/2042_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2042/2042_texto_integral.doc</t>
   </si>
   <si>
     <t>A SUSPENSÃO DA COBRANÇA DE IPTU PARA TODOS OS MORADORES QUE TIVERAM SEUS IMÓVEIS ATINGIDOS PELAS ENCHENTES, POR TEMPO INDETERMINADO ATÉ QUE A ADMINISTRAÇÃO PÚBLICA MUNICIPAL RESOLVA OS PROBLEMAS DE ALAGAMENTOS QUE ATINGIRAM A CIDADE NOS ÚLTIMOS DOIS ANOS.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2041/2041_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2041/2041_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE ENCAMINHE A ESTA CASA O QUE SEGUE:_x000D_
 1)	RELAÇÃO DOS JOVENS FORMADOS NO PROTEJO, COM NOME E ENDEREÇO;_x000D_
 2)	CÓPIA DOS CERTIFICADOS DE CONCLUSÃO, COM RECIBO DE ENTREGA E ASSINADO PELOS FORMADOS;_x000D_
 3)	REGISTRO FOTOGRÁFICO DA FORMATURA DE GABINETE DOS JOVENS DO PROTEJO._x000D_
 </t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2040/2040_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2040/2040_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, PORQUE A US DO CAIC NÃO PRESTOU ATENDIMENTO NO DIA 11 DE NOVEMBRO DE 2013?</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2039/2039_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2039/2039_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SE DIGNE INFORMAR A ESTA CASA, O QUE SEGUE:_x000D_
 QUANTAS AUDIÊNCIAS PÚBLICAS FORAM FEITAS PELA ADMINISTRAÇÃO MUNICIPAL DE ESTEIO E/OU COM A PARTICIPAÇÃO DA ADMINISTRAÇÃO MUNICIPAL DE ESTEIO SOBRE O PROJETO DA RODOVIA 448? SOLICITA AINDA, CÓPIA DO RELATÓRIO DA LIMPEZA E MANUTENÇÃO DA BR 116 NO TRECHO DE ESTEIO._x000D_
 </t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2007/2007_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2007/2007_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SE DIGNE INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 1)	A ADMINISTRAÇÃO MUNICIPAL REIVINDICOU JUNTO AO GOVERNO DO ESTADO, EM TEMPO HABIL, A INCLUSÃO DE ESTEIO JUNTO A RELAÇÃO DOS MUNICÍPIOS A SEREM CONTEMPLADOS COM RECURSOS DO PLANO NACIONAL DE GESTÃO DE RISCOS E RESPOSTAS A DESASTRES NATURAIS (PAC PREVENÇÃO)?_x000D_
 CASO POSITIVO, ENVIAR CÓPIA DO PROTOCOLO E DO PROJETO ENVIADO COM AS RESPECTIVAS OBRAS E AÇÕES SOLICITADAS._x000D_
 </t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>Leonardo Pascoal, Rafael Figliero</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2006/2006_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2006/2006_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AS SEGUINTES PROVIDÊNCIAS:_x000D_
 DO VEREADOR LEONARDO PASCOAL, A TROCA DE POSTES LOCALIZADOS NA RUA RIO NEGRO, EM FRENTE AO Nº 20, NA AVENIDA JOÃO PAULO I, EM FRENTE AO Nº 141 E NA RUA DIAS, EM FRENTE AO Nº 90._x000D_
 DO VEREADOR RAFAEL FIGLIERO, A RETIRADA DE DOIS POSTES QUE ESTÃO LOCALIZADOS NA RUA VEREADOR ERNESTO MENEZES, Nº 801. SEGUNDO O VEREADOR, NESTE LOCAL EXISTEM TRÊS POSTES JUNTOS EM FRENTE A RESIDÊNCIA ONDE SOMENTE UM DELES ESTÁ LIGADO A REDE._x000D_
 </t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2005/2005_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2005/2005_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SE DIGNE INFORMAR A ESTA CASA, QUEM AUTORIZOU AS INTERVENÇÕES NOS ARROIOS E NOS CURSOS D&amp;#8217;ÁGUA DE ESTEIO QUE ALTERARAM OS SEUS CURSOS NATURAIS?</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2004/2004_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2004/2004_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIA DAS NOTAS FISCAIS EMITIDAS PARA AQUISIÇÃO DAS TINTAS PARA PINTURA DOS MEIOS-FIOS E FAIXAS DE PEDESTRES DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1918/1918_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1918/1918_texto_integral.docx</t>
   </si>
   <si>
     <t>ESTUDOS PARA CONTRATAÇÃO DE MAIS UM CAMINHÃO HIDRO JATO PARA INTENSIFICAR A DESOBSTRUÇÃO DA REDE DE ESGOTO PLUVIAL NAS REGIÕES AFETADAS PELA ENCHENTE, USANDO VALORES DA RESERVA DE CONTINGÊNCIA, TENDO EM VISTA QUE FOI DECRETADO ESTADO DE CALAMIDADE PÚBLICA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1917/1917_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1917/1917_texto_integral.docx</t>
   </si>
   <si>
     <t>QUESE DIGNE INFORMAR A ESTA CASA, SE CONSTAM NOS CURRÍCULOS ESCOLARES, NOS ESTABELECIMENTOS DA REDE MUNICIPAL DE ENSINO, NOÇÕES GERAIS SOBRE PROCEDIMENTOS DE DEFESA CIVIL. EM CASO AFIRMATIVO, REQUER QUE SEJA INFORMADO COMO OS MESMOS SÃO TRABALHADOS JUNTO AOS ESTUDANTES.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1915/1915_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1915/1915_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, CÓPIA DA LICENÇA DO DEPÓSITO DE RESÍDUOS (BOTA-FORA) LOCALIZADO NA RUA MONTEIRO LOBATO, ESQUINA COM A RUA ARLINDO BAIERLE, NO BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1914/1914_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1914/1914_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA, A RELAÇÃO DE TODAS AS RUAS DO MUNICÍPIO ONDE HOUVE REGISTRO DE ALAGAMENTOS NOS MESES DE AGOSTO, OUTUBRO E NOVEMBRO.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1913/1913_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1913/1913_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJAM SUSPENSAS AS CERIMÔNIAS FÚNEBRES REALIZADAS NA ÚNICA CAPELA MORTUÁRIA EM FUNCIONAMENTO NO CEMITÉRIO MUNICIPAL 02 DE NOVEMBRO E QUE AS MESMAS SEJAM REALIZADAS EM OUTRO LOCAL ADEQUADO PARA TAIS CERIMÔNIAS.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1893/1893_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1893/1893_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE PROVIDENCIE A RECUPERAÇÃO DO ASFALTO DANIFICADO POR OCASIÃO DE OBRAS DA CORSAN, NA RUA GRAVATAÍ, EM FRENTE AO NÚMERO 265, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>A FISCALIZAÇÃO NA AVENIDA ERNESTO DORNELLES AOS DOMINGOS, PELO EXCESSO DE SOM ALTO DOS CARROS, ESTACIONAMENTOS IRREGULARES E VENDA DE BEBIDAS PARA MENORES.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1749/1749_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1749/1749_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A MANUTENÇÃO DO PASSEIO PÚBLICO DANIFICADO PELA EMPRESA, LOCALIZADO NA AVENIDA PADRE ANTONIO VIEIRA, EM FRENTE AO Nº 105. </t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1744/1744_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1744/1744_texto_integral.doc</t>
   </si>
   <si>
     <t>A TROCA DE POSTE LOCALIZADO NA RUA MILTON CAMPOS Nº 81, BAIRRO TAMANDARÉ.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1765/1765_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1765/1765_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE EM ATENDER A REIVINDICAÇÃO DAS CENTENAS DE FAMÍLIAS RESIDENTES NAS IMEDIAÇÕES DAS VILAS NOVA E NAVEGANTES, QUE PRETENDEM UTILIZAR PARTE DO CENTRO COMUNITÁRIO DA VILA NOVA, PARA FUNCIONAMENTO DE UMA CRECHE COMUNITÁRIA.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1766/1766_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1766/1766_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, CÓPIA DA NOTIFICAÇÃO ENVIADA À EMPRESA ALL &amp;#8211; AMERICA LATINA LOGÍSTICA, EXIGINDO A LIMPEZA E O CERCAMENTO DA ÁREA LOCALIZADA NO FINAL DA RUA MONTEIRO LOBATO, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1767/1767_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1767/1767_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA EXCELÊNCIA, SE DIGNE INFORMAR A ESTA CASA, SOBRE AS DIMENSÕES DAS PONTES LOCALIZADAS SOBRE O ARROIO ESTEIO NA RUA RIO GRANDE E DAVI CANABARRO E EM QUE PERÍODO ELAS FORAM CONSTRUÍDAS.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1768/1768_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1768/1768_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, COMO PROCEDEU A SELEÇÃO DO CADASTRO DAS PESSOAS CONTEMPLADAS PELO PROJETO MINHA CASA MINHA VIDA, PARA RESIDIREM NOS CONDOMÍNIOS RENASCER I, RENASCER II E QUARAÍ? SOLICITA AINDA QUE INFORME QUEM ERA O GESTOR DA PASTA RESPONSÁVEL PELO SORTEIO NA ÉPOCA?</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1791/1791_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1791/1791_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINE A PODA DA VEGETAÇÃO QUE ESTA CRESCENDO DESORDENADAMENTE JUNTO AOS FIOS DA REDE ELÉTRICA NA RUA CRUZ ALTA, EM FRENTE AO Nº 87, BAIRRO CENTRO. </t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1708/1708_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1708/1708_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUAIS OS VALORES INVESTIDOS PARA AQUISIÇÃO DAS GALERIAS DE CONCRETO QUE ESTÃO DEPOSITADAS NAS MARGENS DO ARROIO SAPUCAIA, DESDE SETEMBRO DE 2012?</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1753/1753_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1753/1753_texto_integral.docx</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1710/1710_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1710/1710_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, RELAÇÃO COM NOME DOS CONSELHEIROS MUNICIPAIS QUE FORMARAM O CONSELHO MUNICIPAL DE HABITAÇÃO NOS ANOS DE 2004, 2005, 2006, 2007, 2008, 2009, 2010, 2011 E 2012.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1711/1711_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1711/1711_texto_integral.docx</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, CÓPIA DO PROJETO QUE PREVÊ A CONSTRUÇÃO DO DIQUE DE PROTEÇÃO AO PARQUE DE EXPOSIÇÕES ASSIS BRASIL.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, A LISTA DE CONTEMPLADOS PELO PAR (PROGRAMA DE ARRENDAMENTO RESIDENCIAL) FINANCIADO PELA CAIXA ECONÔMICA FEDERAL E COORDENADO PELA PREFEITURA DE ESTEIO.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1715/1715_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1715/1715_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHE A ESTA CASA, CÓPIA DA PRESTAÇÃO DE CONTAS DO PROJETO PROTEJO, INCLUINDO CÓPIAS DE RECIBOS, NOTAS FISCAIS E OUTROS DOCUMENTOS INTEGRANTES DO PROCESSO.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1717/1717_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1717/1717_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINE A SECRETARIA COMPETENTE, A REALIZAÇÃO DE STUDOS PARA POSSIBILITAR A DESTINAÇÃO DA A ÁREA DO ANTIGO CAMPO DA VILA CRUZEIRO PARA CONSTRUÇÃO DE UMA ESCOLA INFANTIL E UMA PRAÇA.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1718/1718_texto_integral.doc</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1718/1718_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SESSÃO ORDINÁRIA DE 10 DE DEZEMBRO, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE, A ALTERAÇÃO NO CÁLCULO DA TAXA DE COLETA DE LIXO, INSTITUIDA PELA ADMINISTRAÇÃO MUNICIPAL ATRAVÉS DA LEI Nº 5.601 DE 2012, NO QUE TANGE ESPECIFICAMENTE A PROPRIETÁRIOS DE APARTAMENTOS, CASAS E TERRENOS BALDIOS. </t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>REITERA A VOSSA EXCELÊNCIA, OS PEDIDOS FORMULADOS ATRAVÉS DOS OFÍCIOS SG NÚMEROS: 034/13; 066/13; 112/13; 147/13; 179/13; 226/13; 279/13; 383/13; 407/13; 431/13; 576/13; 577/13; 631/13; 676/13; 677/13; 737/13; 739/13; 780/13; 784/13; 788/13; 826/13; 846/13; 917/13; 1037/13; 1109/13; 1112/13; 1114/13; 015/13; 018/13; 093/13; 116/13; 155/13; 188/13; 263/13; 358/13; 389/13; 391/13; 420/13; 424/13; 442/13; 444/13; 484/13; 487/13; 538/13; 539/13; 723/13; 729/13; 764/13; 765/13; 768/13; 771/13; 882/13; 883/13; 906/13; 943/13; 956/13; 979/13; 981/13; 983/13; 1012/13; 1017/13; 1045/13; 1046/13; 1060/13; 1062/13; 1063/13; 1065/13; 1066/13; 1067/13; 1084/13; 1085/13; 1086/13; 1087/13; 1088/13; 1089/13; 1115/13; 1116/13; 1117/13; 1118/13.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1639/1639_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1639/1639_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA, A RELAÇÃO DE OBRAS QUE SERÃO REALIZADAS PARA PREVENÇÃO E COMBATE ÀS ENCHENTES DE ESTEIO, COM CRONOGRAMA DE INÍCIO E TÉRMINO DAS MESMAS, BEM COMO VALORES E FONTE DE RECURSOS, CONFORME COMPROMISSO ASSUMIDO DURANTE AUDIÊNCIA PÚBLICA NO DIA 29 DE NOVEMBRO DE 2013. </t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1640/1640_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1640/1640_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA SENHORIA, REFORÇO NA FISCALIZAÇÃO DAS LINHAS INTERMUNICIPAIS DE TRANSPORTE QUE ATENDEM O MUNICÍPIO DE ESTEIO, PRESTADAS PELA EMPRESA REAL RODOVIAS, EM ESPECIAL AS LINHAS SEMI-DIRETAS CANOAS E VILA VARGAS (SAPUCAIA DO SUL).</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1677/1677_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1677/1677_texto_integral.docx</t>
   </si>
   <si>
     <t>SEJA DIVULGADA DE FORMA MAIS EFETIVA OS CANAIS DE COMUNICAÇÃO DA CORPORAÇÃO COM OS MORADORES DA REGIÃO, BEM COMO SE OFEREÇA UMA RESPOSTA MAIS ÁGIL AOS CHAMADOS DOS CIDADÃOS, EM ESPECIAL NO TURNO DA NOITE.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1678/1678_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1678/1678_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA, QUAL O PRAZO PARA ABERTURA NOVO PROCESSO DE LICITAÇÃO/CONSTRUÇÃO DA PASSARELA NA RODOVIA BR 116/RS, PRÓXIMO A EMPRESA SOLAE EM ESTEIO?</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1574/1574_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1574/1574_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA SENHORIA, A COLOCAÇÃO DE UMA PLACA DE &amp;#8220;PARE&amp;#8221;, NA ESQUINA ENTRE AS RUAS ÈRICO VERÍSSIMO E A SÃO BORJA, NO BAIRRO SÃO JOSE.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -12819,67 +12819,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2733/2733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2587/2587_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2533/2533_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2365/2365_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1916/1916_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2162/2162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2679/2679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2157/2157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2158/2158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2159/2159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2160/2160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2161/2161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2155/2155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1971/1971_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2114/2114_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2139/2139_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2299/2299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2301/2301_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2329/2329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2761/2761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2716/2716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2715/2715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2642/2642_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2643/2643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2644/2644_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2645/2645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2616/2616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2807/2807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2808/2808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2809/2809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2811/2811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2812/2812_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2813/2813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2814/2814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2815/2815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2816/2816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2520/2520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2582/2582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2583/2583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2585/2585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2602/2602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2480/2480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2362/2362_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2507/2507_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2503/2503_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2501/2501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2499/2499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2403/2403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2402/2402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2251/2251_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2250/2250_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2140/2140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1953/1953_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1864/1864_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1865/1865_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2048/2048_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1895/1895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1891/1891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1739/1739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1737/1737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1674/1674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1675/1675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1599/1599_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1627/1627_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1628/1628_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1706/1706_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1707/1707_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2113/2113_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2138/2138_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2762/2762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2717/2717_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2609/2609_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2607/2607_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2805/2805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2806/2806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2574/2574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2478/2478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2360/2360_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2361/2361_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2178/2178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2179/2179_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2180/2180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2257/2257_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2001/2001_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2049/2049_texto_integral.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1900/1900_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1897/1897_texto_integral.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1754/1754_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1751/1751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1537/1537_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1538/1538_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1539/1539_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1540/1540_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1544/1544_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1546/1546_texto_integral.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1548/1548_texto_integral.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1549/1549_texto_integral.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1550/1550_texto_integral.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1551/1551_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1552/1552_texto_integral.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1554/1554_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1602/1602_texto_integral.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1603/1603_texto_integral.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1610/1610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1611/1611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1612/1612_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1613/1613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1614/1614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1615/1615_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1616/1616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1617/1617_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1618/1618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1620/1620_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1621/1621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1622/1622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1623/1623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1624/1624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1625/1625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1626/1626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1676/1676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1696/1696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1697/1697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1698/1698_texto_integral.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1699/1699_texto_integral.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1700/1700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1701/1701_texto_integral.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1702/1702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1703/1703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1704/1704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1705/1705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1956/1956_texto_integral.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1957/1957_texto_integral.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1958/1958_texto_integral.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1960/1960_texto_integral.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1963/1963_texto_integral.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1964/1964_texto_integral.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1966/1966_texto_integral.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1967/1967_texto_integral.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1968/1968_texto_integral.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1969/1969_texto_integral.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1970/1970_texto_integral.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2091/2091_texto_integral.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2092/2092_texto_integral.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2093/2093_texto_integral.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2101/2101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2103/2103_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2104/2104_texto_integral.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2105/2105_texto_integral.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2106/2106_texto_integral.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2107/2107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2108/2108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2109/2109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2110/2110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2111/2111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2112/2112_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2130/2130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2131/2131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2132/2132_texto_integral.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2133/2133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2134/2134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2135/2135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2136/2136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2137/2137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2181/2181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2182/2182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2184/2184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2185/2185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2186/2186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2187/2187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2190/2190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2193/2193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2197/2197_texto_integral.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2198/2198_texto_integral.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2200/2200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2204/2204_texto_integral.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2213/2213_texto_integral.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2272/2272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2273/2273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2277/2277_texto_integral.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2278/2278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2279/2279_texto_integral.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2280/2280_texto_integral.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2281/2281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2282/2282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2286/2286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2288/2288_texto_integral.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2289/2289_texto_integral.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2291/2291_texto_integral.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2292/2292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2295/2295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2297/2297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2319/2319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2320/2320_texto_integral.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2321/2321_texto_integral.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2322/2322_texto_integral.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2323/2323_texto_integral.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2325/2325_texto_integral.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2326/2326_texto_integral.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2327/2327_texto_integral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2328/2328_texto_integral.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2787/2787_texto_integral.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2785/2785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2783/2783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2782/2782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2781/2781_texto_integral.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2779/2779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2776/2776_texto_integral.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2769/2769_texto_integral.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2768/2768_texto_integral.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2767/2767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2766/2766_texto_integral.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2765/2765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2764/2764_texto_integral.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2763/2763_texto_integral.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2728/2728_texto_integral.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2727/2727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2726/2726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2725/2725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2724/2724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2723/2723_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2722/2722_texto_integral.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2721/2721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2720/2720_texto_integral.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2718/2718_texto_integral.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2659/2659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2658/2658_texto_integral.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2657/2657_texto_integral.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2656/2656_texto_integral.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2655/2655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2654/2654_texto_integral.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2653/2653_texto_integral.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2652/2652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2651/2651_texto_integral.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2640/2640_texto_integral.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2646/2646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2641/2641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2627/2627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2626/2626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2625/2625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2624/2624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2623/2623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2622/2622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2621/2621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2620/2620_texto_integral.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2619/2619_texto_integral.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2618/2618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2615/2615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2614/2614_texto_integral.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2613/2613_texto_integral.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2612/2612_texto_integral.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2611/2611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2780/2780_texto_integral.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2786/2786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2789/2789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2790/2790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2802/2802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2803/2803_texto_integral.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2804/2804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2569/2569_texto_integral.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2570/2570_texto_integral.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2578/2578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2579/2579_texto_integral.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2573/2573_texto_integral.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2575/2575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2576/2576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2521/2521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2523/2523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2526/2526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2534/2534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2535/2535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2537/2537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2539/2539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2540/2540_texto_integral.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2543/2543_texto_integral.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2547/2547_texto_integral.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2549/2549_texto_integral.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2550/2550_texto_integral.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2551/2551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2554/2554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2553/2553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2590/2590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2591/2591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2592/2592_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2593/2593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2610/2610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2601/2601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2603/2603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2604/2604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2605/2605_texto_integral.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2432/2432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2433/2433_texto_integral.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2434/2434_texto_integral.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2435/2435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2436/2436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2437/2437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2438/2438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2471/2471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2472/2472_texto_integral.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2474/2474_texto_integral.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2475/2475_texto_integral.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2476/2476_texto_integral.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2349/2349_texto_integral.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2350/2350_texto_integral.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2351/2351_texto_integral.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2354/2354_texto_integral.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2355/2355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2356/2356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2358/2358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2359/2359_texto_integral.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2172/2172_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2173/2173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2174/2174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2175/2175_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2176/2176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2177/2177_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2522/2522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2517/2517_texto_integral.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2516/2516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2515/2515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2513/2513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2512/2512_texto_integral.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2511/2511_texto_integral.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2509/2509_texto_integral.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2508/2508_texto_integral.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2470/2470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2469/2469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2468/2468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2466/2466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2464/2464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2462/2462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2422/2422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2421/2421_texto_integral.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2420/2420_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2419/2419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2414/2414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2413/2413_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2412/2412_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2411/2411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2410/2410_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2409/2409_texto_integral.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2408/2408_texto_integral.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2407/2407_texto_integral.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2406/2406_texto_integral.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2368/2368_texto_integral.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2367/2367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2366/2366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2364/2364_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2363/2363_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2307/2307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2304/2304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2303/2303_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2302/2302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2300/2300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2298/2298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2296/2296_texto_integral.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2293/2293_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2290/2290_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2261/2261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2260/2260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2259/2259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2258/2258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2256/2256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2255/2255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2254/2254_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2253/2253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2199/2199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2196/2196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2195/2195_texto_integral.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2194/2194_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2192/2192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2191/2191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2189/2189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2188/2188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2183/2183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2153/2153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2152/2152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2151/2151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2149/2149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2146/2146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2145/2145_texto_integral.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2144/2144_texto_integral.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2142/2142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2028/2028_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2029/2029_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2030/2030_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2031/2031_texto_integral.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2032/2032_texto_integral.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2033/2033_texto_integral.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2034/2034_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2035/2035_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1988/1988_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1989/1989_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1991/1991_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1994/1994_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1995/1995_texto_integral.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1996/1996_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1997/1997_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1998/1998_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1999/1999_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2000/2000_texto_integral.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1937/1937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1938/1938_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1940/1940_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1946/1946_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1947/1947_texto_integral.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1949/1949_texto_integral.docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1950/1950_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1854/1854_texto_integral.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1855/1855_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1856/1856_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1857/1857_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1858/1858_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1859/1859_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1860/1860_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1868/1868_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1861/1861_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1862/1862_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1863/1863_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1816/1816_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1817/1817_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1818/1818_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1819/1819_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1821/1821_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1822/1822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1823/1823_texto_integral.doc" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1824/1824_texto_integral.doc" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1826/1826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1827/1827_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1828/1828_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1829/1829_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1830/1830_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2072/2072_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2053/2053_texto_integral.doc" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2052/2052_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2051/2051_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2050/2050_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2002/2002_texto_integral.doc" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1993/1993_texto_integral.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1992/1992_texto_integral.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1990/1990_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1987/1987_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1985/1985_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1912/1912_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1911/1911_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1910/1910_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1909/1909_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1908/1908_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1907/1907_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1906/1906_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1905/1905_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1904/1904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1903/1903_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1902/1902_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1901/1901_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1899/1899_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1898/1898_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1896/1896_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1894/1894_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1836/1836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1838/1838_texto_integral.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1839/1839_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1840/1840_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1841/1841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1842/1842_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1820/1820_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1808/1808_texto_integral.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1806/1806_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1801/1801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1755/1755_texto_integral.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1792/1792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1793/1793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1794/1794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1795/1795_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1787/1787_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1788/1788_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1789/1789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1790/1790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1721/1721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1724/1724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1725/1725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1726/1726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1727/1727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1728/1728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1729/1729_texto_integral.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1730/1730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1679/1679_texto_integral.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1680/1680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1682/1682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1684/1684_texto_integral.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1685/1685_texto_integral.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1686/1686_texto_integral.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1687/1687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1570/1570_texto_integral.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1571/1571_texto_integral.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1572/1572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1575/1575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1576/1576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1577/1577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1561/1561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1562/1562_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1563/1563_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1559/1559_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/3753/3753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2124/2124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2799/2799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2801/2801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2147/2147_texto_integral.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1629/1629_texto_integral.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1630/1630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1564/1564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1565/1565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1566/1566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1567/1567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1568/1568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1569/1569_texto_integral.doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1867/1867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1557/1557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1560/1560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1631/1631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1632/1632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1633/1633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1634/1634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1635/1635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1636/1636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1637/1637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1638/1638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1876/1876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1977/1977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1980/1980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1981/1981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1871/1871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1872/1872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1873/1873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1874/1874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1875/1875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1877/1877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1878/1878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1880/1880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1983/1983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2120/2120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2121/2121_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2122/2122_texto_integral.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2123/2123_texto_integral.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2148/2148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1984/1984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1986/1986_texto_integral.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2117/2117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2164/2164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2119/2119_texto_integral.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2143/2143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2308/2308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2150/2150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2227/2227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2228/2228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2229/2229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2230/2230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2231/2231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2333/2333_texto_integral.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2305/2305_texto_integral.doc" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2306/2306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2334/2334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2335/2335_texto_integral.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2330/2330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2331/2331_texto_integral.doc" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2381/2381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2608/2608_texto_integral.doc" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2220/2220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2382/2382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2232/2232_texto_integral.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2233/2233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2235/2235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2009/2009_texto_integral.doc" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2473/2473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2477/2477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2125/2125_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2376/2376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1881/1881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2377/2377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2378/2378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2379/2379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2375/2375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2217/2217_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2218/2218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2219/2219_texto_integral.doc" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1922/1922_texto_integral.doc" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2010/2010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2011/2011_texto_integral.doc" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2008/2008_texto_integral.doc" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1886/1886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1887/1887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1885/1885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1884/1884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1882/1882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2043/2043_texto_integral.doc" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2086/2086_texto_integral.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2088/2088_texto_integral.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2044/2044_texto_integral.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2045/2045_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1796/1796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1923/1923_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2046/2046_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2090/2090_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2084/2084_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1762/1762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1843/1843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1844/1844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1764/1764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1763/1763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1740/1740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1738/1738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1736/1736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1756/1756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1757/1757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1758/1758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1759/1759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1760/1760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1761/1761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1583/1583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1584/1584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1735/1735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1734/1734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1585/1585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1586/1586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1587/1587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1588/1588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1589/1589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1597/1597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1590/1590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1591/1591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1594/1594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1593/1593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2688/2688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2639/2639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2796/2796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2798/2798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2671/2671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2800/2800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2793/2793_texto_integral.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2795/2795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2672/2672_texto_integral.doc" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2737/2737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2673/2673_texto_integral.doc" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2674/2674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2681/2681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2675/2675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2738/2738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2676/2676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2682/2682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2684/2684_texto_integral.doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2677/2677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2687/2687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2637/2637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2638/2638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2581/2581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2556/2556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2546/2546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2678/2678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2571/2571_texto_integral.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2572/2572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2163/2163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2118/2118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2686/2686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2332/2332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2380/2380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2222/2222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2012/2012_texto_integral.doc" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1743/1743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1745/1745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1746/1746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2047/2047_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1595/1595_texto_integral.doc" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1596/1596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2565/2565_texto_integral.docx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1709/1709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1530/1530_texto_integral.docx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1533/1533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1534/1534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1535/1535_texto_integral.docx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1536/1536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1598/1598_texto_integral.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1601/1601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1619/1619_texto_integral.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1681/1681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1683/1683_texto_integral.doc" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1688/1688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1689/1689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1690/1690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1691/1691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1692/1692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1693/1693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1694/1694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1695/1695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1929/1929_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1933/1933_texto_integral.docx" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1935/1935_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1939/1939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1941/1941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1943/1943_texto_integral.docx" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1945/1945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1948/1948_texto_integral.docx" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1951/1951_texto_integral.docx" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1952/1952_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1954/1954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2057/2057_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2060/2060_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2063/2063_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2078/2078_texto_integral.docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2085/2085_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2089/2089_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2115/2115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2126/2126_texto_integral.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2127/2127_texto_integral.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2128/2128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2129/2129_texto_integral.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2206/2206_texto_integral.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2208/2208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2215/2215_texto_integral.docx" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2216/2216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2221/2221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2223/2223_texto_integral.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2224/2224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2225/2225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2226/2226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2263/2263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2264/2264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2265/2265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2266/2266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2267/2267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2268/2268_texto_integral.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2269/2269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2270/2270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2271/2271_texto_integral.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2284/2284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2309/2309_texto_integral.docx" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2310/2310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2311/2311_texto_integral.docx" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2312/2312_texto_integral.docx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2313/2313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2314/2314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2315/2315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2316/2316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2318/2318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2324/2324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2792/2792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2791/2791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2788/2788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2736/2736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2735/2735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2734/2734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2732/2732_texto_integral.docx" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2731/2731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2730/2730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2729/2729_texto_integral.docx" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2668/2668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2666/2666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2665/2665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2664/2664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2663/2663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2662/2662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2661/2661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2660/2660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2650/2650_texto_integral.docx" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2649/2649_texto_integral.docx" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2648/2648_texto_integral.docx" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2647/2647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2636/2636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2635/2635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2634/2634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2633/2633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2632/2632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2631/2631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2630/2630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2629/2629_texto_integral.docx" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2628/2628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2617/2617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2771/2771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2772/2772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2775/2775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2778/2778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2558/2558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2559/2559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2560/2560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2561/2561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2563/2563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2564/2564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2577/2577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2566/2566_texto_integral.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2567/2567_texto_integral.docx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2568/2568_texto_integral.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2584/2584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2586/2586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2588/2588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2589/2589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2594/2594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2596/2596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2597/2597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2598/2598_texto_integral.doc" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2599/2599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2600/2600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2415/2415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2416/2416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2423/2423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2424/2424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2425/2425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2426/2426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2427/2427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2428/2428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2429/2429_texto_integral.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2430/2430_texto_integral.docx" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2431/2431_texto_integral.docx" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2439/2439_texto_integral.docx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2236/2236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2237/2237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2238/2238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2239/2239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2240/2240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2241/2241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2242/2242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2243/2243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2244/2244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2245/2245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2246/2246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2247/2247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2248/2248_texto_integral.doc" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2249/2249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2337/2337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2338/2338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2339/2339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2343/2343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2344/2344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2165/2165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2167/2167_texto_integral.doc" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2168/2168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2169/2169_texto_integral.doc" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2170/2170_texto_integral.docx" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2171/2171_texto_integral.docx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2545/2545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2544/2544_texto_integral.docx" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2542/2542_texto_integral.docx" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2538/2538_texto_integral.docx" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2536/2536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2532/2532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2531/2531_texto_integral.doc" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2530/2530_texto_integral.doc" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2529/2529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2528/2528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2525/2525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2524/2524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2404/2404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2374/2374_texto_integral.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2373/2373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2372/2372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2371/2371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2370/2370_texto_integral.docx" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2369/2369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2287/2287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2285/2285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2283/2283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2276/2276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2275/2275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2274/2274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2262/2262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2252/2252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2214/2214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2212/2212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2211/2211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2209/2209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2207/2207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2205/2205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2202/2202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2201/2201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2154/2154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2141/2141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2013/2013_texto_integral.docx" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2014/2014_texto_integral.doc" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2015/2015_texto_integral.doc" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2016/2016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2037/2037_texto_integral.doc" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2018/2018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2019/2019_texto_integral.docx" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2038/2038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2020/2020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2021/2021_texto_integral.docx" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2022/2022_texto_integral.doc" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2023/2023_texto_integral.doc" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2024/2024_texto_integral.doc" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2025/2025_texto_integral.doc" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2026/2026_texto_integral.doc" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2027/2027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1972/1972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1924/1924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1925/1925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1926/1926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1962/1962_texto_integral.docx" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1930/1930_texto_integral.docx" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1931/1931_texto_integral.docx" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1932/1932_texto_integral.docx" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1934/1934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1936/1936_texto_integral.docx" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1845/1845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1846/1846_texto_integral.docx" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1847/1847_texto_integral.docx" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1848/1848_texto_integral.docx" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1849/1849_texto_integral.docx" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1850/1850_texto_integral.docx" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1851/1851_texto_integral.docx" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1852/1852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1853/1853_texto_integral.docx" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1797/1797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1798/1798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1799/1799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1800/1800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1803/1803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1805/1805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1807/1807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1809/1809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1810/1810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1811/1811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1812/1812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1813/1813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1814/1814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1833/1833_texto_integral.docx" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1832/1832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2083/2083_texto_integral.doc" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2082/2082_texto_integral.docx" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2081/2081_texto_integral.docx" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2080/2080_texto_integral.doc" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2079/2079_texto_integral.doc" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2077/2077_texto_integral.doc" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2076/2076_texto_integral.docx" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2075/2075_texto_integral.docx" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2074/2074_texto_integral.docx" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2073/2073_texto_integral.docx" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2069/2069_texto_integral.docx" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2065/2065_texto_integral.docx" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2061/2061_texto_integral.docx" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2059/2059_texto_integral.docx" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2058/2058_texto_integral.docx" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2056/2056_texto_integral.docx" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2055/2055_texto_integral.docx" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2054/2054_texto_integral.docx" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2042/2042_texto_integral.doc" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2041/2041_texto_integral.doc" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2040/2040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2039/2039_texto_integral.doc" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2007/2007_texto_integral.docx" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2006/2006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2005/2005_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2004/2004_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1918/1918_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1917/1917_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1915/1915_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1914/1914_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1913/1913_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1893/1893_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1749/1749_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1744/1744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1765/1765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1766/1766_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1767/1767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1768/1768_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1791/1791_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1708/1708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1753/1753_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1710/1710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1711/1711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1715/1715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1717/1717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1718/1718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1639/1639_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1640/1640_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1677/1677_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1678/1678_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1574/1574_texto_integral.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2733/2733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2587/2587_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2533/2533_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2365/2365_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1916/1916_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2162/2162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2679/2679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2157/2157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2158/2158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2159/2159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2160/2160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2161/2161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2155/2155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1971/1971_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2114/2114_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2139/2139_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2299/2299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2301/2301_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2329/2329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2761/2761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2716/2716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2715/2715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2642/2642_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2643/2643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2644/2644_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2645/2645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2616/2616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2807/2807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2808/2808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2809/2809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2811/2811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2812/2812_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2813/2813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2814/2814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2815/2815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2816/2816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2520/2520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2582/2582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2583/2583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2585/2585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2602/2602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2480/2480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2362/2362_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2507/2507_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2503/2503_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2501/2501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2499/2499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2403/2403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2402/2402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2251/2251_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2250/2250_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2140/2140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1953/1953_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1864/1864_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1865/1865_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2048/2048_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1895/1895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1891/1891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1739/1739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1737/1737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1674/1674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1675/1675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1599/1599_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1627/1627_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1628/1628_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1706/1706_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1707/1707_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2113/2113_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2138/2138_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2762/2762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2717/2717_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2609/2609_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2607/2607_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2805/2805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2806/2806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2574/2574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2478/2478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2360/2360_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2361/2361_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2178/2178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2179/2179_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2180/2180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2257/2257_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2001/2001_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2049/2049_texto_integral.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1900/1900_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1897/1897_texto_integral.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1754/1754_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1751/1751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1537/1537_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1538/1538_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1539/1539_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1540/1540_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1544/1544_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1546/1546_texto_integral.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1548/1548_texto_integral.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1549/1549_texto_integral.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1550/1550_texto_integral.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1551/1551_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1552/1552_texto_integral.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1554/1554_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1602/1602_texto_integral.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1603/1603_texto_integral.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1610/1610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1611/1611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1612/1612_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1613/1613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1614/1614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1615/1615_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1616/1616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1617/1617_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1618/1618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1620/1620_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1621/1621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1622/1622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1623/1623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1624/1624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1625/1625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1626/1626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1676/1676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1696/1696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1697/1697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1698/1698_texto_integral.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1699/1699_texto_integral.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1700/1700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1701/1701_texto_integral.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1702/1702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1703/1703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1704/1704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1705/1705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1956/1956_texto_integral.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1957/1957_texto_integral.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1958/1958_texto_integral.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1960/1960_texto_integral.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1963/1963_texto_integral.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1964/1964_texto_integral.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1966/1966_texto_integral.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1967/1967_texto_integral.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1968/1968_texto_integral.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1969/1969_texto_integral.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1970/1970_texto_integral.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2091/2091_texto_integral.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2092/2092_texto_integral.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2093/2093_texto_integral.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2101/2101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2103/2103_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2104/2104_texto_integral.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2105/2105_texto_integral.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2106/2106_texto_integral.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2107/2107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2108/2108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2109/2109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2110/2110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2111/2111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2112/2112_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2130/2130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2131/2131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2132/2132_texto_integral.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2133/2133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2134/2134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2135/2135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2136/2136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2137/2137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2181/2181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2182/2182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2184/2184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2185/2185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2186/2186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2187/2187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2190/2190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2193/2193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2197/2197_texto_integral.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2198/2198_texto_integral.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2200/2200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2204/2204_texto_integral.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2213/2213_texto_integral.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2272/2272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2273/2273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2277/2277_texto_integral.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2278/2278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2279/2279_texto_integral.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2280/2280_texto_integral.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2281/2281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2282/2282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2286/2286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2288/2288_texto_integral.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2289/2289_texto_integral.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2291/2291_texto_integral.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2292/2292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2295/2295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2297/2297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2319/2319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2320/2320_texto_integral.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2321/2321_texto_integral.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2322/2322_texto_integral.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2323/2323_texto_integral.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2325/2325_texto_integral.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2326/2326_texto_integral.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2327/2327_texto_integral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2328/2328_texto_integral.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2787/2787_texto_integral.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2785/2785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2783/2783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2782/2782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2781/2781_texto_integral.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2779/2779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2776/2776_texto_integral.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2769/2769_texto_integral.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2768/2768_texto_integral.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2767/2767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2766/2766_texto_integral.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2765/2765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2764/2764_texto_integral.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2763/2763_texto_integral.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2728/2728_texto_integral.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2727/2727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2726/2726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2725/2725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2724/2724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2723/2723_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2722/2722_texto_integral.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2721/2721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2720/2720_texto_integral.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2718/2718_texto_integral.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2659/2659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2658/2658_texto_integral.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2657/2657_texto_integral.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2656/2656_texto_integral.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2655/2655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2654/2654_texto_integral.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2653/2653_texto_integral.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2652/2652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2651/2651_texto_integral.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2640/2640_texto_integral.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2646/2646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2641/2641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2627/2627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2626/2626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2625/2625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2624/2624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2623/2623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2622/2622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2621/2621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2620/2620_texto_integral.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2619/2619_texto_integral.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2618/2618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2615/2615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2614/2614_texto_integral.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2613/2613_texto_integral.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2612/2612_texto_integral.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2611/2611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2780/2780_texto_integral.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2786/2786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2789/2789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2790/2790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2802/2802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2803/2803_texto_integral.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2804/2804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2569/2569_texto_integral.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2570/2570_texto_integral.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2578/2578_texto_integral.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2579/2579_texto_integral.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2573/2573_texto_integral.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2575/2575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2576/2576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2521/2521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2523/2523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2526/2526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2534/2534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2535/2535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2537/2537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2539/2539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2540/2540_texto_integral.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2543/2543_texto_integral.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2547/2547_texto_integral.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2549/2549_texto_integral.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2550/2550_texto_integral.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2551/2551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2554/2554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2553/2553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2590/2590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2591/2591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2592/2592_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2593/2593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2610/2610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2601/2601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2603/2603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2604/2604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2605/2605_texto_integral.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2432/2432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2433/2433_texto_integral.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2434/2434_texto_integral.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2435/2435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2436/2436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2437/2437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2438/2438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2471/2471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2472/2472_texto_integral.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2474/2474_texto_integral.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2475/2475_texto_integral.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2476/2476_texto_integral.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2349/2349_texto_integral.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2350/2350_texto_integral.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2351/2351_texto_integral.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2354/2354_texto_integral.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2355/2355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2356/2356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2358/2358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2359/2359_texto_integral.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2172/2172_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2173/2173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2174/2174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2175/2175_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2176/2176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2177/2177_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2522/2522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2517/2517_texto_integral.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2516/2516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2515/2515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2513/2513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2512/2512_texto_integral.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2511/2511_texto_integral.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2509/2509_texto_integral.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2508/2508_texto_integral.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2470/2470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2469/2469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2468/2468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2466/2466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2464/2464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2462/2462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2422/2422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2421/2421_texto_integral.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2420/2420_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2419/2419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2414/2414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2413/2413_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2412/2412_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2411/2411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2410/2410_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2409/2409_texto_integral.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2408/2408_texto_integral.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2407/2407_texto_integral.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2406/2406_texto_integral.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2368/2368_texto_integral.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2367/2367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2366/2366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2364/2364_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2363/2363_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2307/2307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2304/2304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2303/2303_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2302/2302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2300/2300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2298/2298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2296/2296_texto_integral.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2293/2293_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2290/2290_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2261/2261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2260/2260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2259/2259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2258/2258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2256/2256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2255/2255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2254/2254_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2253/2253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2199/2199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2196/2196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2195/2195_texto_integral.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2194/2194_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2192/2192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2191/2191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2189/2189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2188/2188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2183/2183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2153/2153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2152/2152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2151/2151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2149/2149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2146/2146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2145/2145_texto_integral.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2144/2144_texto_integral.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2142/2142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2028/2028_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2029/2029_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2030/2030_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2031/2031_texto_integral.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2032/2032_texto_integral.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2033/2033_texto_integral.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2034/2034_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2035/2035_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1988/1988_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1989/1989_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1991/1991_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1994/1994_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1995/1995_texto_integral.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1996/1996_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1997/1997_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1998/1998_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1999/1999_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2000/2000_texto_integral.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1937/1937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1938/1938_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1940/1940_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1946/1946_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1947/1947_texto_integral.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1949/1949_texto_integral.docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1950/1950_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1854/1854_texto_integral.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1855/1855_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1856/1856_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1857/1857_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1858/1858_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1859/1859_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1860/1860_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1868/1868_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1861/1861_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1862/1862_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1863/1863_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1816/1816_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1817/1817_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1818/1818_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1819/1819_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1821/1821_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1822/1822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1823/1823_texto_integral.doc" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1824/1824_texto_integral.doc" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1826/1826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1827/1827_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1828/1828_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1829/1829_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1830/1830_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2072/2072_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2053/2053_texto_integral.doc" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2052/2052_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2051/2051_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2050/2050_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2002/2002_texto_integral.doc" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1993/1993_texto_integral.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1992/1992_texto_integral.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1990/1990_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1987/1987_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1985/1985_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1912/1912_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1911/1911_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1910/1910_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1909/1909_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1908/1908_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1907/1907_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1906/1906_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1905/1905_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1904/1904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1903/1903_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1902/1902_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1901/1901_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1899/1899_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1898/1898_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1896/1896_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1894/1894_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1836/1836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1838/1838_texto_integral.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1839/1839_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1840/1840_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1841/1841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1842/1842_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1820/1820_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1808/1808_texto_integral.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1806/1806_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1801/1801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1755/1755_texto_integral.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1792/1792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1793/1793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1794/1794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1795/1795_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1787/1787_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1788/1788_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1789/1789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1790/1790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1721/1721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1724/1724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1725/1725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1726/1726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1727/1727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1728/1728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1729/1729_texto_integral.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1730/1730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1679/1679_texto_integral.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1680/1680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1682/1682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1684/1684_texto_integral.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1685/1685_texto_integral.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1686/1686_texto_integral.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1687/1687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1570/1570_texto_integral.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1571/1571_texto_integral.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1572/1572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1575/1575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1576/1576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1577/1577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1561/1561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1562/1562_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1563/1563_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1559/1559_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/3753/3753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2124/2124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2799/2799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2801/2801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2147/2147_texto_integral.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1629/1629_texto_integral.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1630/1630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1564/1564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1565/1565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1566/1566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1567/1567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1568/1568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1569/1569_texto_integral.doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1867/1867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1557/1557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1560/1560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1631/1631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1632/1632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1633/1633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1634/1634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1635/1635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1636/1636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1637/1637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1638/1638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1876/1876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1977/1977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1980/1980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1981/1981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1871/1871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1872/1872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1873/1873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1874/1874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1875/1875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1877/1877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1878/1878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1880/1880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1983/1983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2120/2120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2121/2121_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2122/2122_texto_integral.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2123/2123_texto_integral.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2148/2148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1984/1984_texto_integral.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1986/1986_texto_integral.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2117/2117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2164/2164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2119/2119_texto_integral.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2143/2143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2308/2308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2150/2150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2227/2227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2228/2228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2229/2229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2230/2230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2231/2231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2333/2333_texto_integral.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2305/2305_texto_integral.doc" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2306/2306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2334/2334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2335/2335_texto_integral.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2330/2330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2331/2331_texto_integral.doc" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2381/2381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2608/2608_texto_integral.doc" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2220/2220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2382/2382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2232/2232_texto_integral.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2233/2233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2235/2235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2009/2009_texto_integral.doc" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2473/2473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2477/2477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2125/2125_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2376/2376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1881/1881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2377/2377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2378/2378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2379/2379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2375/2375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2217/2217_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2218/2218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2219/2219_texto_integral.doc" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1922/1922_texto_integral.doc" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2010/2010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2011/2011_texto_integral.doc" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2008/2008_texto_integral.doc" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1886/1886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1887/1887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1885/1885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1884/1884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1882/1882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2043/2043_texto_integral.doc" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2086/2086_texto_integral.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2088/2088_texto_integral.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2044/2044_texto_integral.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2045/2045_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1796/1796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1923/1923_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2046/2046_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2090/2090_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2084/2084_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1762/1762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1843/1843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1844/1844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1764/1764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1763/1763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1740/1740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1738/1738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1736/1736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1756/1756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1757/1757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1758/1758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1759/1759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1760/1760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1761/1761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1583/1583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1584/1584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1735/1735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1734/1734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1585/1585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1586/1586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1587/1587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1588/1588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1589/1589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1597/1597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1590/1590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1591/1591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1594/1594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1593/1593_texto_integral.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2688/2688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2639/2639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2796/2796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2798/2798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2671/2671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2800/2800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2793/2793_texto_integral.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2795/2795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2672/2672_texto_integral.doc" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2737/2737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2673/2673_texto_integral.doc" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2674/2674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2681/2681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2675/2675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2738/2738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2676/2676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2682/2682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2684/2684_texto_integral.doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2677/2677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2687/2687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2637/2637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2638/2638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2581/2581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2556/2556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2546/2546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2678/2678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2571/2571_texto_integral.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2572/2572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2163/2163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2118/2118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2686/2686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2332/2332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2380/2380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2222/2222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2012/2012_texto_integral.doc" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1743/1743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1745/1745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1746/1746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2047/2047_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1595/1595_texto_integral.doc" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1596/1596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2565/2565_texto_integral.docx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1709/1709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1530/1530_texto_integral.docx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1533/1533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1534/1534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1535/1535_texto_integral.docx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1536/1536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1598/1598_texto_integral.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1601/1601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1619/1619_texto_integral.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1681/1681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1683/1683_texto_integral.doc" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1688/1688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1689/1689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1690/1690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1691/1691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1692/1692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1693/1693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1694/1694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1695/1695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1929/1929_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1933/1933_texto_integral.docx" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1935/1935_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1939/1939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1941/1941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1943/1943_texto_integral.docx" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1945/1945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1948/1948_texto_integral.docx" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1951/1951_texto_integral.docx" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1952/1952_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1954/1954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2057/2057_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2060/2060_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2063/2063_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2078/2078_texto_integral.docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2085/2085_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2089/2089_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2115/2115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2126/2126_texto_integral.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2127/2127_texto_integral.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2128/2128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2129/2129_texto_integral.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2206/2206_texto_integral.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2208/2208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2215/2215_texto_integral.docx" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2216/2216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2221/2221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2223/2223_texto_integral.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2224/2224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2225/2225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2226/2226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2263/2263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2264/2264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2265/2265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2266/2266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2267/2267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2268/2268_texto_integral.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2269/2269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2270/2270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2271/2271_texto_integral.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2284/2284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2309/2309_texto_integral.docx" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2310/2310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2311/2311_texto_integral.docx" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2312/2312_texto_integral.docx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2313/2313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2314/2314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2315/2315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2316/2316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2318/2318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2324/2324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2792/2792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2791/2791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2788/2788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2736/2736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2735/2735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2734/2734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2732/2732_texto_integral.docx" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2731/2731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2730/2730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2729/2729_texto_integral.docx" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2668/2668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2666/2666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2665/2665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2664/2664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2663/2663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2662/2662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2661/2661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2660/2660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2650/2650_texto_integral.docx" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2649/2649_texto_integral.docx" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2648/2648_texto_integral.docx" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2647/2647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2636/2636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2635/2635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2634/2634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2633/2633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2632/2632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2631/2631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2630/2630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2629/2629_texto_integral.docx" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2628/2628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2617/2617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2771/2771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2772/2772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2775/2775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2778/2778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2558/2558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2559/2559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2560/2560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2561/2561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2563/2563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2564/2564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2577/2577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2566/2566_texto_integral.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2567/2567_texto_integral.docx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2568/2568_texto_integral.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2584/2584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2586/2586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2588/2588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2589/2589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2594/2594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2596/2596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2597/2597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2598/2598_texto_integral.doc" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2599/2599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2600/2600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2415/2415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2416/2416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2423/2423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2424/2424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2425/2425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2426/2426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2427/2427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2428/2428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2429/2429_texto_integral.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2430/2430_texto_integral.docx" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2431/2431_texto_integral.docx" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2439/2439_texto_integral.docx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2236/2236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2237/2237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2238/2238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2239/2239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2240/2240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2241/2241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2242/2242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2243/2243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2244/2244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2245/2245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2246/2246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2247/2247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2248/2248_texto_integral.doc" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2249/2249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2337/2337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2338/2338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2339/2339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2343/2343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2344/2344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2165/2165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2167/2167_texto_integral.doc" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2168/2168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2169/2169_texto_integral.doc" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2170/2170_texto_integral.docx" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2171/2171_texto_integral.docx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2545/2545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2544/2544_texto_integral.docx" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2542/2542_texto_integral.docx" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2538/2538_texto_integral.docx" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2536/2536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2532/2532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2531/2531_texto_integral.doc" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2530/2530_texto_integral.doc" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2529/2529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2528/2528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2525/2525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2524/2524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2404/2404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2374/2374_texto_integral.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2373/2373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2372/2372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2371/2371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2370/2370_texto_integral.docx" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2369/2369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2287/2287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2285/2285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2283/2283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2276/2276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2275/2275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2274/2274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2262/2262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2252/2252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2214/2214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2212/2212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2211/2211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2209/2209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2207/2207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2205/2205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2202/2202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2201/2201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2154/2154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2141/2141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2013/2013_texto_integral.docx" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2014/2014_texto_integral.doc" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2015/2015_texto_integral.doc" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2016/2016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2037/2037_texto_integral.doc" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2018/2018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2019/2019_texto_integral.docx" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2038/2038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2020/2020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2021/2021_texto_integral.docx" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2022/2022_texto_integral.doc" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2023/2023_texto_integral.doc" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2024/2024_texto_integral.doc" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2025/2025_texto_integral.doc" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2026/2026_texto_integral.doc" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2027/2027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1972/1972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1924/1924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1925/1925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1926/1926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1962/1962_texto_integral.docx" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1930/1930_texto_integral.docx" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1931/1931_texto_integral.docx" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1932/1932_texto_integral.docx" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1934/1934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1936/1936_texto_integral.docx" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1845/1845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1846/1846_texto_integral.docx" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1847/1847_texto_integral.docx" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1848/1848_texto_integral.docx" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1849/1849_texto_integral.docx" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1850/1850_texto_integral.docx" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1851/1851_texto_integral.docx" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1852/1852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1853/1853_texto_integral.docx" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1797/1797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1798/1798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1799/1799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1800/1800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1803/1803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1805/1805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1807/1807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1809/1809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1810/1810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1811/1811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1812/1812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1813/1813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1814/1814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1833/1833_texto_integral.docx" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1832/1832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2083/2083_texto_integral.doc" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2082/2082_texto_integral.docx" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2081/2081_texto_integral.docx" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2080/2080_texto_integral.doc" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2079/2079_texto_integral.doc" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2077/2077_texto_integral.doc" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2076/2076_texto_integral.docx" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2075/2075_texto_integral.docx" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2074/2074_texto_integral.docx" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2073/2073_texto_integral.docx" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2069/2069_texto_integral.docx" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2065/2065_texto_integral.docx" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2061/2061_texto_integral.docx" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2059/2059_texto_integral.docx" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2058/2058_texto_integral.docx" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2056/2056_texto_integral.docx" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2055/2055_texto_integral.docx" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2054/2054_texto_integral.docx" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2042/2042_texto_integral.doc" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2041/2041_texto_integral.doc" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2040/2040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2039/2039_texto_integral.doc" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2007/2007_texto_integral.docx" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2006/2006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2005/2005_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/2004/2004_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1918/1918_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1917/1917_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1915/1915_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1914/1914_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1913/1913_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1893/1893_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1749/1749_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1744/1744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1765/1765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1766/1766_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1767/1767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1768/1768_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1791/1791_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1708/1708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1753/1753_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1710/1710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1711/1711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1715/1715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1717/1717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1718/1718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1639/1639_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1640/1640_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1677/1677_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1678/1678_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2013/1574/1574_texto_integral.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1030"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="136.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>