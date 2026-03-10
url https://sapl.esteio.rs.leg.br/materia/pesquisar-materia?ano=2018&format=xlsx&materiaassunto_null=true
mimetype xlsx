--- v0 (2026-01-12)
+++ v1 (2026-03-10)
@@ -54,8155 +54,8155 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7119</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Mário Couto</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7119/7119_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7119/7119_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DENOMINA COMO UBS DR. PAULO JUSTIANO LUCENA BORGES A UNIDADE BÁSICA DE SAÚDE LOCALIZADA NA AVENIDA JOÃO NEVES DA FONTOURA, N° 347, BAIRRO PARQUE CLARET&amp;#8221;. </t>
   </si>
   <si>
     <t>7125</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Fernanda Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7125/7125_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7125/7125_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI CICLOS DE PALESTRAS SOBRE A PREVENÇÃO DE DOENÇAS SEXUALMENTE TRANSMISSÍVEIS E GRAVIDEZ PRECOCE NA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>7126</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Rute Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7126/7126_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7126/7126_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI O BANCO MUNICIPAL DE EQUIPAMENTOS HOSPITALARES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>7129</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7129/7129_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7129/7129_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A PERMISSÃO DA VISITAÇÃO DE ANIMAIS DOMÉSTICOS E DE ESTIMAÇÃO EM HOSPITAIS PRIVADOS, PÚBLICOS CONTRATADOS, CONVENIADOS E CADASTRADOS NO SISTEMA ÚNICO DE SAÚDE &amp;#8211; SUS.&amp;#8221;. </t>
   </si>
   <si>
     <t>7140</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Luiz Duarte, Mário Couto</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7140/7140_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7140/7140_texto_integral.docx</t>
   </si>
   <si>
     <t>DO DIA 06 DE FEVEREIRO, ENCAMINHA A VOSSA EXCELÊNCIA O ANTEPROJETO DE LEI EM ANEXO, QUE &amp;#8220;ESTABELECE A OBRIGATORIEDADE DO PODER EXECUTIVO MUNICIPAL DE ESTEIO NO FORNECIMENTO DE PULSEIRA DE IDENTIFICAÇÃO PARA PACIENTES CRÔNICOS PORTADORES DE DOENÇAS COMO ALZHEIMER, PARKINSON, EPILEPSIA, AUTISTAS, IDOSOS E QUALQUER PESSOA EM SITUAÇÃO DE VULNERABIDADE.&amp;#8221;.</t>
   </si>
   <si>
     <t>7153</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Luiz Duarte</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7153/7153_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7153/7153_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;CRIA O PROGRAMA MUNICIPAL DENOMINADO ESTEIO SUSTENTÁVEL, DE INCENTIVO À MICROGERAÇÃO E MINIGERAÇÃO DE ENERGIA FOTOVOLTAICA NAS UNIDADES PREDIAIS E TERRITORIAIS URBANAS, BEM COMO DISPÕE SOBRE OUTRAS POLÍTICAS PÚBLICAS AMBIENTALMENTE SUSTENTÁVEIS E ECOLOGICAMENTE CORRETAS&amp;#8221;</t>
   </si>
   <si>
     <t>7168</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7168/7168_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7168/7168_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE O ABONO DE FALTAS E O NÃO DESCONTO DOS BENEFÍCIOS DE FUNCIONÁRIOS PÚBLICOS MUNICIPAIS QUE APRESENTAREM ATESTADO MÉDICO DE DOAÇÃO DE SANGUE E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;. </t>
   </si>
   <si>
     <t>7219</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7219/7219_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7219/7219_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ORGANIZAÇÃO E IMPLANTAÇÃO DE GRÊMIOS ESTUDANTIS NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>7222</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7222/7222_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7222/7222_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A OBRIGATORIEDADE DE REMOÇÃO DOS CABOS E FIAÇÃO AÉREA, EXCEDENTES E SEM USO, INSTALADOS POR CONCESSIONÁRIAS QUE OPERAM OU UTILIZAM REDE AÉREA NO MUNICÍPIO DE ESTEIO.&amp;#8221;</t>
   </si>
   <si>
     <t>7230</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7230/7230_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7230/7230_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A OBRIGATORIEDADE DE REMOÇÃO DOS CABOS E FIAÇÃO AÉREA, EXCEDENTES E SEM USO, INSTALADOS POR CONCESSIONÁRIAS QUE OPERAM OU UTILIZAM REDE AÉREA NO MUNICÍPIO DE ESTEIO&amp;#8221;. </t>
   </si>
   <si>
     <t>7317</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Sandro Severo</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7317/7317_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7317/7317_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A OBRIGATORIEDADE DAS UNIDADES BÁSICAS DE SAÚDE  E UNIDADES DE PRONTO ATENDIMENTO DO MUNICÍPIO DE ESTEIO A FIXAREM CARTAZES INFORMATIVOS A ESCALA DE MÉDICOS E SUAS RESPECTIVAS ESPECIALIDADES&amp;#8221;. </t>
   </si>
   <si>
     <t>7330</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/</t>
+    <t>http://sapl.esteio.rs.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A REALIZAÇÃO DE EXAMES OFTALMOLÓGICOS E DE AUDIOMETRIA EM ALUNOS DA REDE PÚBLICA MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;. </t>
   </si>
   <si>
     <t>7346</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7346/7346_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7346/7346_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE RECICLAGEM AMBIENTAL PARTICIPATIVA E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7369</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Felipe Costella</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7369/7369_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7369/7369_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI A CAMPANHA DE PREVENÇÃO AO SUICÍDIO, DENOMINADA &amp;#8220;SETEMBRO AMARELO&amp;#8221;, NO MUNICÍPIO DE ESTEIO.&amp;#8221;. </t>
   </si>
   <si>
     <t>7390</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Euclides Castro, Mário Couto</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7390/7390_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7390/7390_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI A SEMANA DA SAÚDE DA COLUNA VERTEBRAL, E REALIZAÇÃO DO TESTE DE AVALIAÇÃO ORTOPÉDICA DA COLUNA &amp;#8211; TESTE MINUTO &amp;#8211; NAS ESCOLAS MUNICIPAIS DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;. </t>
   </si>
   <si>
     <t>7432</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7432/7432_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7432/7432_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;CRIA PROGRAMA DE CAPACITAÇÃO E CONSCIENTIZAÇÃO ANUAL DO AUTISMO PARA OS PROFESSORES DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL.&amp;#8221;. </t>
   </si>
   <si>
     <t>7436</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Mário Couto, Rute Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7436/7436_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7436/7436_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI O PROGRAMA DEZEMBRO VERMELHO PARA FINS DE CONSCIENTIZAÇÃO E PREVENÇÃO DA AIDS NO ÂMBITO DO MUNICPÍO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;. </t>
   </si>
   <si>
     <t>7455</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7455/7455_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7455/7455_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI O CENTRO DE REFERÊNCIA AO DIABÉTICO E AO HIPERTENSO NO ÂMBITO DO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;. </t>
   </si>
   <si>
     <t>7457</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7457/7457_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7457/7457_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;CRIA O PROGRAMA &amp;#8220;CACHORRÓDROMO&amp;#8221;, ESPECIALMENTE JUNTO AOS ESPAÇOS PÚBLICOS, NO ÂMBITO DO MUNICÍPIO DE ESTEIO, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;. </t>
   </si>
   <si>
     <t>7458</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7458/7458_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7458/7458_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;TORNA OBRIGATÓRIO O REGISTRO NO PRONTUÁRIO MÉDICO DOS INDÍCIOS DE VIOLÊNCIA CONTRA A MULHER, PARA FINS DE ESTATÍSTICA E PREVENÇÃO.&amp;#8221;. </t>
   </si>
   <si>
     <t>7484</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7484/7484_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7484/7484_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;CRIA PROGRAMA DE INCENTIVO À PRÁTICA DE COMPOSTAGEM DE RESÍDUOS ORGÂNICOS EM DOMICÍLIOS PARTICULARES, INSTITUIÇÕES PÚBLICAS OU PRIVADAS E EM CONDOMÍNIO RESIDENCIAIS OU COMERCIAIS, NO MUNICÍPIO DE ESTEIO.&amp;#8221;. </t>
   </si>
   <si>
     <t>7485</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7485/7485_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7485/7485_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A INFORMATIZAÇÃO DA CARTEIRA DE VACINAÇÃO.&amp;#8221;. </t>
   </si>
   <si>
     <t>7486</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7486/7486_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7486/7486_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI O DIA MUNICIPAL DE DOAR NO ÂMBITO DO MUNICIPIO DE ESTEIO.&amp;#8221;. </t>
   </si>
   <si>
     <t>7623</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7623/7623_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7623/7623_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITAM QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;INSTITUI O PROJETO DOADORES DO FUTURO&amp;#8221;. </t>
   </si>
   <si>
     <t>7627</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7627/7627_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7627/7627_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR FELIPE COSTELLA, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITAM QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO, O TORNEIO DE FUTEBOL DE MESA EM ESTEIO&amp;#8221;. </t>
   </si>
   <si>
     <t>7637</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7637/7637_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7637/7637_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA RUTE PEREIRA, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITAM QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;CRIA O PROGRAMA DE COMBATE AO ASSÉDIO SEXUAL NO TRANSPORTE COLETIVO&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7638</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Felipe Costella, Rute Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7638/7638_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7638/7638_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DOS VEREADORES RUTE PEREIRA E  FELIPE COSTELLA, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITAM QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;INSTITUI A SEMANA MUNICIPAL DA JUVENTUDE NO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>7640</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITAM QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;CRIA O PROGRAMA DOMINGOS DE LAZER NO MUNICÍPIO DE ESTEIO&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>7641</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7641/7641_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7641/7641_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITAM QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;INSTITUI PRECEITOS NORMATIVOS NO ÂMBITO DO MUNICÍPIO DE ESTEIO, DISPONDO SOBRE A RESPONSABILIZAÇÃO ADMINISTRATIVA DE PESSOAS JURÍDICAS PELA PRÁTICA DE ATOS CONTRA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL&amp;#8221;. </t>
   </si>
   <si>
     <t>7702</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7702/7702_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7702/7702_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITAM QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;INSTITUI O MÊS &amp;#8220;MAIO AMARELO&amp;#8221; PARA FINS DE PREVENÇÃO E CONSCIENTIZAÇÃO DA PREVENÇÃO AOS ACIDENTES DE TRÂNSITO&amp;#8221;. </t>
   </si>
   <si>
     <t>7703</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7703/7703_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7703/7703_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITAM QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;INSTITUI O MÊS &amp;#8220;ABRIL LARANJA&amp;#8221; PARA FINS DE CONSCENTIZAÇÃO E PREVENÇÃO DA CRUELDADE CONTRA OS ANIMAIS&amp;#8221;. </t>
   </si>
   <si>
     <t>7709</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>Márcio Alemão, Mário Couto, Rute Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7709/7709_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7709/7709_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO PROPOSIÇÃO DO VEREADOR MÁRIO CELENTE COUTO, SUBSCRITO PELA VEREADORA RUTE PEREIRA, APROVADA EM SESSÃO ORDINÁRIA DO DIA 15 DE JANEIRO, ENCAMINHA A VOSSA EXCELÊNCIA O ANTEPROJETO DE LEI EM ANEXO, QUE &amp;#8220;INSTITUI A GUARDA DE FISCALIZAÇÃO AMBIENTAL &amp;#8211; GFA AOS FINAIS DE SEMANA E FERIADOS, NO ÂMBITO DO MUNICIPIO DE ESTEIO, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. PARA QUE SEJA ANALISADA A POSSIBILIDADE DE RETORNAR A ESTA CASA, NA FORMA DE PROJETO DE LEI. A JUSTIFICATIVA SEGUE JUNTO AO ANTEPROJETO.</t>
   </si>
   <si>
     <t>7721</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7721/7721_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7721/7721_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO PROPOSIÇÃO DO VEREADOR FELIPE COSTELLA, APROVADA EM SESSÃO ORDINÁRIA DO DIA 15 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA O ANTEPROJETO DE LEI EM ANEXO, QUE &amp;#8220;DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE COLETA DE MEDICAMENTOS IMPRÓPRIOS PARA CONSUMO NO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. PARA QUE SEJA ANALISADA A POSSIBILIDADE DE RETORNAR A ESTA CASA, NA FORMA DE PROJETO DE LEI. A JUSTIFICATIVA SEGUE JUNTO AO ANTEPROJETO.</t>
   </si>
   <si>
     <t>7406</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EAP</t>
   </si>
   <si>
     <t>Emenda Aditiva a Projeto de Lei</t>
   </si>
   <si>
     <t>CCJR - Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7406/7406_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7406/7406_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PARÁGRAFO ÚNICO NO ARTIGO 2º NO PROJETO 022/2018 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O USO DE ÁREA DE TERRAS QUE ESPECIFICAM EM PROL DA ASSOCIAÇÃO LAR DE IDOSOS PAZ E AMOR.</t>
   </si>
   <si>
     <t>7495</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7495/7495_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7495/7495_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA AO PROJETO DE LEI Nº 84/2018 - EXPEDIENTE Nº 89/2018 </t>
   </si>
   <si>
     <t>7581</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7581/7581_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7581/7581_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A., E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7123</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Sandro Severo, Ari Zanoni, Euclides Castro, Felipe Costella, Fernanda Fernandes, Leo Dahmer, Luiz Duarte, Márcio Alemão, Mário Couto, Rute Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7123/7123_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7123/7123_texto_integral.docx</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SENHORA  MARIA DE LOURDES GUEDES TAFFARELL OCORRIDO EM 27 DE JANEIRO DE 2018.</t>
   </si>
   <si>
     <t>7124</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Márcio Alemão, Euclides Castro, Leo Dahmer, Luiz Duarte, Rute Pereira, Sandro Severo</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7124/7124_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7124/7124_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO A VOSSA EXCELÊNCIA PELA AUTORIZAÇÃO DO REAJUSTE DE 94% NA PASSAGEM DA TRENSURB.</t>
   </si>
   <si>
     <t>7163</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7163/7163_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7163/7163_texto_integral.docx</t>
   </si>
   <si>
     <t>PROFUNDO PESAR PELO FALECIMENTO DA SENHORA EVA SOPHER OCORRIDO NO ÚLTIMO DIA 07.</t>
   </si>
   <si>
     <t>7223</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7223/7223_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7223/7223_texto_integral.docx</t>
   </si>
   <si>
     <t>PARABENIZA O EXECUTIVO MUNICIPAL PELO EVENTO ALUSIVO AOS 63º ANIVERSÁRIO DE ESTEIO E A COROAÇÃO E APRESENTAÇÃO DOS SAMBAS ENREDOS QUE ABRILHANTARAM O CARNAVAL DE NOSSA CIDADE, REALIZADOS NO DOMINGO, DIA 25/02.</t>
   </si>
   <si>
     <t>7321</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Fernanda Fernandes, Ari Zanoni, Euclides Castro, Felipe Costella, Leo Dahmer, Luiz Duarte, Márcio Alemão, Mário Couto, Rute Pereira, Sandro Severo</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7321/7321_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7321/7321_texto_integral.docx</t>
   </si>
   <si>
     <t>PARABENIZAÇÃO A VOSSA SENHORIA, PRESIDENTE DA LEFFA, PELO TORNEIO DE FUTSAL FEMININO ALUSIVO AO DIA INTERNACIONAL DA MULHER, REALIZADO NO ÚLTIMO DOMINGO.</t>
   </si>
   <si>
     <t>7323</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7323/7323_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7323/7323_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PARABENIZAÇÃO A VOSSA EXCELÊNCIA DEPUTADA ESTADUAL, POR TER SIDO A PRIMEIRA MULHER A PRESIDIR O PODER LEGISLATIVO, EM 180 ANOS DE HISTÓRIA.</t>
   </si>
   <si>
     <t>7363</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Márcio Alemão, Ari Zanoni, Euclides Castro, Leo Dahmer, Luiz Duarte, Mário Couto, Rute Pereira, Sandro Severo</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7363/7363_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7363/7363_texto_integral.docx</t>
   </si>
   <si>
     <t>PESAR E SOLIDARIEDADE PELA MORTE DA VEREADORA MARIELLE FRANCO &amp;#8211; PSOL.</t>
   </si>
   <si>
     <t>7364</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Leo Dahmer</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7364/7364_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7364/7364_texto_integral.docx</t>
   </si>
   <si>
     <t>REPÚDIO CONTRA O FATO DA EXCELENTÍSSIMA DESEMBARADORA, DIVULGAR EM SUAS REDES SOCIAIS, NOTÍCIAS COM CONTEÚDOS FALSOS QUE DIFAMAVAM A VEREADORA MARIELLE FRANCO - PSOL, CRUELMENTE EXECUTADA NO DIA 14 DE MARÇO, NA CIDADE DO RIO DE JANEIRO.</t>
   </si>
   <si>
     <t>7397</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7397/7397_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7397/7397_texto_integral.docx</t>
   </si>
   <si>
     <t>PARABENIZAÇÃO AO MUNICÍPIO DE ARAMBARÉ, REPRESENTADO POR VOSSA EXCELÊNCIA, PELOS 25 ANOS DE EMANCIPAÇÃO POLÍTICA, OCORRIDA NO ÚLTIMO DIA 20.</t>
   </si>
   <si>
     <t>7398</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>Sandro Severo, Rute Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7398/7398_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7398/7398_texto_integral.docx</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SENHORA ADELIA BETTANIN OCORRIDO EM 25 DE MARÇO DE 2018.</t>
   </si>
   <si>
     <t>7429</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Márcio Alemão, Leo Dahmer, Luiz Duarte, Mário Couto, Sandro Severo</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7429/7429_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7429/7429_texto_integral.docx</t>
   </si>
   <si>
     <t>PROFUNDO PESAR PELO FALECIMENTO DO SENHOR HÉLIO DE FREITAS ALVES OCORRIDO NESTA MESMA DATA.</t>
   </si>
   <si>
     <t>7459</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Euclides Castro</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7459/7459_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7459/7459_texto_integral.docx</t>
   </si>
   <si>
     <t>PARABENIZAÇÃO A VOSSA SENHORIA, PELO EXCELENTE TRABALHO QUE VEM REALIZANDO COM A ASSOCIAÇÃO.</t>
   </si>
   <si>
     <t>7460</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t xml:space="preserve">PARABENIZAÇÃO A VOSSA SENHORIA PRESIDENTE DA ASSOC. DE PAIS E AMIGOS DAS PESSOAS COM DEFICIÊNCIA DE ESTEIO (APAPEDE), E EQUIPE DIRETIVA, PELO EXCELENTE TRABALHO QUE VEM REALIZANDO À FRENTE DESTA INDISPENSÁVEL CASA DE SAÚDE._x000D_
  	_x000D_
 </t>
   </si>
   <si>
     <t>7461</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t xml:space="preserve">PARABENIZAÇÃO A VOSSA SENHORIA DIRETOR ADMINISTRATIVO DA FSPSCE, E EQUIPE DIRETIVA, PELO EXCELENTE TRABALHO QUE VEM REALIZANDO À FRENTE DESTA INDISPENSÁVEL CASA DE SAÚDE._x000D_
  	_x000D_
 </t>
   </si>
   <si>
     <t>7481</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Leo Dahmer, Euclides Castro, Luiz Duarte, Márcio Alemão, Rute Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7481/7481_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7481/7481_texto_integral.docx</t>
   </si>
   <si>
     <t>PESAR E SOLIDARIEDADE PELA MORTE DO SR. CARLOS MUSSKOPF, CONHECIDO COMO PASTOR CALI.</t>
   </si>
   <si>
     <t>7531</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7531/7531_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7531/7531_texto_integral.docx</t>
   </si>
   <si>
     <t>PARABENIZA VOSSA EXCELÊNCIA, SR. LEONARDO PASCOAL E SUAS EQUIPES PELO DESENVOLVIMENTO DE APLICATIVO DE SMARTPHONE DA PREFEITURA MUNICIPAL, INTITULADO DE &amp;#8220;FISCALE.VC&amp;#8221;.</t>
   </si>
   <si>
     <t>7583</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7583/7583_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7583/7583_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE ESTEIO ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES DA CUNHA, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SUBSCRITA PELOS DEMAIS VEREADORES, ENCAMINHA MOÇÃO DE PARABENIZAÇÃO A VOSSA SENHORIA, PELA REALIZAÇÃO DA SEMANA DE VALORIZAÇÃO DA VIDA.</t>
   </si>
   <si>
     <t>7628</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7628/7628_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7628/7628_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE ESTEIO ACOLHENDO REQUERIMENTO DOS VEREADORES SANDRO SEVERO, RUTE PEREIRA E FELIPE COSTELLA, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, LHE ENCAMINHAM MOÇÃO DE PARABENIZAÇÃO A VOSSA SENHORIA QUE NESTA SEMANA APRESENTOU EM SUA TESE DE DOUTORADO UM SOFTWARE PARA QUE PESSOAS QUE NÃO TEM MOVIMENTO NENHUM POSSAM ESCREVER. VOSSA SENHORIA É UM EXEMPLO DE SUPERAÇÃO. BACHAREL EM PSCICOLOGIA PELA UNIVERSIDADE LUTERANA DO BRASIL (2001) E MESTRE EM EDUCAÇÃO PELA UNIVERSIDADE FEDERAL DO RIO GRANDE DO SUL (2013). </t>
   </si>
   <si>
     <t>7629</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7629/7629_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7629/7629_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE ESTEIO ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, PARABENIZAM A LOJA MAÇONICA ALDEBARAN PELA RECUPERAÇÃO DA PRAÇA IRMÃO EGÍDIO. </t>
   </si>
   <si>
     <t>7631</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Márcio Alemão</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7631/7631_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7631/7631_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE ESTEIO ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO DA BANCADA DO PT, APRESENTADO EM SESSÃO ORDINÁRIA DE  03 DE MAIO, MANIFESTA O SEU PROFUNDO PESAR PELO FALECIMENTO DA SENHORA MARLENE INES DE BRITO RODRIGUES OCORRIDO NO DIA 03 DE MAIO</t>
   </si>
   <si>
     <t>7705</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7705/7705_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7705/7705_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL DE ESTEIO ACOLHENDO REQUERIMENTO DA VEREADORA RUTE PEREIRA, DA BANCADA DO MDB, SUBSCRITO POR TODOS OS VEREADORES DA CASA, APRESENTADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, ENCAMINHA MOÇÃO DE PESAR A VOSSA SENHORIA E TODA SUA FAMÍLIA PELO FALECIMENTO DO MENINO FILIPE KAMOHARA TEIXEIRA, OCORRIDO NO ÚLTIMO DIA 07 DE MAIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7706</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7706/7706_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7706/7706_texto_integral.docx</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE ESTEIO ACOLHENDO REQUERIMENTO DA VEREADORA RUTE PERERIA DA BANCADA DO MDB, APROVADO EM SESSÃO ORDINÁRIA DE 8 DE MAIO, ENCAMINHA MOÇÃO DE PARABENIZAÇÃO A VOSSA SENHORIA PELO EXCELENTE TRABALHO REALIZADO EM PROL DA COMUNIDADE ESTEIENSE, E, EM ESPECIAL, DESTACAR SOBRE OS RECENTES CASOS DE ABUSO SEXUAL NA CIDADE, EM QUE A ENTIDADE FOI PROTAGONISTA EM CAPTURAR TAIS CRIMINOSOS, PRESTANDO UM ADMIRÁVEL TRABALHO PELA SEGURANÇA DOS INDIVÍDUOS.</t>
   </si>
   <si>
     <t>7707</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7707/7707_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7707/7707_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL DE ESTEIO ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO DA BANCADA DO PT, SUBSCRITO PELOS VEREADORES ARI ZANONI (PSB), EUCLIDES CASTRO (PP), FERNANDA FERNANDES (PP), MÁRIO COUTO (PDT), RUTE PEREIRA (MDB) E SANDRO SEVERO (PSB), APRESENTADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, MANIFESTA O SEU PROFUNDO PESAR PELO FALECIMENTO DO SENHOR FÁBIO ANDRÉ KOFF, EX-PRESIDENTE DO GRÊMIO FOOT-BALL PORTOALEGRENSE._x000D_
 </t>
   </si>
   <si>
     <t>7750</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>CSMA - Saúde, Meio Ambiente e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7750/7750_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7750/7750_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE ESTEIO ACOLHENDO REQUERIMENTO DA COMISSÃO DE SAÚDE, MEIO AMBIENTE E ASSISTÊNCIA SOCIAL, SUBSCRITO POR TODOS OS VEREADORES DA CASA, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, ENCAMINHA MOÇÃO DE APOIO A VOSSAS SENHORIAS PELA INICIATIVA DA PROPOSTA DE REDUÇÃO A 0% DOS IMPOSTOS DOS MEDICAMENTOS NO BRASIL, SRA. PATRICIA FISCBORN E SR. JORGE LUIZ WINCKLER.</t>
   </si>
   <si>
     <t>7783</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7783/7783_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7783/7783_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">                   A CÂMARA MUNICIPAL DE ESTEIO ACOLHENDO REQUERIMENTO DA VEREADORA RUTE PEREIRA DA BANCADA DO MDB, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, ENCAMINHA MOÇÃO DE PARABENIZAÇÃO A VOSSA SENHORIA PELO EXCELENTE TRABALHO PRESTADO AOS PACIENTES DO NOSOCÔMIO MUNICIPAL SÃO CAMILO, EM ESPECIAL, A PEDIDO DESTA E SEUS FAMILIARES, AS CIRURGIAS BEM SUCEDIDAS DE VARIZES E NAS PERNAS, REALIZADAS NA SENHORA CINTIA JAQUELINE SCHIES EM 01/11/2016 E 02/05/2018, RESPECTIVAMENTE. ENALTECEMOS SUA DEDICAÇÃO, LEMBRANDO QUE VOSSA SENHORIA É NOTORIAMENTE CONHECIDO PELO ATENDIMENTO  ATENCIOSO QUE DISPENSA AOS SEUS PACIENTES, REALMENTE PREOCUPANDO-SE COM A SAÚDE DOS MESMOS. </t>
   </si>
   <si>
     <t>7087</t>
   </si>
   <si>
     <t>PDI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7087/7087_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7087/7087_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA EXCELÊNCIA INFORME QUAL A DÍVIDA QUE O GOVERNO DO ESTADO TINHA COM O HOSPITAL SÃO CAMILO QUANDO ASSUMIU ESTE MANDATO NA PREFEITURA E QUAL É A DÍVIDA ATUAL.</t>
   </si>
   <si>
     <t>7099</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7099/7099_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7099/7099_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORME QUAL FOI O REPASSE DO GOVERNO DO ESTADO AO HOSPITAL SÃO CAMILO EM 2017 E QUAL É A PREVISÃO DO REPASSE AO HOSPITAL SÃO CAMILO NO PERÍODO DE 2018.</t>
   </si>
   <si>
     <t>7100</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7100/7100_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7100/7100_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORME AS PERSPECTIVAS E PRAZOS PARA A REGULAMENTAÇÃO DA RUA OSCARITO NO TRECHO ENTRE AS RUAS 1° DE MARÇO E JOÃO GOULART.</t>
   </si>
   <si>
     <t>7101</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7101/7101_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7101/7101_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAÇÃO SOBRE AS MEDIDAS QUE VEM SENDO TOMADAS PARA O CONTROLE DO MOSQUITO AEDES AEGYPT, INSETO CAUSADOR DO VÍRUS DA  DENGUE, ZIKA VÍRUS, FEBRE AMARELA E CHIKUNGUNYA.  </t>
   </si>
   <si>
     <t>7102</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7102/7102_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7102/7102_texto_integral.docx</t>
   </si>
   <si>
     <t>CÓPIA EM MEIO DIGITAL DA LOA 2017 ATÉ O DIA 31 DE DEZEMBRO DE 2017.</t>
   </si>
   <si>
     <t>7121</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7121/7121_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7121/7121_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE VOSSA SENHORIA SUPERINTENDENTE REGIONAL DO TRABALHO - RS, INFORME O QUE SEGUE:_x000D_
 &amp;#8226; QUANTAS EMPRESAS NO MUNICÍPIO DE ESTEIO CUMPREM A LEGISLAÇÃO DO PROGRAMA DO JOVEM APRENDIZ?_x000D_
 &amp;#8226; DESTAS EMPRESAS, QUAIS OS TIPOS DE SEGMENTOS DAS MESMAS?_x000D_
 &amp;#8226; QUANTOS JOVENS SÃO BENEFICIADOS COM O PROGRAMA?_x000D_
 </t>
   </si>
   <si>
     <t>7154</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7154/7154_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7154/7154_texto_integral.docx</t>
   </si>
   <si>
     <t>O MUNICÍPIO PLANEJA A INSTALAÇÃO DE CÂMERAS DE VIDEOMONITORAMENTO NOS ACESSOS DA CIDADE, PRINCIPALMENTE NO BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>7155</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7155/7155_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7155/7155_texto_integral.docx</t>
   </si>
   <si>
     <t>QUAL O PERCENTUAL DE CUMPRIMENTO DAS TRÊS MIL HORAS MÊS, CONTRATADAS COM A EMMED, ANUNCIADAS PELA PREFEITURA EM 19 DE SETEMBRO DE 2017, NOS PERÍODOS DE NOVEMBRO, DEZEMBRO E JANEIRO. QUANTAS HORAS DE FATO FORAM CONTRATADAS NESSE PERÍODO E QUAL A ESPECIALIDADE.</t>
   </si>
   <si>
     <t>7156</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7156/7156_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7156/7156_texto_integral.docx</t>
   </si>
   <si>
     <t>JÁ ESTÁ EM FUNCIONAMENTO O RETORNO DO ATENDIMENTO A CONVÊNIOS E PARTICULARES NA FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO. CASO NÃO ESTEJA, QUAL O MOTIVO?</t>
   </si>
   <si>
     <t>7157</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7157/7157_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7157/7157_texto_integral.docx</t>
   </si>
   <si>
     <t>QUAIS SÃO AS ENTIDADES PARCEIRAS QUE OFERECEM SERVIÇOS GRATUITOS PARA PESSOAS COM DEFICIÊNCIA FÍSICA DE QUALQUER ORIGEM, COMO EMPRÉSTIMOS DE MULETAS, CADEIRAS DE RODAS, CAMAS HOSPITALARES E OUTROS FINS</t>
   </si>
   <si>
     <t>7165</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7165/7165_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7165/7165_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR O QUE SEGUE:_x000D_
 QUAIS OS PROCEDIMENTOS ADOTADOS PARA O CHAMAMENTO PÚBLICO, CONFORME DETERMINADO NA LEI Nº 13.019/2014, ART. 2º, XII, QUE ORIENTOU A ASSOCIAÇÃO EDUCAR PARA A PRESTAÇÃO DOS SERVIÇOS EDUCACIONAIS?_x000D_
 </t>
   </si>
   <si>
     <t>7169</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7169/7169_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7169/7169_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR O QUE SEGUE:_x000D_
 QUAIS SÃO AS INFORMAÇÕES OFICIAIS REFERENTE A NOMENCLATURA DA RUA, LOCALIZADA NO FINAL DA RUA PELOTAS, DOBRANDO NO TRECHO À ESQUERDA, NA BEIRA DO ARROIO, NO BAIRRO LIBERDADE?_x000D_
 </t>
   </si>
   <si>
     <t>7198</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7198/7198_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7198/7198_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUAL A JUSTIFICATIVA DO AUMENTO DO REPASSE MENSAL AOS POSTOS DE TRABALHO DE MONITOR DE EDUCAÇÃO DA EMPRESA EDUCAR?_x000D_
 </t>
   </si>
   <si>
     <t>7199</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7199/7199_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7199/7199_texto_integral.docx</t>
   </si>
   <si>
     <t>QUAL A PERSPECTIVA E O PLANEJAMENTO DA PREFEITURA PARA A REALIZAÇÃO DO RECAPEAMENTO ASFÁLTICO NA RUA RIO GRANDE, NO TRECHO COMPREENDIDO ENTRE A ESQUINA DA RUA ÉRICO VERÍSSIMO ATÉ A RÓTULA DA AVENIDA BRASIL?</t>
   </si>
   <si>
     <t>7200</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7200/7200_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7200/7200_texto_integral.docx</t>
   </si>
   <si>
     <t>QUAL O MÉTODO DE DIVULGAÇÃO QUE SERÁ ADOTADO PARA ATENDER O QUE DETERMINA A LEI MUNICIPAL Nº 6.716, DE 13 DE DEZEMBRO DE 2017?</t>
   </si>
   <si>
     <t>7225</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7225/7225_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7225/7225_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MEDIDA ADOTADA PELA DIREÇÃO ADMINISTRATIVA DA FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO, EXPRESSA NA ORDEM DE SERVIÇO Nº 02/2018, QUE DETERMINA A PROIBIÇÃO DE CONSUMO DE ALIMENTOS E BEBIDAS NOS POSTOS DE TRABALHO E A GUARDA DE ALIMENTOS EM LOCAIS NÃO DESTINADOS PARA ESTE FIM. COM A MEDIDA, OS FUNCIONÁRIOS LEVANTAM AS SEGUINTES QUESTÕES:_x000D_
 _x000D_
 1)	COMO SERÁ REGULADO O ACESSO A ÁGUA?_x000D_
 2)	COMO IRÁ FUNCIONAR PARA OS TRABALHADORES QUE FAZEM ESCALAS DE 12/36 HORAS DO TURNO DA NOITE?_x000D_
 3)	AS REGRAS TAMBÉM SERÃO VÁLIDAS PARA O GABINETE DA DIREÇÃO DO HOSPITAL?_x000D_
 4)	A NR32 TAMBÉM PREVÊ, QUE EMPREGADOR TEM QUE FORNECER UNIFORMES E CALÇADOS ADEQUADOS PARA CADA TRABALHADOR A CADA SEIS MESES. ESSA PARTE DA NORMA TAMBÉM ENTRARÁ EM VIGOR A PARTIR DE 1º DE MARÇO. _x000D_
 </t>
   </si>
   <si>
     <t>7226</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7226/7226_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7226/7226_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORME SE A CORSAN POSSUI LICENCIAMENTO AMBIENTAL DO MUNICÍPIO PARA SUAS OPERAÇÕES NO TERRENO DA RUA AURÉLIO PORTO, NA VILA OSÓRIO. E CASO POSSUA, PARA QUAL TIPO DE RESÍDUOS.</t>
   </si>
   <si>
     <t>7320</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7320/7320_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7320/7320_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REITERANDO O PEDIDO REALIZADO NO REQUERIMENTO 001/2018, DATADA EM 30/01/2018, SOLICITO AS SEGUINTES INFORMAÇÕES:_x000D_
 &amp;#8226; QUANTAS EMPRESAS NO MUNICÍPIO DE ESTEIO CUMPREM A LEGISLAÇÃO DO PROGRAMA DO JOVEM APRENDIZ?_x000D_
 &amp;#8226; DESTAS EMPRESAS, QUAIS OS TIPOS DE SEGMENTOS DAS MESMAS?_x000D_
 &amp;#8226; QUANTOS JOVENS SÃO BENEFICIADOS COM O PROGRAMA?_x000D_
 </t>
   </si>
   <si>
     <t>7388</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7388/7388_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7388/7388_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUAL OPERAÇÃO DA PREFEITURA QUE ESTÁ DESIGNANDO LIXO NA ÁREA ONDE ESTÁ SENDO CONSTRUIDO O ECOPONTO, NO BAIRRO NOVO ESTEIO. TAMBÉM INFORME SE A DISPENSA DOS MATERIAIS TEM AUTORIZAÇÃO DO MUNICÍPIO E SE OS ÓRGÃO RESPONSÁVEIS TEM CONHECIMENTO QUE O LIXO DEPOSITADO TEM SIDO QUEIMADO SISTEMATICAMENTE. </t>
   </si>
   <si>
     <t>7389</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7389/7389_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7389/7389_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORME O QUE SEGUE:_x000D_
 * SE O SISTEMA DE VIDEOMONITORAMENTO ESTÁ EM PLENO FUNCIONAMENTO NO MUNICÍPIO DE ESTEIO? INFORMAR A QUANTIDADE DE EQUIPAMENTOS EXISTENTES E ONDE ESTÃO SITUADOS._x000D_
 * CASO NÃO ESTEJAM EM FUNCIONAMENTO AS CÂMERAS, INFORMAR A QUANTIDADE DESSAS QUE ESTÃO DESLIGADAS OU EM MANUTENÇÃO E A DATA DAS ÚLTIMAS GRAVAÇÕES EFETUADAS PELAS MESMAS._x000D_
 </t>
   </si>
   <si>
     <t>7392</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7392/7392_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7392/7392_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORME OS MOTIVOS DA EMISSÃO DE FORTE ODOR QUÍMICO EMITIDO, PRINCIPALMENTE NOS DIAS 24 E 25 DE MARÇO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>7393</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7393/7393_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7393/7393_texto_integral.docx</t>
   </si>
   <si>
     <t>MUDANÇAS NAS ROTINAS DE TRABALHO QUE POSSAM TER CAUSADO A EMISSÃO DE FORTE ODOR OCAOSIONADO POR PRODUTOS QUÍMICOS EMITIDO, PRINCIPALMENTE NOS DIAS 24 E 25 DE MARÇO DO CORRENTE ANO, ASSIM COMO A SITUAÇÃO DE SEGURANÇA DO FUNCIONAMENTO DA PLANTA DA REFINARIA ALBERTO PASQUALINI.</t>
   </si>
   <si>
     <t>7394</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7394/7394_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7394/7394_texto_integral.docx</t>
   </si>
   <si>
     <t>AS CÂMERA DE MONITORAMENTO DA RUA RIO GRANDE, NAS PROXIMIDADES DO CONDOMÍNIO PÔR DO SOL ESTÁ EM FUNCIONAMENTO. CASO ESTEJA, QUAL O PERÍODO QUE O MUNICÍPIO GUARDA AS IMAGENS. CASO NÃO ESTEJA, QUE INFORME QUAL O PERÍODO DAS ÚLTIMAS IMAGENS GRAVADAS.</t>
   </si>
   <si>
     <t>7395</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7395/7395_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7395/7395_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORME SE OUVE E QUAL O PERCENTUAL DE AUMENTO NO ATENDEIMENTO DE PESSOAS NAS UNIDADES BÁSICAS DE SAÚDE POR COMPLICAÇÕES RESPIRATÓRIAS A PATIR DO DIA 20 DE MARÇO, DO CORRENTE ANO, ATÉ A PRESENTE DATA, DIA 27.</t>
   </si>
   <si>
     <t>7396</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7396/7396_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7396/7396_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORME SE OUVE E QUAL O PERCENTUAL DE AUMENTO NO ATENDIMENTO DE PESSOAS NA FUNDAÇÃO HOSPITAL SÃO CAMILO POR COMPLICAÇÕES RESPIRATÓRIAS A PARTIR DO DIA 20 DE MARÇO, DO CORRENTE ANO, ATÉ A PRESENTE DATA, DIA 27.</t>
   </si>
   <si>
     <t>7426</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7426/7426_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7426/7426_texto_integral.docx</t>
   </si>
   <si>
     <t>QUAL O CRITÉRIO QUE SERÁ ADOTADO PELA SECRETARIA MUNICIPAL DE EDUCAÇÃO AO NOMEAR POR PORTARIA A COMISSÃO QUE FARÁ A SELEÇÃO DOS CANDIDATOS A VAGAS NA EDUCAÇÃO INFANTIL?</t>
   </si>
   <si>
     <t>7427</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7427/7427_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7427/7427_texto_integral.docx</t>
   </si>
   <si>
     <t>CRONOGRAMA DE OBRAS E PRAZO DE EXECUÇÃO PARA A CONTINUIDADE DAS OBRAS ESTRUTURANTES DE COMBATE ÀS CHEIAS, ESPECIFICAMENTE DAS BACIAS DE CONTENÇÃO QUE ORGANIZAM OS FLUXOS EXCEDENTES DECORRENTES DE ENXURRADAS DA PARTE ALTA DA BACIA DO ARROIO SAPUCAIA, QUE ATINGEM O BAIRRO JARDIM DAS FIGUEIRAS?</t>
   </si>
   <si>
     <t>7428</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7428/7428_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7428/7428_texto_integral.docx</t>
   </si>
   <si>
     <t>CONTRATO DE DRAGAGEM, DESASSOREAMENTO E MANUTENÇÃO DOS ARROIOS DE ESTEIO CONTEMPLA A REGIÃO DO BAIRRO JARDIM DAS FIGUEIRAS?</t>
   </si>
   <si>
     <t>7490</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7490/7490_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7490/7490_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">FALTA DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPIS) PARA AS EQUIPES DA SECRETARIA DE OBRAS, EM ESPECIAL PARA A EQUIPE DE MANUTENÇÃO ELÉTRICA. </t>
   </si>
   <si>
     <t>7492</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7492/7492_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7492/7492_texto_integral.docx</t>
   </si>
   <si>
     <t>QUAL A UTILIZAÇÃO PRETENTIDA PELA PREFEITURA DO PAVILHÃO DA COOPERATIVA DE CATADORES LOCALIZADO NO FINAL DA RUA 29 DE DEZEMBRO, NO PARQUE PRIMAVERA.</t>
   </si>
   <si>
     <t>7496</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7496/7496_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7496/7496_texto_integral.docx</t>
   </si>
   <si>
     <t>QUAL A SITUAÇÃO DO PROCESSO DE REGULARIZAÇÃO DA RUA DALVA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>7646</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7646/7646_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7646/7646_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFOME SOBRE OS PROCEDIMENTOS ADOTADOS E FORNEÇA A DOCUMENTAÇÃO COMPROVANDO O CHAMAMENTO PÚBLICO, CONFORME DETERMINADO NA LEI N° 13.019/2014, ART. 2º. XII, QUE ORIENTOU A ASSOCIAÇÃO EDUCACIONAL EDUCAR PARA A PRESTAÇÃO DE SERVIÇOS, TENDO EM VISTA A APROVAÇÃO DO PROJETO DE LEI 12/2018, EXPEDIENTE N° 12/2018, QUE &amp;#8220;AUTORIZA O MUNICÍPIO DE ESTEIO A FIRMAR PARCERIA COM A ASSOCIAÇÃO EDUCACIONAL EDUCAR, EM REGIME DE MÚTUA COLABORAÇÃO, VISANDO A EDUCAÇÃO BÁSICA NO ANO DE 2018, COM BASE NA INEXIGIBILIDADE PREVISTA NA LEI 13.019/2014, ART. 31, II, PELO PRAZO DE (ONZE) MESES, PODENDO SER RENOVADA ATÉ O LIMITE DE 60 (SESSENTA) MESES, BEM COMO COM BASE NO ART. 27, §2°, F, DO REGIMENTO INTERNO DESTA CASA.</t>
   </si>
   <si>
     <t>7647</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7647/7647_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7647/7647_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFOME QUAIS OS SERVIÇOS E QUAIS AS FORMAS DE CONTRATAÇÃO DO MUNICÍPIO ADOTADAS PARA A EMPRESA EDUCAMAX._x000D_
 </t>
   </si>
   <si>
     <t>7648</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7648/7648_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7648/7648_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFOME QUEM RESPONDE LEGALMENTE E PEDAGOGICAMENTE PELA EMPRESA EDUCAR, RECENTEMENTE CONTRATADA PELO MUNICÍPIO PARA SERVIÇOS DE TERCEIRIZAÇÃO NAS ÁREAS DA EDUCAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7649</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7649/7649_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7649/7649_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME QUANDO SERÁ REALIZADA A CHAMADA DOS PROFESSORES DA EDUCAÇÃO INFANTIL E DE ENSINO FUNDAMENTAL NA ÁREA UM.</t>
   </si>
   <si>
     <t>7650</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7650/7650_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7650/7650_texto_integral.docx</t>
   </si>
   <si>
     <t>7651</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7651/7651_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7651/7651_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME  QUANTOS CONTRATOS VIGENTES O MUNICIPIO POSSUI COM PROFESSORES NAS ÁREAIS 1 ENGLOBANDO A EDUCAÇÃO INFANTIL E O ENSINO FUNDAMENTAL. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7695</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7695/7695_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7695/7695_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME  SOBRE O ACOMPANHAMENTO E AÇÕES DO MUNICÍPIO REFERENTES AO LAUDO TÉCNICO ELABORADO A PARTIR DO INQUÉRITO CIVIL N° 00768.00005/2015, QUE CONFIRMA QUE HOUVE FALHAS NAS OBRAS DA REDE DE ESGOTO CLOACAL REALIZADAS PELA CORSAN NO BAIRRO NOVO ESTEIO, GERANDO ALTO CUSTO PARA OS MUNÍCIPES. EM ANEXO CONSTA O DOCUMENTO ENVIADO PELA OAB AO MINISTÉRIO PÚBLICO, SOLICITANDO MAIS FISCALIZAÇÃO E CLAREZA NAS INFORMAÇÕES FORNECIDAS PELA CORSAN AOS MORADORES DO BAIRRO.</t>
   </si>
   <si>
     <t>7696</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7696/7696_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7696/7696_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA SENHORIA INFORME REFERENTE AO LAUDO TÉCNICO ELABORADO A PARTIR DO INQUÉRITO CIVIL 000768.00005/2015, QUE CONFIRMA A PREOCUPAÇÃO DOS MORADORES DO BAIRRO NOVO ESTEIO QUANTO ÀS OBRAS DA REDE DE ESGOTO CLOACAL REALIZADAS PELA COMPANHIA.</t>
   </si>
   <si>
     <t>7715</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7715/7715_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7715/7715_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME ÀS RESPOSTAS AOS PEDIDOS DE INFORMAÇÃO ATRAVÉS DOS OFICIOS N°S 865/2017, 634/2017, 578/2017 E AO REQUERIMENTO N° 828/2017. </t>
   </si>
   <si>
     <t>7719</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7719/7719_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7719/7719_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME O MOTIVO QUE OS POSTOS DE SAÚDE ENCONTRAM-SE SEM VIGIAS? QUANDO RETORNARÁ A NORMALIDADE?_x000D_
 </t>
   </si>
   <si>
     <t>7720</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7720/7720_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7720/7720_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME O MOTIVO DA SUSPENSÃO DOS SERVIÇOS DE VIGIA COM A EMPRESA TERCEIRIZADA LABORAL, QUE SUSPENDEU OS TRABALHOS ABRUPTAMENTE COM O MUNICÍPIO, DEIXANDO DÚVIDAS SOBRE QUESTÕES TRABALHISTAS QUE ESTÃO GERANDO COMOÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>7751</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7751/7751_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7751/7751_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME QUANDO SERÁ FEITA A PAVIMENTAÇÃO PARA MELHORIA DO ACESSO NA RUA 29 DE DEZEMBRO, BAIRRO PARQUE PRIMAVERA.</t>
   </si>
   <si>
     <t>7752</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7752/7752_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7752/7752_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA SENHORIA INFORME SOBRE A IMPOSSIBILIDADE DE SER UTILIZADA A QUANTIA DE R$ 62.000,00 ( SESSENTA E DOIS MIL REAIS), VERBA ESTA QUE FOI ENVIADA PARA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA COBERTA DA ESCOLA ESTADUAL DE ENSINO MÉDIO, BAIRRO DO PARQUE, R. CLÁRICE LISPECTOR, 163 &amp;#8211; NOVO ESTEIO, QUE ESTÁ BLOQUEADA DESDE 2012.</t>
   </si>
   <si>
     <t>7753</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7753/7753_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7753/7753_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME OS VALORES QUE SERÃO GASTOS NA ADEQUAÇÃO DO PRÉDIO ALUGADO PARA ABRIGAR INSTALAÇÕES DA SECRETARIA DA SAÚDE &amp;#8211; NA AVENIDA  PADRE CLARET, Nº 666, CONTENDO A PLANILHA ORÇAMENTÁRIA E O PROJETO ELABORADO PELA EQUIPE RESPONSÁVEL. QUE TAMBÉM INFORME A FORMA COMO SERÃO REALIZADOS OS SERVIÇOS, SE POR EQUIPE PRÓPRIA OU EMPRESA CONTRATADA &amp;#8211; E NESTE CASO, TAMBÉM COMUNIQUE OS DADOS DA CONTRATADA.</t>
   </si>
   <si>
     <t>7754</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7754/7754_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7754/7754_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME SE EXISTE ALGUM ATRASO E COMO ESTÁ O REPASSE DOS RECURSOS DO GOVERNO DO ESTADO PARA A SECRETARIA MUNICIPAL DA SAÚDE.</t>
   </si>
   <si>
     <t>7755</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7755/7755_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7755/7755_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME O MOTIVO QUE AFETOU O ORÇAMENTO DO MUNICIPIO DETERMINANDO O MENOR REAJUSTE DOS SERVIDORES NA REGIÃO? HOUVE QUEDA NA ARRECADAÇÃO? QUAL O IMPACTO DAS ISENÇÕES FISCAIS DE EMPRESAS NO ORÇAMENTO?</t>
   </si>
   <si>
     <t>7103</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7103/7103_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7103/7103_texto_integral.docx</t>
   </si>
   <si>
     <t>SUPRESSÃO DE ÁRVORES NA RUA PAULO VI, N° 115,125,175, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>7104</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7104/7104_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7104/7104_texto_integral.docx</t>
   </si>
   <si>
     <t>DESRATIZAÇÃO NAS REDES DE ESGOTO NA TRAVESSA FRANCISCA, N° 417, BAIRRO VILA BOQUEIRÃO.</t>
   </si>
   <si>
     <t>7105</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7105/7105_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7105/7105_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">HIDROJATEAMENTO E LIMPEZA NA REDE DE ESGOTO EM TODOS AS RUAS DO LOTEAMENTO PÔR DO SOL, BAIRRO LIBERDADE. </t>
   </si>
   <si>
     <t>7106</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7106/7106_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7106/7106_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DE LÂMPADA NA RUA GILDA DE ABREU, N° 431 &amp;#8211; ESQUINA COM A RUA JACOB ALCALAY, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>7107</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7107/7107_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7107/7107_texto_integral.docx</t>
   </si>
   <si>
     <t>OBRA DE ALARGAMENTO DA RUA BOQUEIRÃO NO FINAL DA VIA.</t>
   </si>
   <si>
     <t>7108</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7108/7108_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7108/7108_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE BROCA NA CALÇADA DA RUA ACRE, EM FRENTE AO N° 104.</t>
   </si>
   <si>
     <t>7109</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7109/7109_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7109/7109_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE UMA BROCA NA CALÇADA DA RUA SÃO GABRIEL, EM FRENTE AO NÚMERO 87.</t>
   </si>
   <si>
     <t>7110</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7110/7110_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7110/7110_texto_integral.docx</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PISO NA PARADA DE ÔNIBUS LOCALIZADA NA RUA SÃO LUIZ, NAS PROXIMIDADES DA ESQUINA COM A RUA IEDA NUNES DE AZEVEDO, BAIRRO PARQUE AMADOR.</t>
   </si>
   <si>
     <t>7111</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7111/7111_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7111/7111_texto_integral.docx</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PLACA &amp;#8220;PARE&amp;#8221; ENTRE AS RUAS IEDA NUNES DE AZEVEDO E SÃO LUIZ, BAIRRO PARQUE AMADOR.</t>
   </si>
   <si>
     <t>7112</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Ari Zanoni</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7112/7112_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7112/7112_texto_integral.docx</t>
   </si>
   <si>
     <t>CONTROLE DA VEGETAÇÃO E LIMPEZA NAS DEPENDÊNCIAS DA PRAÇA ASCENDINO ALVES DA SILVA (PREMEM), NA RUA RIO PARDO.</t>
   </si>
   <si>
     <t>7113</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7113/7113_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7113/7113_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE BROCA NA CALÇADA DA RUA PARANÁ, EM FRENTE AO Nº 100.</t>
   </si>
   <si>
     <t>7114</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7114/7114_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7114/7114_texto_integral.docx</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS NA ESTRADA DO NAZÁRIO ATÉ A RUA ELIS REGINA, BAIRRO PARQUE PRIMAVERA.</t>
   </si>
   <si>
     <t>7115</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7115/7115_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7115/7115_texto_integral.docx</t>
   </si>
   <si>
     <t>PODA DAS ÁRVORES LOCALIZADAS NO CANTEIRO CENTRAL DA AVENIDA PRESIDENTE VARGAS, JUNTO AO SEMÁFORO QUE REGULA O ACESSO À RUA SOLEDADE, NAS CERCANIAS DOS SUPERMERCADO BIG.</t>
   </si>
   <si>
     <t>7127</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7127/7127_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7127/7127_texto_integral.docx</t>
   </si>
   <si>
     <t>VISTORIA NO CALÇAMENTO DA ESQUINA DA RUA LIBERATO SALZANO COM A PISTA LATERAL DA BR-116, NO SENTIDO ESTEIO &amp;#8211; SAPUCAIA DO SUL.</t>
   </si>
   <si>
     <t>7128</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7128/7128_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7128/7128_texto_integral.docx</t>
   </si>
   <si>
     <t>VISTORIA NO PASSEIO PÚBLICO SITUADO NA TRAVESSA GUAÍBA, Nº 51, POIS NO LOCAL SE REGISTRA MATO ALTO E A OBSTRUÇÃO DE BOCA DE LOBO.</t>
   </si>
   <si>
     <t>7134</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7134/7134_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7134/7134_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA GERENTE DA CORSAN &amp;#8211; UNIDADE DE ESTEIO, DETERMINE O REPARO DA RUA TAQUARA EM FRENTE A RUA JOÃO CORREA DA COSTA, ONDE O ASFALTO CEDEU APÓS OBRA DA CORSAN.</t>
   </si>
   <si>
     <t>7135</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7135/7135_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7135/7135_texto_integral.docx</t>
   </si>
   <si>
     <t>MOTIVO DA DEMORA NO REPARO DA PAVIMENTAÇÃO DA RUA VITOR MATEUS TEIXEIRA.</t>
   </si>
   <si>
     <t>7136</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7136/7136_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7136/7136_texto_integral.docx</t>
   </si>
   <si>
     <t>CUSTO DO REPARO NA PAVIMENTAÇÃO DA RUA VITOR MATEUS TEIXEIRA.</t>
   </si>
   <si>
     <t>7137</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7137/7137_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7137/7137_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR QUAL O MOTIVO DA REUTILIZAÇÃO DOS MESMOS MATERIAIS NA PAVIMENTAÇÃO DA RUA VITOR MATEUS TEIXEIRA.</t>
   </si>
   <si>
     <t>7138</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7138/7138_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7138/7138_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR SE A PREFEITURA FARÁ ALGUM REFORÇO PARA SUSTENTAR A PAVIMENTAÇÃO NO REPARO QUE ESTÁ SENDO REALIZADO NA RUA VITOR MATEUS TEIXEIRA?</t>
   </si>
   <si>
     <t>7139</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7139/7139_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7139/7139_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR SE A PREFEITURA FARÁ O CONSERTO DA RUA VITOR MATEUS TEIXEIRA EM OUTROS PONTOS ONDE EXISTEM ONDULAÇÕES, ALÉM DA OBRA EM ANDAMENTO?</t>
   </si>
   <si>
     <t>7141</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7141/7141_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7141/7141_texto_integral.docx</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO DO PROPRIETÁRIO DO IMÓVEL SITUADO NA RUA ROQUE GONZÁLES, EM FRENTE AO NÚMERO 449.</t>
   </si>
   <si>
     <t>7142</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7142/7142_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7142/7142_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO E LIMPEZA DA RUA 24 DE AGOSTO, Nº 2358. </t>
   </si>
   <si>
     <t>7143</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7143/7143_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7143/7143_texto_integral.docx</t>
   </si>
   <si>
     <t>DEDETIZAÇÃO NA RUA NOVO HAMBURGO, EM FRENTE AO Nº 891.</t>
   </si>
   <si>
     <t>7144</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7144/7144_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7144/7144_texto_integral.docx</t>
   </si>
   <si>
     <t>AVALIE A POSSIBILIDADE DE CORTE DE UMA ÁRVORE NA RUA CALÇADÃO SUL, Nº 35 - HÍPICA.</t>
   </si>
   <si>
     <t>7145</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7145/7145_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7145/7145_texto_integral.docx</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO DO PROPRIETÁRIO DE DUAS CASAS NA RUA PIONEIROS, Nº 240, E FISCALIZAÇÃO DO LOCAL.</t>
   </si>
   <si>
     <t>7146</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7146/7146_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7146/7146_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE BROCA NA RUA NOVO HAMBURGO, Nº 891, ESQUINA COM A RUA 28 DE FEVEREIRO.</t>
   </si>
   <si>
     <t>7147</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7147/7147_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7147/7147_texto_integral.docx</t>
   </si>
   <si>
     <t>UBS JARDIM PLANALTO PASSE A PRESTAR O SERVIÇO DE MEDIÇÃO DE PRESSÃO EM DOIS TURNOS.</t>
   </si>
   <si>
     <t>7148</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7148/7148_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7148/7148_texto_integral.docx</t>
   </si>
   <si>
     <t>CONTROLE DA VEGETAÇÃO E LIMPEZA DA CALÇADA NO ENTORNO DA CMEB VILA OLÍMPICA, SOBRETUDO, NOS FUNDOS DO PRÉDIO DA RUA REINALDO EUGÊNIO GRASSI, 48.</t>
   </si>
   <si>
     <t>7149</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7149/7149_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7149/7149_texto_integral.docx</t>
   </si>
   <si>
     <t>CONTROLE DA VEGETAÇÃO AO LONGO DA PISTA DE CAMINHADA NA AVENIDA ERNESTO DORNELLES E A PODA DE ALGUMAS ÁRVORES.</t>
   </si>
   <si>
     <t>7150</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7150/7150_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7150/7150_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ELIMINAÇÃO DA BROCA LOCALIZADA NA TRAVESSA CEARENSE, EM FRENTE AO NÚMERO 24 NO BAIRRO JARDIM PLANALTO. </t>
   </si>
   <si>
     <t>7151</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7151/7151_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7151/7151_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA HÍPICA E EM SUAS TRAVESSAS, PRINCIPALMENTE NA TRAVESSA 30 E 40, POIS ESTÃO TODOS ENTUPIDOS. </t>
   </si>
   <si>
     <t>7158</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7158/7158_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7158/7158_texto_integral.docx</t>
   </si>
   <si>
     <t>REAVALIAÇÃO DO PRESTADOR DE SERVIÇOS SOBRE O MAL ATENDIMENTO DA EMPRESA DE COLETA DE LIXO.</t>
   </si>
   <si>
     <t>7159</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7159/7159_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7159/7159_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DA CRATERA LOCALIZADA NA RUA RIO GRANDE, EM FRENTE AO NÚMERO 2468, BAIRRO LIBERDADE.</t>
   </si>
   <si>
     <t>7160</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7160/7160_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7160/7160_texto_integral.docx</t>
   </si>
   <si>
     <t>DESOBSTRUÇÃO DA REDE PLUVIAL AO LONGO DA RUA HENRIQUE DE PAULA SILVEIRA.</t>
   </si>
   <si>
     <t>7161</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7161/7161_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7161/7161_texto_integral.docx</t>
   </si>
   <si>
     <t>DESOBSTRUÇÃO DA REDE PLUVIAL NO ENTORNO DA PARÓQUIA SANTO INÁCIO.</t>
   </si>
   <si>
     <t>7162</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7162/7162_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7162/7162_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VERIFICAR AS CONDIÇÕES ESTRUTURAIS DA PONTE SITUADA NA RUA NOVO HAMBURGO, PRÓXIMO A RUA 24 DE AGOSTO. </t>
   </si>
   <si>
     <t>7166</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7166/7166_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7166/7166_texto_integral.docx</t>
   </si>
   <si>
     <t>AVALIAR UMA ALTERNATIVA DE ADEQUAÇÃO DA PASSARELA LOCALIZADA EM FRENTE AO HIPERMERCADO BIG NA AVENIDA PRESIDENTE VARGAS.</t>
   </si>
   <si>
     <t>7167</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7167/7167_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7167/7167_texto_integral.docx</t>
   </si>
   <si>
     <t>ADEQUAR A ILUMINAÇÃO DA PASSARELA DE ACESSO À ESTAÇÃO ESTEIO.</t>
   </si>
   <si>
     <t>7170</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7170/7170_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7170/7170_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">RETIRADA DO MATO E LIMPEZA NA RUA SERAFIM PEREIRA, NÚMERO 141, BAIRRO LIBERDADE. </t>
   </si>
   <si>
     <t>7171</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7171/7171_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7171/7171_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ELIMINAÇÃO DE UMA BROCA LOCALIZADA NA RUA AYRTON SENNA DA SILVA, EM FRENTE AO NÚMERO 29, BAIRRO TRÊS MARIAS. </t>
   </si>
   <si>
     <t>7201</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7201/7201_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7201/7201_texto_integral.docx</t>
   </si>
   <si>
     <t>PORQUE TEMOS NO QUADRO DE FUNCIONÁRIOS DO MUNICÍPIO APENAS UM (01) PROFISSIONAL PINTOR?</t>
   </si>
   <si>
     <t>7202</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7202/7202_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7202/7202_texto_integral.docx</t>
   </si>
   <si>
     <t>DESOBSTRUIR O ESGOTO NA AVENIDA PORTO ALEGRE, EM FRENTE AO NÚMERO 625 E AVALIAR AS CONDIÇÕES DO POSTE DE ENERGIA QUE CORRE O RISCO DE CAIR.</t>
   </si>
   <si>
     <t>7203</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7203/7203_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7203/7203_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUAL A FINALIDADE QUE SE DESTINARÁ AO GALPÃO, LOCALIZADO NO LOTEAMENTO HÍPICA?_x000D_
 SE EXISTE, POR PARTE DA ATUAL GESTÃO, A POSSIBILIDADE DE DESIGNAR O PRÉDIO PARA A ATIVIDADE DE RECICLAGEM?_x000D_
 </t>
   </si>
   <si>
     <t>7205</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7205/7205_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7205/7205_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DE LÂMPADAS NA ESTRADA DO BOQUEIRÃO ENTRE OS NÚMEROS 444 E 456.</t>
   </si>
   <si>
     <t>7206</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7206/7206_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7206/7206_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAR O BURACO NA RUA RIO GRANDE, EM FRENTE AO NÚMERO 2244.</t>
   </si>
   <si>
     <t>7207</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7207/7207_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7207/7207_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAR O BURACO EXISTENTE NA RUA RIO GRANDE, EM FRENTE AO NÚMERO 2247.</t>
   </si>
   <si>
     <t>7208</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7208/7208_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7208/7208_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAR O BURACO EXISTENTE NA RUA RIO GRANDE, EM FRENTE AO NÚMERO 2308.</t>
   </si>
   <si>
     <t>7209</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7209/7209_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7209/7209_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAR O BURACO EXISTENTE NA RUA RIO GRANDE, EM FRENTE AO NÚMERO 2386.</t>
   </si>
   <si>
     <t>7210</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7210/7210_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7210/7210_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ELIMINAÇÃO DO BURACO NA RUA RIO GRANDE, NA RÓTULA DA AVENIDA BRASIL. </t>
   </si>
   <si>
     <t>7211</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7211/7211_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7211/7211_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DA PARADA DE ÔNIBUS DA RUA RIO GRANDE, EM FRENTE AO NÚMERO 2500, PARA O OUTRO LADO DA RUA.</t>
   </si>
   <si>
     <t>7212</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7212/7212_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7212/7212_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ADEQUAÇÃO DA PAVIMENTAÇÃO DA RUA 24 DE AGOSTO, ENTRE OS NÚMEROS 1161 E 1149, POIS, SEGUNDO INFORMAÇÕES, OCORRE ACÚMULO DE ÁGUA PLUVIAL NO LOCAL, DEVIDO AO NÃO ESCOAMENTO ADEQUADO DA MESMA E A REMOÇÃO DE BOCA DE LOBO QUE EXISTIA NESTE MESMO LOCAL. </t>
   </si>
   <si>
     <t>7213</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7213/7213_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7213/7213_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VISTORIA DA CALÇADA SITUADA NA AVENIDA PADRE CLARET, ESQUINA COM A RUA NOVO HAMBURGO, POIS, HOUVE A REMOÇÃO DA PARADA DE ÔNIBUS DO LOCAL, CONTUDO OS PILARES DE FIXAÇÃO PERMANECERAM, O QUE TEM FAVORECIDO ACIDENTES AOS TRANSEUNTES. </t>
   </si>
   <si>
     <t>7214</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7214/7214_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7214/7214_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VISTORIA E MANUTENÇÃO DAS MARGENS DO ARROIO SAPUCAIA, NO PONTO PRÓXIMO A RUA BENTO GONÇALVES. </t>
   </si>
   <si>
     <t>7215</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7215/7215_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7215/7215_texto_integral.docx</t>
   </si>
   <si>
     <t>VISTORIA E ADEQUAÇÃO DA ILUMINAÇÃO EXISTENTE NO PÁTIO CENTRAL E PISTA DE CORRIDA DA PRAÇA DA JUVENTUDE, SITUADA NO PARQUE MUNICIPAL GALVANNY DORNELLES GUEDES, POIS O ENTORNO DA PRAÇA ESTÁ TOTALMENTE ÀS ESCURAS.</t>
   </si>
   <si>
     <t>7216</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7216/7216_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7216/7216_texto_integral.docx</t>
   </si>
   <si>
     <t>INTENSIFICAR AS RONDAS NO ENTORNO DO COLÉGIO ESTADUAL AUGUSTO MEYER E DA PRAÇA PREMEM.</t>
   </si>
   <si>
     <t>7229</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7229/7229_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7229/7229_texto_integral.docx</t>
   </si>
   <si>
     <t>VISTORIA NA CALÇADA E NO TERRENO SITUADO NA RUA MANOEL DOS SANTOS, AO LADO DO Nº 336, POIS NO LOCAL EXISTE MATO ALTO POR TODO O TERRENO, GERANDO A OBSTRUÇÃO DA CALÇADA.</t>
   </si>
   <si>
     <t>7233</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7233/7233_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7233/7233_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE BRITA NO BECO 06 DA VILA ESPERANÇA, PROPORCIONANDO MELHORES CONDIÇÕES PARA DESLOCAMENTO DAS CRIANÇAS PARA A ESCOLA, PRINCIPALMENTE EM DIAS DE CHUVA. </t>
   </si>
   <si>
     <t>7234</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7234/7234_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7234/7234_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">FISCALIZAÇÃO E MEDIÇÃO DE DECIBÉIS NA EMPRESA DE USINAGEM LOCALIZADA NA RUA LUPICÍNIO RODRIGUES, AO LADO DO NÚMERO 488. </t>
   </si>
   <si>
     <t>7235</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7235/7235_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7235/7235_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VERIFICAÇÃO DAS CONDIÇÕES ESTRUTURAIS DO POSTE LOCALIZADO NA RUA JOÃO GOULART, 297, ESQUINA COM A JUSCELINO KUBITSCHEK. </t>
   </si>
   <si>
     <t>7236</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7236/7236_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7236/7236_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DA CALÇADA NA AVENIDA PRESIDENTE VARGAS, ESQUINA COM A RUA GARIBALDI, NAS CERCANIAS DA RUA COBERTA.  </t>
   </si>
   <si>
     <t>7237</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7237/7237_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7237/7237_texto_integral.docx</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA CALÇADA NA RUA DI CAVALCANTI, Nº 218.</t>
   </si>
   <si>
     <t>7238</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7238/7238_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7238/7238_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE BROCA NA CALÇADA DA RUA RIO BRANCO, EM FRENTE AO NÚMERO 117.</t>
   </si>
   <si>
     <t>7239</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7239/7239_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7239/7239_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">TROCA DE TAMPA DA REDE DE ESGOTO PLUVIAL EM FRENTE À PARADA DE ÔNIBUS DA MORADA I DE ESTEIO, NA RUA RIO GRANDE, Nº 2255. </t>
   </si>
   <si>
     <t>7240</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7240/7240_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7240/7240_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE VISTORIA NA CALÇADA SITUADA NA RUA GARIBALDI, AO LADO DO NÚMERO 232, POIS NO LOCAL SE REGISTRA MATO ALTO E AVARIAS NO CONCRETO. </t>
   </si>
   <si>
     <t>7241</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7241/7241_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7241/7241_texto_integral.docx</t>
   </si>
   <si>
     <t>VERIFIQUE A POSSIBILIDADE DE RECOLOCAÇÃO DE COLETOR DE RESÍDUOS NA RUA GARIBALDI, AO LADO DO NÚMERO 232, POIS O COLETOR QUE EXISTIA NO LOCAL FOI REMOVIDO.</t>
   </si>
   <si>
     <t>7242</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7242/7242_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7242/7242_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DO ARROIO LOCALIZADO NO FINAL DA TRAVESSA URUGUAI E FINAL DA RUA CEL TEODOMIRO PORTO DA FONSECA E SUAS REDONDEZAS. </t>
   </si>
   <si>
     <t>7243</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7243/7243_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7243/7243_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE QUEBRA-MOLAS NA RUA HÉLIO ARNOLDO SPERB, NAS PROXIMIDADES DO Nº 231. </t>
   </si>
   <si>
     <t>7244</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7244/7244_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7244/7244_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DO LADO DA PARADA DE ÔNIBUS, LOCALIZADA NA RUA RIO GRANDE, Nº 2500.</t>
   </si>
   <si>
     <t>7245</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7245/7245_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7245/7245_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA E DESENTUPIMENTO DOS BUEIROS NA RUA PELOTAS. </t>
   </si>
   <si>
     <t>7246</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7246/7246_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7246/7246_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">TROCA DE LÂMPADA NA RUA PELOTAS 1574. </t>
   </si>
   <si>
     <t>7247</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7247/7247_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7247/7247_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VISTORIA NA CALÇADA E NO TERRENO SITUADOS NA RUA DOM PEDRO, AO LADO DO CENTRO POP, EM FRENTE AO NÚMERO 893, POIS NO LOCAL SE REGISTRA MATO ALTO E OBSTRUÇÃO DA CALÇADA. </t>
   </si>
   <si>
     <t>7248</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7248/7248_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7248/7248_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VISTORIA NA CALÇADA E NO TERRENO SITUADOS NA RUA DOM PEDRO, Nº 805, POIS NO LOCAL EXISTE UM PEDAÇO DE MURO PRESTES A CAIR. </t>
   </si>
   <si>
     <t>7260</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7260/7260_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7260/7260_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA E CORTE DE GRAMA DO PÁTIO INTERNO DA ESCOLA ESTADUAL JARDIM PLANALTO, LOCALIZADO NA RUA COELHO NETO Nº 100. </t>
   </si>
   <si>
     <t>7262</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7262/7262_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7262/7262_texto_integral.docx</t>
   </si>
   <si>
     <t>LIMPEZA, DESENTUPIMENTO E A DEDETIZAÇÃO DOS BUEIROS DA RUA MONTEIRO LOBATO, NOVO ESTEIO.</t>
   </si>
   <si>
     <t>7263</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7263/7263_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7263/7263_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;DISPÕE SOBRE A DESTINAÇÃO DE TEMPO PARA VEICULAR CAMPANHA PUBLICITÁRIA EDUCATIVA SOBRE O COMBATE E A PREVENÇÃO DA PEDOFILIA E ABUSO SEXUAL CONTRA CRIANÇAS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>7265</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7265/7265_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7265/7265_texto_integral.docx</t>
   </si>
   <si>
     <t>CONSERTO DE BROCA JUNTO AO BUEIRO, NA RUA GILDA DE ABREU, N° 191, BAIRRO SANTO INÁCIO</t>
   </si>
   <si>
     <t>7266</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7266/7266_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7266/7266_texto_integral.docx</t>
   </si>
   <si>
     <t>LIMPEZA DO ARROIO SAPUCAIA NO TRECHO ENTRE AS RUAS 1° DE MARÇO E 8 DE MARÇO, BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>7267</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7267/7267_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7267/7267_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DE VIA PÚBLICA DEVIDO A UMA CRATERA NA AVENIDA JOÃO PAULO I, N° 1016, BAIRRO SANTO INÁCIO. </t>
   </si>
   <si>
     <t>7268</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7268/7268_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7268/7268_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE BROCA EXISTENTE NA CALÇADA SITUADA NA RUA GARIBALDI, ESQUINA COM A AV. PRESIDENTE VARGAS, EM FRENTE AO BANCO SANTANDER.</t>
   </si>
   <si>
     <t>7269</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7269/7269_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7269/7269_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">TROCA DE LÂMPADA DA RUA MONTEIRO LOBATO 486, NOVO ESTEIO. </t>
   </si>
   <si>
     <t>7270</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7270/7270_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7270/7270_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">TROCA DE LÂMPADA DA RUA DA IMPRENSA AO LADO DO N° 562, NOVO ESTEIO. </t>
   </si>
   <si>
     <t>7271</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7271/7271_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7271/7271_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA E O DESENTUPIMENTO DOS BUEIROS DA RUA ACRE, PARQUE AMADOR. </t>
   </si>
   <si>
     <t>7272</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7272/7272_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7272/7272_texto_integral.docx</t>
   </si>
   <si>
     <t>RUA ROQUE GONZÁLES AO LADO N° 348 O PASSEIO PÚBLICO ESTÁ TOMADO DE MATO ATRAPALHANDO QUEM PASSA NO LOCAL.</t>
   </si>
   <si>
     <t>7273</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7273/7273_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7273/7273_texto_integral.docx</t>
   </si>
   <si>
     <t>CONSERTO DE UMA BROCA NA RUA OTAVIO SILVEIRA BORGES ESQUINA COM A EDU CHAVES.</t>
   </si>
   <si>
     <t>7274</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Márcio Alemão, Ari Zanoni, Mário Couto</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7274/7274_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7274/7274_texto_integral.docx</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DOS MEIO-FIOS DANIFICADOS NA RUA GARIBALDI, EM FUNÇÃO DO ESTACIONAMENTO OBLÍQUO.</t>
   </si>
   <si>
     <t>7275</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7275/7275_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7275/7275_texto_integral.docx</t>
   </si>
   <si>
     <t>PINTURA DOS MEIO-FIOS NAS RUAS PERPENDICULARES À AVENIDA PRESIDENTE VARGAS, ENTRE AS RUAS DOM PEDRO E PEDRO LERBACH.</t>
   </si>
   <si>
     <t>7276</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7276/7276_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7276/7276_texto_integral.docx</t>
   </si>
   <si>
     <t>7277</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7277/7277_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7277/7277_texto_integral.docx</t>
   </si>
   <si>
     <t>CONSERTO DA CALÇADA RUA JOSÉ LOUREIRO DA SILVA, EM FRENTE AO NÚMERO 400.</t>
   </si>
   <si>
     <t>7278</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7278/7278_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7278/7278_texto_integral.docx</t>
   </si>
   <si>
     <t>CONSERTO DA CALÇADA RUA OSWALDO CRUZ, EM FRENTE AO NÚMERO 84, NO BAIRRO PARQUE TAMANDARÉ.</t>
   </si>
   <si>
     <t>7279</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7279/7279_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7279/7279_texto_integral.docx</t>
   </si>
   <si>
     <t>LIMPEZA DO BECO QUE LIGA A TRAVESSA SANTO ÂNGELO COM A RUA TAQUARA.</t>
   </si>
   <si>
     <t>7280</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7280/7280_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7280/7280_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR QUAL A SITUAÇÃO DO PROCESSO DE REGULAMENTAÇÃO DO LOTEAMENTO DA RUA BRUNO SPERB.</t>
   </si>
   <si>
     <t>7281</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7281/7281_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7281/7281_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR QUANTOS MORADORES DA RUA BRUNO SPERB PAGAM IPTU ATUALMENTE.</t>
   </si>
   <si>
     <t>7282</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7282/7282_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7282/7282_texto_integral.docx</t>
   </si>
   <si>
     <t>INFORMAR COMO ESTÃO AS TRATATIVAS PARA A UTILIZAÇÃO E DESTINAÇÃO DAS ÁREAS DA VÁRZEA DO RIO DOS SINOS, ATRÁS DO PARQUE DE EXPOSIÇÕES ASSIS BRASIL, CONSIDERANDO O DEBATE EM TORNO DA MANCHA DE INUNDAÇÃO SUGERIDA PELO MINISTÉRIO PÚBLICO DE SÃO LEOPOLDO.</t>
   </si>
   <si>
     <t>7291</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7291/7291_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7291/7291_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - EXISTEM MEDIDAS JUDICIAIS DE AUTORIA DESSE PODER EXECUTIVO COBRANDO DO GOVERNO DO ESTADO REGULARIDADE NOS REPASSES NA SAÚDE E QUAIS FORAM AS MEDIDAS?_x000D_
 </t>
   </si>
   <si>
     <t>7292</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7292/7292_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7292/7292_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - QUAIS SÃO OS MOTIVOS DE TRANSPORTE PÚBLICO MUNICIPAL NÃO TER RETOMADO O HORÁRIO NORMAL NO DIA 5 DE MARÇO, CONFORME HAVIA SIDO PUBLICADO NO SITE DA PREFEITURA MUNICIPAL E QUAL O MOTIVO DESTA INFORMAÇÃO TER SIDO RETIRADA DO SITE NA ÚLTIMA SEMANA?_x000D_
 </t>
   </si>
   <si>
     <t>7293</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7293/7293_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7293/7293_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - QUAIS SÃO AS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE E DEMAIS EMPREENDIMENTOS ANUNCIADOS PELA PROPAGANDA OFICIAL DE GOVERNO NO PERÍODO DE 2017 A 2018?_x000D_
 </t>
   </si>
   <si>
     <t>7294</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7294/7294_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7294/7294_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - QUAIS SERÃO AS PENALIDADES QUE SERÃO APLICADAS ÀS CONCESSIONÁRIAS DO  TRANSPORTE PÚBLICO MUNICIPAL POR NÃO TER RETOMADO O HORÁRIO NORMAL NO DIA 5 DE MARÇO, INTERROMPENDO A NORMALIDADE DA PRESTAÇÃO DE SERVIÇOS À COMUNIDADE DE ESTEIO?_x000D_
 </t>
   </si>
   <si>
     <t>7295</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7295/7295_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7295/7295_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - EXISTE A POSSIBILIDADE DE EXTINÇÃO DA LINHA METRO 4?_x000D_
 </t>
   </si>
   <si>
     <t>7296</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7296/7296_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7296/7296_texto_integral.docx</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE LIMPEZA DA PRAÇA SETE POVOS, LOCALIZADA NA RUA LUIZ PASTEUR, AO LADO DO NÚMERO 4847.</t>
   </si>
   <si>
     <t>7297</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7297/7297_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7297/7297_texto_integral.docx</t>
   </si>
   <si>
     <t>AMPLIE E MELHORE A ILUMINAÇÃO E REALIZE A LIMPEZA DA PRAÇA LOCALIZADA NA RUA RIO GRANDE, ESQUINA COM A RUA CRUZ ALTA.</t>
   </si>
   <si>
     <t>7298</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7298/7298_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7298/7298_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DA LIXEIRA METÁLICA FIXADA NA CALÇADA DA RUA CORAÇÃO DE MARIA, EM FRENTE A ESCOLA DE EDUCAÇÃO INFANTIL SESTILHA TONIOLO, POR UM CONTAINDER.</t>
   </si>
   <si>
     <t>7299</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7299/7299_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7299/7299_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ELIMINADA A BROCA E DESENTUPIMENTO DA BOCA DE LOBO, LOCALIZADAS NA AV. DOM PEDRO ESQUINA COM A RUA DONA ISABEL. </t>
   </si>
   <si>
     <t>7300</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7300/7300_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7300/7300_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINADA UMA BROCA NA RUA MACHADO DE ASSIS, EM FRENTE AO NÚMERO 323, BAIRRO VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>7301</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7301/7301_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7301/7301_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINADA UMA BROCA NA RUA RIO GRANDE ESQUINA COM A RUA 24 DE AGOSTO, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>7302</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7302/7302_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7302/7302_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINADA UMA CRATERA LOCALIZADA NA QUARAÍ ESQUINA COM A RUA INÁCIO MONTANHA, BAIRRO ESPERANÇA.</t>
   </si>
   <si>
     <t>7303</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA GERENTE OPERACIONAL DA RGE SUL, SENHORIA DETERMINE A TROCA DE UM POSTE, LOCALIZADO NA TRAVESSA SAPUCAIA EM FRENTE AO NÚMERO 43.</t>
   </si>
   <si>
     <t>7307</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7307/7307_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7307/7307_texto_integral.docx</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM QUEBRA-MOLAS EM FRENTE AO NÚMERO 2232 DA RUA RIO GRANDE..</t>
   </si>
   <si>
     <t>7308</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7308/7308_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7308/7308_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DA TAMPA DE BOCA DE LOBO, LOCALIZADA NA RUA DIAS, EM FRENTE AO NÚMERO 80, BAIRRO JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>7309</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7309/7309_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7309/7309_texto_integral.docx</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO DO PROPRIETÁRIO DO TERRENO SITUADO NA RUA SANTANA ESQUINA COM TRI-CAMPEÃO, ONDE ESTAVA LOCALIZADO O CAMPO PELEGO PRETO, PARA QUE REALIZE A LIMPEZA DO LOCAL.</t>
   </si>
   <si>
     <t>7310</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7310/7310_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7310/7310_texto_integral.docx</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DA SINALIZAÇÃO DE TRÂNSITO NA ESQUINA DA RUA LA SALLE E RUA PADRE FELIPE, TENDO EM VISTA A AUSENCIA TOTAL DE PLACAS E/OU PINTURAS INDICATIVAS NO LOCAL.</t>
   </si>
   <si>
     <t>7311</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7311/7311_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7311/7311_texto_integral.docx</t>
   </si>
   <si>
     <t>A POSSIBILIDADE DE TOLERÂNCIA PARA OS PAIS QUE PARAM EM &amp;#8220;FILA DUPLA&amp;#8221; NA FRENTE DA ESCOLA ADVENTISTA DE ESTEIO.</t>
   </si>
   <si>
     <t>7312</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7312/7312_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7312/7312_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE BROCA EXISTENTE NA CALÇADA SITUADA NA RUA OLAVO FONTOURA, N° 136, BAIRRO VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>7313</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7313/7313_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7313/7313_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VISTORIA DA CALÇADA E NO TERRENO SITUADO NA RUA BENTO GONÇALVES EM FRENTE AO NÚMERO 1493, POIS NO LOCAL SE REGISTRA MATO ALTO E ACÚMULO DE LIXO QUE ALÉM DE TOMAR CONTA DE TODO O TERRENO, AINDA OBSTRUI A CALÇADA. </t>
   </si>
   <si>
     <t>7314</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7314/7314_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7314/7314_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VISTORIA DA CALÇADA E NO TERRENO SITUADO NA RUA BENTO GONÇALVES AO LADO DO NÚMERO 904, POIS NO LOCAL SE REGISTRA MATO ALTO QUE ALÉM DE TOMAR CONTA DE TODO O TERRENO, AINDA OBSTRUI A CALÇADA. </t>
   </si>
   <si>
     <t>7315</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7315/7315_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7315/7315_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DO ASFALTO NA RUA ENGENHEIRO HENER DE SOUZA NUNES 37 (EM FRENTE AO SACOLÃO VIRÍSSIMO), POIS A MESMA SE ENCONTRA COM UMA CRATERA BEM SUBSTANCIAL JUNTO Á CALÇADA, AO LADO DA RAMPA PARA CADEIRANTE.</t>
   </si>
   <si>
     <t>7316</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7316/7316_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7316/7316_texto_integral.docx</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE IMPLANTAR ESTACIONAMENTO OBLÍQUO NA RUA CEL. TEODOMIRO PORTO DA FONSECA.</t>
   </si>
   <si>
     <t>7324</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7324/7324_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7324/7324_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHE A ESTA CASA O QUE SEGUE:_x000D_
 - CÓPIA DO CONTRATO DE CONCESSÃO DO TRANSPORTE PÚBLICO MUNICIPAL, COM O NÚMERO DE LINHAS, FROTA, HORÁRIOS E DEMAIS ESPECIFIDADES QUE REGULAMENTAM A PRESTAÇÃO DE SERVIÇOS NO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>7325</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7325/7325_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7325/7325_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 COMO É REALIZADA A ALIMENTAÇÃO DAS CRIANÇAS DA EDUCAÇÃO INFANTIL QUE ESTUDAM NOS CMBES?_x000D_
 QUAL O MOTIVO DOS ALUNOS DE QUATRO E CINCO ANOS NÃO PODEREM LEVAR ALIMENTO DE CASA, SENDO QUE A PARTIR DOS SEIS ANOS JÁ É PERMITIDO? _x000D_
 </t>
   </si>
   <si>
     <t>7326</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7326/7326_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7326/7326_texto_integral.docx</t>
   </si>
   <si>
     <t>7327</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7327/7327_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7327/7327_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;DISPÕE SOBRE A OBRIGATORIEDADE DE IMPLANTAÇÃO DO PROGRAMA DE BRIGADAS DE INCÊNDIO E PRIMEIROS SOCORROS NAS ESCOLAS.&amp;#8221;. </t>
   </si>
   <si>
     <t>7328</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7328/7328_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7328/7328_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AVALIE A POSSIBILIDADE DE REMETER EM FORMA DE PROJETO DE LEI O ANTEPROJETO DE LEI QUE &amp;#8220;INSTITUI A SEMANA DO ESPORTE E SAÚDE NO ÂMBITO DO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;. </t>
   </si>
   <si>
     <t>7331</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7331/7331_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7331/7331_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE BROCA NA BOCA DE LOBO, NA DONA ISABEL, N° 312, BAIRRO LIBERDADE.</t>
   </si>
   <si>
     <t>7332</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7332/7332_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7332/7332_texto_integral.docx</t>
   </si>
   <si>
     <t>DESRATIZAÇÃO NA REDE DE ESGOTO, NA RUA EDGAR PICCIONI, ENTRE AS TRAVESSAS B E C, BAIRRO VILA PEDREIRA.</t>
   </si>
   <si>
     <t>7333</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7333/7333_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7333/7333_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE BROCA, NA ESQUINA DA RUA ACRE COM AV. PADRE CLARET, BAIRRO PARQUE AMADOR.</t>
   </si>
   <si>
     <t>7334</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7334/7334_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7334/7334_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DO ASFALTO NA RUA 24 DE AGOSTO, 299, POIS A MESMA SE ENCONTRA COM UMA CRATERA BEM SUBSTANCIAL JUNTO À CALÇADA, EM FRENTE À BOCA DE LOBO.</t>
   </si>
   <si>
     <t>7335</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7335/7335_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7335/7335_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DO ASFALTO NA RUA BENTO GONÇALVES (EM FRENTE AO POSTO SHELL), POIS A MESMA SE ENCONTRA COM UMA CRATERA BEM SUBSTANCIAL.</t>
   </si>
   <si>
     <t>7336</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7336/7336_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7336/7336_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ASFALTAMENTO DA RUA DALVA DE OLIVEIRA, PARQUE PRIMAVERA. </t>
   </si>
   <si>
     <t>7337</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t xml:space="preserve">VISTORIA NA CALÇADA DO TERRENO SITUADO NA RUA DOM PEDRO AO LADO DO ENZUS, QUE ENCONTRA-SE INTRANSITÁVEL, POIS ESTÁ TODA QUEBRADA, SITUAÇÃO AGRAVADA EM DIAS DE CHUVA COM ACÚMULO DE LAMA, O QUE A TORNA ESCORREGADIA  DIFICULTANDO AINDA MAIS A TRAFEGABILIDADE E AUMENTANDO O RISCO DE ACIDENTES COM PEDESTRES. </t>
   </si>
   <si>
     <t>7338</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7338/7338_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7338/7338_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VISTORIA DA CALÇADA E DO POSICIONAMENTO DE TAPUME EXISTENTE EM OBRAS LOCALIZADA NA RUA 24 DE AGOSTO, N° 1843, TENDO EM VISTA O ESTREITAMENTO DA FAIXA DE CIRCULAÇÃO DA CALÇADA, O BLOQUEIO PARCIAL DA VISÃO DOS MUNICÍPES QUE UTILIZAM PARADA EXISTENTE NO LOCAL PARA ESPERAR ÔNIBUS E LOTAÇÕES, ALÉM DO BLOQUEIO PARCIAL DA VISÃO DE MOTORISTAS QUE TRANSITAM PELA LOCALIDADE. </t>
   </si>
   <si>
     <t>7339</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7339/7339_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7339/7339_texto_integral.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE OU VIABILIZAÇÃO DE TORNAR MÃO ÚNICA A RUA INÁCIO MONTANHA, DEVIDO A GRANDE TRAFEGABILIDADE DA AV. BRASIL, QUE OCASIONA RISCOS AOS ESTUDANTES DAS ESCOLAS PRÓXIMAS.</t>
   </si>
   <si>
     <t>7340</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7340/7340_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7340/7340_texto_integral.docx</t>
   </si>
   <si>
     <t>EFETIVE A COBRANÇA, POR MEIO DO SEGURO DA OBRA DE PAVIMENTAÇÃO E URBANIZAÇÃO DA VILA GUTERRES, QUE NO FINAL DA RUA MÁRIO QUINTANA APRESENTA PROBLEMAS DE ENTUPIMENTO DA REDE DE ESGOTO E NECESSITA DE CANOS COM MAIOR DIMENSÃO.</t>
   </si>
   <si>
     <t>7341</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7341/7341_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7341/7341_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE UMA BROCA NA CALÇADA EM FRENTE A FLORICULTURA DISCONZI, AO LADO DO NÚMERO 456, NA RUA DOS FERROVIÁRIOS.</t>
   </si>
   <si>
     <t>7342</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7342/7342_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7342/7342_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À VOSSA SENHORIA COMANDANTE DO 34º BPM, A INTENSIFICAÇÃO DAS RONDAS POLICIAIS NAS IMEDIAÇÕES DA ESCOLA JARDIM PLANALTO. </t>
   </si>
   <si>
     <t>7343</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7343/7343_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7343/7343_texto_integral.docx</t>
   </si>
   <si>
     <t>INTENSIFICAR AS RONDAS DA GUARDA MUNICIPAL NOS ARREDORES DO PARQUE MUNICIPAL GALVANNY GUEDES.</t>
   </si>
   <si>
     <t>7344</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7344/7344_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7344/7344_texto_integral.docx</t>
   </si>
   <si>
     <t>NOTIFICAR O PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA LUPICÍNIO RODRIGUES Nº 315 BAIRRO SANTO INÁCIO PARA QUE SEJA FEITO A LIMPEZA DO SEU TERRENO.</t>
   </si>
   <si>
     <t>7345</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7345/7345_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7345/7345_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA DIRETORIA DE RELAÇÕES INSTITUCIONAIS RS, DETERMINE A RETIRADA DO TELEFONE DE USO PÚBLICO &amp;#8211; ORELHÃO &amp;#8211; LOCALIZADO NA AV. JOÃO PAULO I, PRÓXIMO AO N° 927.</t>
   </si>
   <si>
     <t>7347</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7347/7347_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7347/7347_texto_integral.docx</t>
   </si>
   <si>
     <t>REVISÃO E MANUTENÇÃO NOS BRINQUEDOS UTILIZADOS PELAS CRIANÇAS NAS PRAÇAS E ESPAÇOS PÚBLICOS DE ESTEIO.</t>
   </si>
   <si>
     <t>7348</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7348/7348_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7348/7348_texto_integral.docx</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE OU A COLOCAÇÃO DE UMA FAIXA DE SEGURANÇA ELEVADA NA RUA CORONEL SERAFIM PERERIA, DEVIDO A GRANDE TRAFEGABILIDADE DA AV. BRASIL, QUE OCASIONA GRANDES RISCOS AOS ESTUDANTES DAS ESCOLAS PRÓXIMAS.</t>
   </si>
   <si>
     <t>7370</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7370/7370_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7370/7370_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE UMA BROCA, LOCALIZADA NA RUA ALDO LOCATELLI, EM FRENTE AO NÚMERO 526.</t>
   </si>
   <si>
     <t>7371</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7371/7371_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7371/7371_texto_integral.docx</t>
   </si>
   <si>
     <t>RECOLAÇÃO DA PARADA DE ÔNIBUS NA AV. PORTO ALEGRE, EM FRENTE AO NÚMERO 500.</t>
   </si>
   <si>
     <t>7372</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7372/7372_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7372/7372_texto_integral.docx</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM QUEBRA-MOLAS NA AV. JOÃO PAULO I, ESQUINA COM A RUA ALVINA FRANCISCA, PRÓXIMO AO PORTÃO DA ESCOLA JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>7373</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7373/7373_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7373/7373_texto_integral.docx</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UMA VAGA PARA DEFICIENTES NO ESTACIONAMENTO DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>7374</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7374/7374_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7374/7374_texto_integral.docx</t>
   </si>
   <si>
     <t>LIMPEZA DAS BOCAS DE LOBOS NA RUA VITERBO JOSÉ MACHADO, NAS PROXIMIDADES DO NÚMERO 191.</t>
   </si>
   <si>
     <t>7375</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7375/7375_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7375/7375_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCLUA UMA OBRA QUE RESOLVEU UMA BROCA , MAS AINDA FALTA O CONSERTO DA CALÇADA , RUA ANA NERY, EM FRENTE AO N° 147, PARQUE AMADOR</t>
   </si>
   <si>
     <t>7376</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7376/7376_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7376/7376_texto_integral.docx</t>
   </si>
   <si>
     <t>TAPE O BURACO NA RUA RITA DE CASTRO CARVALHO, ESQUINA COM A RUA PADRE IRINEU FERREIRA.</t>
   </si>
   <si>
     <t>7377</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7377/7377_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7377/7377_texto_integral.docx</t>
   </si>
   <si>
     <t>DESOBSTRUA A REDE PLUVIAL NA RUA LUPICÍNIO RODRIGUES, ESQUINA COM A AVENIDA ERNESTO DORNELES.</t>
   </si>
   <si>
     <t>7378</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7378/7378_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7378/7378_texto_integral.docx</t>
   </si>
   <si>
     <t>RESOLVA O PROBLEMA DE ILUMINAÇÃO NA PRAÇA CEU, AO LADO DO CONDOMÍNIO PÔR DO SOL.</t>
   </si>
   <si>
     <t>7379</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7379/7379_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7379/7379_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">POSSIBILIDADE DE PROTEGER A RESIDÊNCIA QUE ESTÁ SITUADA NA RUA SÉRGIO CARDOSO, 03, PARQUE PRIMAVERA. </t>
   </si>
   <si>
     <t>7380</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7380/7380_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7380/7380_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CAPINA EM FRENTE AO N° 329, NA RUA DA DIVISA, PARQUE PRIMAVERA. </t>
   </si>
   <si>
     <t>7381</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7381/7381_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7381/7381_texto_integral.docx</t>
   </si>
   <si>
     <t>VISTORIA NO TERRENO SITUADO NA RUA PADRE CLARET ESQUINA COM A RUA ACRE, POIS O LOCAL ENCONTRA-SE COM MATO ALTO, LIXO ESPALHADO OBSTRUINDO O PASSEIO PÚBLICO.</t>
   </si>
   <si>
     <t>7382</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7382/7382_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7382/7382_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE LIXEIRAS COLETIVAS NA AV. PADRE CLARET, 1634 &amp;#8211; CENTRO RESIDENCIAL CLARET. </t>
   </si>
   <si>
     <t>7383</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7383/7383_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7383/7383_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA DALVA DE OLIVEIRA, PARQUE PRIMAVERA. </t>
   </si>
   <si>
     <t>7384</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7384/7384_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7384/7384_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DO PASSEIO PÚBLICO NA RUA FERNANDO FERRARI, EM FRENTE AO NÚMERO 1362-LJ06.</t>
   </si>
   <si>
     <t>7385</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7385/7385_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7385/7385_texto_integral.docx</t>
   </si>
   <si>
     <t>MARCAÇÃO DE UM PONTO DE CARGA E DESCARGA NA RUA FERNANDO FERRARI, ESQUINA COM A RUA SANTO AMARO, ASSIM COMO UM ESTACIONAMENTO PARA MOTOCICLETAS.</t>
   </si>
   <si>
     <t>7386</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7386/7386_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7386/7386_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MARCAÇÃO DE UM PONTO DE CARGA E DESCARGA NA RUA 24 DE AGOSTO, ESQUINA COM A RUA GUARANI. </t>
   </si>
   <si>
     <t>7387</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7387/7387_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7387/7387_texto_integral.docx</t>
   </si>
   <si>
     <t>NOTIFIQUE O PROPRIETÁRIO DO TERRENO SITUADO NA AVENIDA PADRE CLARET, ESQUINA COM A RUA ACRE, PARQUE AMADOR, PARA QUE EFETUE A LIMPEZA E O RECOLHIMENTO DE ENTULHOS NO LOCAL.</t>
   </si>
   <si>
     <t>7407</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7407/7407_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7407/7407_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ELIMINAÇÃO DE UMA BROCA, NA RUA MANOEL DOS SANTOS, ESQUINA COM RUA ELÍSIO SILVA, N° 295, BAIRRO TRÊS MARIA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7408</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7408/7408_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7408/7408_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE UMA BROCA, NA RUA MANOEL DOS SANTOS, ESQUINA COM A RUA ELÍSIO SILVA, N° 165, BAIRRO TRÊS MARIA.</t>
   </si>
   <si>
     <t>7409</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7409/7409_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7409/7409_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ABRIGO PARA PONTO DE ÔNIBUS, NA AVENIDA LUIZ PASTEUR , N° 8375, BAIRRO TRÊS MARIA.</t>
   </si>
   <si>
     <t>7410</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7410/7410_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7410/7410_texto_integral.docx</t>
   </si>
   <si>
     <t>CONSERTO DO TERRENO EM QUE A MÁQUINA DA PREFEITURA ENTROU E ESBURACOU O LOCAL, NO FINAL DA RUA L, N° 25, VILA BARREIRA.</t>
   </si>
   <si>
     <t>7411</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7411/7411_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7411/7411_texto_integral.docx</t>
   </si>
   <si>
     <t>FECHAMENTO DA ÁREA ONDE ESTÁ SENDO CONSTRUÍDO O ECOPONTO NO BAIRRO NOVO ESTEIO, PRINCIPALMENTE NA ÁREA LIMÍTROFE COM AS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>7412</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7412/7412_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7412/7412_texto_integral.docx</t>
   </si>
   <si>
     <t>PROTEÇÃO DAS CRIANÇAS DA ESCOLA TOMÉ DE SOUZA, NA RUA SÃO GABRIEL, EM FRENTE AO PORTÃO DA ESCOLA.</t>
   </si>
   <si>
     <t>7413</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7413/7413_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7413/7413_texto_integral.docx</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM MINI ECOPONTO COM CONTAINERS NO FINAL DA RUA 8 DE MARÇO, NO BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>7414</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7414/7414_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7414/7414_texto_integral.docx</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM BRAÇO DE SUPORTE E LÂMPADA NO ÚLTIMO POSTE DA RUA 1º DE MARÇO NO BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>7415</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7415/7415_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7415/7415_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">TROCA DE LÂMPADAS DAS TRÊS PÉTALAS LUMINÁRIAS DA PRACINHA LOCALIZADA ÀS MARGENS DO CAMPO DE FUTEBOL DO BAIRRO JARDIM DAS FIGUEIRAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7416</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7416/7416_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7416/7416_texto_integral.docx</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO E CONSERTO DOS BRINQUEDOS DA PRACINHA LOCALIZADA ÀS MARGENS DO CAMPO DE FUTEBOL DO BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>7417</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7417/7417_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7417/7417_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CORTE DE GRAMA E LIMPEZA DO CAMPO DE FUTEBOL DO BAIRRO JARDIM DAS FIGUEIRAS, NO FINAL DAS RUAS 1º DE MARÇO E 8 DE MARÇO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7418</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7418/7418_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7418/7418_texto_integral.docx</t>
   </si>
   <si>
     <t>LIMPEZA, DESASSOREAMENTO E MANUTENÇÃO DO ARROIO SAPUCAIA NA EXTENSÃO DO BAIRRO JARDIM DAS FIGUEIRAS.</t>
   </si>
   <si>
     <t>7419</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7419/7419_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7419/7419_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DA CRATERA LOCALIZADA NA RUA DI CAVALCANTI, EM FRENTE AO NÚMERO 231, PARQUE SANTO INÁCIO.</t>
   </si>
   <si>
     <t>7420</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7420/7420_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7420/7420_texto_integral.docx</t>
   </si>
   <si>
     <t>NOTIFICAR O PROPRIETÁRIO DO IMÓVEL LOCALIZADO NA RUA ÉRICO VERÍSSIMO, 188, PARA LIMPEZA DO TERRENO.</t>
   </si>
   <si>
     <t>7421</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7421/7421_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7421/7421_texto_integral.docx</t>
   </si>
   <si>
     <t>DESOBSTRUIR A PASSAGEM DE ÁGUA NO QUEBRA-MOLAS LOCALIZADO NA FRENTE DO SUPERMERCADO ASUN, NA RUA 24 DE AGOSTO.</t>
   </si>
   <si>
     <t>7422</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7422/7422_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7422/7422_texto_integral.docx</t>
   </si>
   <si>
     <t>VISTORIAR A CALÇADA SITUADA NA RUA BUENOS AIRES, ESQUINA COM A RUA PADRE FELIPE.</t>
   </si>
   <si>
     <t>7423</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7423/7423_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7423/7423_texto_integral.docx</t>
   </si>
   <si>
     <t>REALIZAR O ASFALTAMENTO E A MANUTENÇÃO DA ESTRADA DO NAZÁRIO, NO TRECHO PERTENCENTE AO MUNICÍPIO DE ESTEIO, POIS A MESMA É DE CHÃO BATIDO E POSSUI BURACOS ENORMES POR TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>7424</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7424/7424_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7424/7424_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ASFALTAMENTO E A MANUTENÇÃO DA RUA CARMEM MIRANDA, BAIRRO NOVO ESTEIO, POIS A MESMA É DE CHÃO BATIDO E POSSUI BURACOS ENORMES POR TODA SUA EXTENSÃO. </t>
   </si>
   <si>
     <t>7425</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7425/7425_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7425/7425_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PINHEIRO SITUADO NO CANTEIRO CENTRAL DA RUA SENADOR SALGADO FILHO, NO CRUZAMENTO COM A FERNANDO FERRARI SEJA TRANSPLANTADO PARA OUTRO TRECHO DO MESMO CANTEIRO. </t>
   </si>
   <si>
     <t>7433</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7433/7433_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7433/7433_texto_integral.docx</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA PAVIMENTAÇÃO NAS CERCANIAS DO NÚMERO 706, NA RUA TAQUARA, E EM FRENTE A RUA JOÃO CORREA DA COSTA, BAIRRO VILA OLÍMPICA.</t>
   </si>
   <si>
     <t>7437</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7437/7437_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7437/7437_texto_integral.docx</t>
   </si>
   <si>
     <t>EXECUÇÃO DE  MELHORIAS NA RUA DALVA DE OLIVEIRA, POIS A COMUNIDADE SOFRE COM BURACOS E POEIRA.</t>
   </si>
   <si>
     <t>7438</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7438/7438_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7438/7438_texto_integral.docx</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE GRAMA NA PRAÇA DOS GRINGOS &amp;#8211; QUE ESTÁ TOMADA PELO MATAGAL, NA RUA EUCLIDES DA CUNHA COM A RUA SÃO LEOPLDO, BAIRRO JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>7439</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7439/7439_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7439/7439_texto_integral.docx</t>
   </si>
   <si>
     <t>READEQUAÇÃO DE DETERMINADO HORÁRIO E ITINERÁRIO DO TRANSPORTE PÚBLICO &amp;#8211; LINHA 4 &amp;#8211; ANTENA/CENTRO, POR MOTIVO DE SEGURANÇA DOS USUÁRIOS.</t>
   </si>
   <si>
     <t>7440</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7440/7440_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7440/7440_texto_integral.docx</t>
   </si>
   <si>
     <t>NOTIFICAR O PROPRIETÁRIO DO TERRENO NA RUA SANTANA, AO LADO NÚMERO 584, PARA QUE REALIZE A LIMPEZA E DESOBSTRUÇÃO DO PASSEIO PÚBLICO.</t>
   </si>
   <si>
     <t>7441</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7441/7441_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7441/7441_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDÊNCIAS QUANTO AO ESTACIONAMENTO DOS CAMINHÕES DE LIXO, EM FRENTE AS RESIDÊNCIAS LOCALIZADAS NA RUA PINTO BANDEIRA, PRINCIPALMENTE EM FRENTE AO NÚMERO 479. </t>
   </si>
   <si>
     <t>7442</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7442/7442_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7442/7442_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE UMA BROCA QUE ESTÁ SOB O ASFALTO NA RUA JOSÉ CASEMIRO DE CASTILHO, EM FERNTE AO N° 214.</t>
   </si>
   <si>
     <t>7443</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7443/7443_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7443/7443_texto_integral.docx</t>
   </si>
   <si>
     <t>DIVULGUE, JUNTO AO SITE OFICIAL DA PREFEITURA MUNICIPAL DE ESTEIO, UM BANNER INFORMATIVO SOBRE O FUNDO MUNICIPAL DO IDOSO, TAL QUAL E LOGO ABAIXO DO FUNCRIANÇA, JÁ EXISTENTE NO SITE.</t>
   </si>
   <si>
     <t>7444</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7444/7444_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7444/7444_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REVITALIZAÇÃO NO PONTO DE ÔNIBUS, CUJO ABRIGO ESTÁ CAINDO, SENDO SUSTENTADO PELO POSTE DE LUZ AO LADO NA RUA MANOEL DOS SANTOS, TRÊS MARIAS, EM FRENTE A ESCOLA MUNICIPAL MARIA C. S. MARQUES, BEM COMO MELHORIAS NO ASPECTO QUALITATIVO NOS DEMAIS PONTOS DE ÔNIBUS, NO QUE SE REFERE PROTEÇÃO CONTRA INTEMPÉRIES SE TORNANDO APROPRIADA PARA USO DE CRIANÇAS E IDOSOS QUE À UTILIZAM COM MAIOR FREQUÊNCIA. </t>
   </si>
   <si>
     <t>7445</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7445/7445_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7445/7445_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DA LÂMPADA DA RUA MANOEL DOS SANTOS N° 255, BAIRRO TRÊS MARIA.</t>
   </si>
   <si>
     <t>7446</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7446/7446_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7446/7446_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DE LÂMPADAS DA RUA ELISIO SILVA /BECO DO N° 48 AO 76, BAIRRO TRÊS MARIA.</t>
   </si>
   <si>
     <t>7447</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7447/7447_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7447/7447_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA CALÇADA NA RUA MANOEL DOS SANTOS, AO LADO DA IGREJA SANTO ANTONIO MARIA CLARET, BAIRRO TRÊS MARIA, POIS A MESMA SE ENCONTRA COM DUAS CRATERAS BEM SUBSTANCIAIS.</t>
   </si>
   <si>
     <t>7448</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7448/7448_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7448/7448_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA CALÇCADA NA  RUA MANOEL DOS SANTOS N° 301, BAIRRO TRÊS MARIA.</t>
   </si>
   <si>
     <t>7449</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7449/7449_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7449/7449_texto_integral.docx</t>
   </si>
   <si>
     <t>LIMPEZA E O DESENTUPIMENTO DOS BUEIROS E DA CAIXA TERMINAL DA RUA, EM FRENTE A CASA N° 154 QUE ESTÁ AFETANDO A DESCARGA DAS RESIDÊNCIAS DA RUA ELISIO SILVA, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>7450</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7450/7450_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7450/7450_texto_integral.docx</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA CANALIZAÇÃO EM FRENTE AO N° 36, NA RUA DOUTOR MIGUEL FERREIRA.</t>
   </si>
   <si>
     <t>7451</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7451/7451_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7451/7451_texto_integral.docx</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA CANALIZAÇÃO EM FRENTE AO N° 155, NA RUA JUCELINO KUBITSCHEK.</t>
   </si>
   <si>
     <t>7452</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7452/7452_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7452/7452_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DO BUEIRO LOCALIZADO EM FRENTE AO CMEB CLODOVINO SOARES, NA RUA ULISSES PIMENTEL, N° 60, BAIRRO TAMANDARÉ. </t>
   </si>
   <si>
     <t>7453</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7453/7453_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7453/7453_texto_integral.docx</t>
   </si>
   <si>
     <t>REPINTURA DA FAIXA DE SEGURANÇA E DA SINALIZAÇÃO DE &amp;#8220;PARE&amp;#8221; NA ESQUINA DA RUA GILDO DE FREITAS COM A RUA COELHO NETO.</t>
   </si>
   <si>
     <t>7462</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7462/7462_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7462/7462_texto_integral.docx</t>
   </si>
   <si>
     <t>COLOCAR UMA PROTEÇÃO &amp;#8211; TUBO DE CONCRETO EM PÉ &amp;#8211; AO LADO DA BOCA DE LOBO LOCALIZADA NA RUA CLAÚDIO ZONTA, EM FRENTE AO NÚMERO 135.</t>
   </si>
   <si>
     <t>7463</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7463/7463_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7463/7463_texto_integral.docx</t>
   </si>
   <si>
     <t>NOTIFICAR O PROPRIETÁRIO DO TERRENO NA RUA 24 DE AGOSTO, NÚMERO 2.047.</t>
   </si>
   <si>
     <t>7464</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7464/7464_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7464/7464_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFICAR O PROPRIETÁRIO DO TERRENO NA RUA SANTANA, AO LADO NÚMERO 486. </t>
   </si>
   <si>
     <t>7465</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7465/7465_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7465/7465_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE UMA BROCA NA RUA SÃO FRANCISCO, EM FRENTE AO NÚMERO 921.</t>
   </si>
   <si>
     <t>7466</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7466/7466_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7466/7466_texto_integral.docx</t>
   </si>
   <si>
     <t>PODA DE ARBUSTOS E LIMPEZA DO MATO E MELHORA DA SINALIZAÇÃO NA RUA MACHADO LOPES ESQUINA COM A RUA FERNANDO FERRARI.</t>
   </si>
   <si>
     <t>7467</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7467/7467_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7467/7467_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ELIMINAÇÃO DE UMA BROCA NA RUA CLAUDIO ZONTA, EM FRENTE AO NÚMERO 08. </t>
   </si>
   <si>
     <t>7468</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7468/7468_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7468/7468_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REPARAÇÃO ASFÁLTICA NA RUA INÁCIO MONTANHA, EM TODA SUA EXTENSÃO. </t>
   </si>
   <si>
     <t>7469</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7469/7469_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7469/7469_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ELIMINAÇÃO DE BROCA, NA RUA INÁCIO MONTANHA, EM FRENTE AO NÚMERO 304. </t>
   </si>
   <si>
     <t>7497</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7497/7497_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7497/7497_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO DOS ABRIGOS DE ÔNIBUS LOCALIZADOS NAS SEGUINTES VIAS PÚBLICAS: RUA SANTANA ESQUINA COM A RUA NOVO HAMBURGO, EM FRENTE AO MERCADO UNIÃO E NA AVENIDA PADRE CLARET, Nº 333, PRÓXIMO A RUA FERNANDO FERRARI. </t>
   </si>
   <si>
     <t>7498</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7498/7498_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7498/7498_texto_integral.docx</t>
   </si>
   <si>
     <t>VISTORIA NA CALÇADA E NO TERRENO SITUADO NA RUA LAURINDO MARCHESAN, TRÊS MARIAS &amp;#8211; ESTEIO, AO LADO DA CASA 33.</t>
   </si>
   <si>
     <t>7499</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7499/7499_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7499/7499_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ASFALTAMENTO DA RUA ELISIO SILVA.  </t>
   </si>
   <si>
     <t>7500</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7500/7500_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7500/7500_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve"> RECUPERAÇÃO DO ASFALTO NA RUA ALEGRETE EM FRENTE A AME E EM FRENTE AO Nº 839. </t>
   </si>
   <si>
     <t>7501</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7501/7501_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7501/7501_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PODA DE ÁRVORES  QUE ESTÃO OCULTANDO PLACAS QUE SINALIZAM E IDENTIFICAM QUEBRA-MOLAS, NAS IMEDIAÇÕES DA RUA JOÃO FRANCISCO ALVES, Nº 195 E Nº 55. </t>
   </si>
   <si>
     <t>7502</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7502/7502_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7502/7502_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">FISCALIZAÇÃO DA SITUAÇÃO DOS ANIMAIS ABANDONADOS E AVANÇANDO EM MORADORES LOCAIS NAS RUAS LAURINDO MARCHESAN E JOÃO FRANCISCO ALVES. </t>
   </si>
   <si>
     <t>7503</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7503/7503_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7503/7503_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">RECUPERAÇÃO DA CALÇADA NA PARADA DE ÔNIBUS DA RUA MANOEL DOS SANTOS, EM FRENTE A ESCOLA MARIA C. S. MARQUES. </t>
   </si>
   <si>
     <t>7504</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7504/7504_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7504/7504_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ELIMINAÇÃO DE BROCA EXISTENTE NA CALÇADA SITUADA NA RUA ALLAN KARDEK, N° 244 E 254, E TAMBÉM EFETUE A LIMPEZA DOS BUEIROS EXISTENTES NESTA QUADRA, POIS SEGUNDO RELATOS, HÁ ANOS NÃO É REALIZADO. </t>
   </si>
   <si>
     <t>7505</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7505/7505_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7505/7505_texto_integral.docx</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DA PAVIMENTAÇÃO DA RUA 24 DE AGOSTO, ENTRE OS N° 1149 E 1161, POIS, SEGUNDO INFORMAÇÕES, OCORRE O ACÚMULO DE ÁGUA PLUVIAL NO LOCAL, DEVIDO AO NÃO ESCOAMENTO ADEQUADO DA MESMA E A REMOÇÃO DE BOCA DE LOBO QUE EXISTIA NESTE MESMO LOCAL, E QUE SEGUNDO O OFICIO N° 131/18, DEVERIA SER EXECUTADO EM MARÇO DE 2018.</t>
   </si>
   <si>
     <t>7506</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7506/7506_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7506/7506_texto_integral.docx</t>
   </si>
   <si>
     <t>VIABILIDADE DE ALTERAÇÃO PARCIAL DO ITINERÁRIO DAS LINHAS QUE TRANSITAM PELA RUA 24 DE AGOSTO E DA RUA PADRE CLARET, INCLUINDO NO PERCURSO A RUA PADRE FELIPE, ENTRE OS TRECHOS DAS RUAS RIO GRANDES E ALEGRETE.</t>
   </si>
   <si>
     <t>7507</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7507/7507_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7507/7507_texto_integral.docx</t>
   </si>
   <si>
     <t>VIABILIDADE DA RESTAURAÇÃO E ILUMINAÇÃO DO MONUMENTO EM HOMENAGEM A PADROEIRA DE ESTEIO, SITUADO NA PRAÇA CORAÇÃO DE MARIA.</t>
   </si>
   <si>
     <t>7508</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7508/7508_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7508/7508_texto_integral.docx</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DAS ILHAS DIVISÓRIAS, PARA PROTEÇÃO DA TRAVESSIA DE PEDESTRES, EXISTENTE NA ESQUINA DA AV. PRESIDENTE VARGAS E RUA PADRE FELIPE, ENTRE A LOJA PALUDO E O BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>7509</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7509/7509_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7509/7509_texto_integral.docx</t>
   </si>
   <si>
     <t>MOTIVO DA OBSTRUÇÃO DA BOCA DE LOBO, SITUADA NA TRAVESSA GUAÍBA, ESQUINA COM A RUA PADRE FELIPE, PRÓXIMO AO N° 1900.</t>
   </si>
   <si>
     <t>7510</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7510/7510_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7510/7510_texto_integral.docx</t>
   </si>
   <si>
     <t>ESTUDO TÉCNICO JUNTO ÀS COMPANHIAS DE ÔNIBUS E AUTOLOTAÇÕES, PARA VERIFICAÇÃO DA VIABILIDADE DE DESCONTOS OU GRATUIDADE EM PASSAGEM INTEGRADA PARA SEGUNDA CONDUÇÃO, EM UM INTERVALO DE 30 MINUTOS.</t>
   </si>
   <si>
     <t>7511</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7511/7511_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7511/7511_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VERIFICAR/CONSERTAR OS PILARES DA RUA &amp;#8220;COBERTA&amp;#8221;, SITUADA NA RUA GARIBALDI, ESQUINA COM AVENIDA PRESIDENTE VARGAS QUE, SEGUNDO RESPOSTA DO EXECUTIVO MUNICIPAL, ATRAVÉS DO OFÍCIO 1243/17-SG, SERIA REALIZADO EM FEVEREIRO DE 2018. </t>
   </si>
   <si>
     <t>7512</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7512/7512_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7512/7512_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERAÇÃO NO TRÂNSITO, NA REGIÃO CENTRAL DA CIDADE, ATRAVÉS DE BLOQUEIO DO CANTEIRO CENTRAL SITUADO NA AVENIDA PRESIDENTE VARGAS, NO CRUZAMENTO COM A RUA GARIBALDI.</t>
   </si>
   <si>
     <t>7513</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7513/7513_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7513/7513_texto_integral.docx</t>
   </si>
   <si>
     <t>PROVIDENCIAS NA RUA NELSON DE OLIVEIRA MELLO, Nº 153 &amp;#8211; SANTO INÁCIO, PARA ELIMINAÇÃO DE UMA BROCA, BEM COMO A SUBSTITUIÇÃO DE LÂMPADA DA ILUMINAÇÃO PÚBLICA NO MESMO LOCAL.</t>
   </si>
   <si>
     <t>7514</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7514/7514_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7514/7514_texto_integral.docx</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES NO CANTEIRO CENTRAL DAS AVENIDAS JOÃO FRAINER E PORTO ALEGRE.</t>
   </si>
   <si>
     <t>7515</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7515/7515_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7515/7515_texto_integral.docx</t>
   </si>
   <si>
     <t>LIMPEZA E O CORTE DA GRAMA DA RÓTULA DA RUA RIO GRANDE COM A AVENIDA SENADOR SALGADO FILHO, ANTIGA PARADA 19.</t>
   </si>
   <si>
     <t>7516</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7516/7516_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7516/7516_texto_integral.docx</t>
   </si>
   <si>
     <t>ALARGAMENTO DA RUA ELIS REGINA NA CONEXÃO COM A ESTRADA DO NÁZARIO.</t>
   </si>
   <si>
     <t>7517</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7517/7517_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7517/7517_texto_integral.docx</t>
   </si>
   <si>
     <t>ELIMINAÇÃO DE BROCA NA CALÇADA DA RUA LUIZ FRANCISCO GUIZONE ENTRE OS N° 77 E 89.</t>
   </si>
   <si>
     <t>7518</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7518/7518_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7518/7518_texto_integral.docx</t>
   </si>
   <si>
     <t>RETIRE OS ENTULHOS NA ESQUINA DA RUA DALVA DE OLIVEIRA, ESQUINA COM A RUA ORESTE PIANTA.</t>
   </si>
   <si>
     <t>7519</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7519/7519_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7519/7519_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTALE UMA PARADA DE ÔNIBUS NA RUA DALVA DE OLIVEIRA NAS PROXIMIDADES DA RUA 5.</t>
   </si>
   <si>
     <t>7520</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7520/7520_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7520/7520_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA CALÇADA NA RUA OSWALDO CRUZ, N° 84, ONDE FOI FEITA A ELIMINAÇÃO DE UMA BROCA.</t>
   </si>
   <si>
     <t>7521</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7521/7521_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7521/7521_texto_integral.docx</t>
   </si>
   <si>
     <t>MELHORIAS, OPERAÇÃO TAPA BURACOS, NA RUA JORGE DE SOUZA MORAES, BAIRRO PRIMAVERA, CUJA SITUAÇÃO É DE TOTAL ABANDONO.</t>
   </si>
   <si>
     <t>7522</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7522/7522_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7522/7522_texto_integral.docx</t>
   </si>
   <si>
     <t>MANUTENÇÃO DAS BOCAS DE LOBOS, NA RUA JORGE DE SOUZA MORAES, BAIRRO PRIMAVERA, ONDE O ESGOTO ESTÁ TRANSBORDANDO A CÉU ABERTO..</t>
   </si>
   <si>
     <t>7523</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7523/7523_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7523/7523_texto_integral.docx</t>
   </si>
   <si>
     <t>VERIFIQUE A SITUAÇÃO DOS CACHORROS ABANDONADOS ACOLHIDOS PELA MORADORA DA RUA DALVA DE OLIVEIRA N°206, BAIRRO PRIMAVERA.</t>
   </si>
   <si>
     <t>7524</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7524/7524_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7524/7524_texto_integral.docx</t>
   </si>
   <si>
     <t>SITUAÇÃO DA ESCOLA MARIA LIGIA, CUJO GUARDA FOI RETIRADO  E QUE ESTUDE A POSSIBILIDADE  DE RETORNO DO PROFISSIONAL.</t>
   </si>
   <si>
     <t>7525</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7525/7525_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7525/7525_texto_integral.docx</t>
   </si>
   <si>
     <t>SITUAÇÃO NA AVENIDA LINDOLFO COLLOR ONDE FOI COLOCADO NO MURO DA ESCOLA MARIA LIGIA UMA PLACA DE ÔNIBUS SEM COBERTURA.</t>
   </si>
   <si>
     <t>7526</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7526/7526_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7526/7526_texto_integral.docx</t>
   </si>
   <si>
     <t>REFEITA A BOCA DE LOBO QUE ESTÁ QUEBRADA, NA RUA TENENTE PASCOAL SEVERO N° 127.</t>
   </si>
   <si>
     <t>7527</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7527/7527_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7527/7527_texto_integral.docx</t>
   </si>
   <si>
     <t>LIMPEZA NA RUA CALÇADÃO SUL  N° 35, BAIRRO HÍPICA, ONDE HÁ ACÚMULO DE LIXO E PROLIFERAÇÃO DE RATOS E BARATAS.</t>
   </si>
   <si>
     <t>7528</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7528/7528_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7528/7528_texto_integral.docx</t>
   </si>
   <si>
     <t>VISTORIA NO LOCAL VERIFICANDO O QUE ESTÁ DEPOSITADO NOS CONTAINERS ABANDONADOS HÁ BASTANTE TEMPO, NA RUA VEIGA MARQUES N° 118 BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>7529</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7529/7529_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7529/7529_texto_integral.docx</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO AO PROPRIETÁRIO DOS TERRENOS PARA  LIMPEZA E MANUTENÇÃO,  NA RUA VEIGA MARQUES N° 142, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>7530</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7530/7530_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7530/7530_texto_integral.docx</t>
   </si>
   <si>
     <t>MANUTENÇÃO DO ASFALTO NA RUA RIO GRANDE COM A AV. DOM PEDRO E AV. DOM PEDRO COM A PELOTAS.</t>
   </si>
   <si>
     <t>7584</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 24 DE ABRIL DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE PARA VISTORIA E LIMPEZA NA CALÇADA SITUADA NA RUA MAX KOLERT EM FRENTE AO N° 109, BAIRRO OLÍMPICA.</t>
   </si>
   <si>
     <t>7585</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7585/7585_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7585/7585_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 24 DE ABRIL DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE,  PROCEDER A RECUPERAÇÃO DA CALÇADA NA RUA MANOEL DOS SANTOS, EM FRENTE À ESCOLA MARIA CS MARQUES, TRÊS MARIA.</t>
   </si>
   <si>
     <t>7586</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7586/7586_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7586/7586_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 24 DE ABRIL DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE, PROCEDER A RECUPERAÇÃO DO ASFALTO NA RUA MANOEL DOS SANTOS COM A AV. LUIZ PASTEUR EM FRENTE A IGREJA SANTO ANTÔNIO MARIA CLARET, BAIRRO TRÊS MARIA</t>
   </si>
   <si>
     <t>7587</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 24 DE ABRIL DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE,  PROCEDER NA RECUPERAÇÃO DA CALÇADA NA RUA ALEGRETE N° 842, BAIRRO PARQUE AMADOR, POIS A MESMA SE ENCONTRA OCA , AS PEDRAS DE CIMA PERMANECEM, PORÉM A PARTE SUBTERRÂNEA SE GASTOU FORMANDO UM ENORME BURACO, O QUE CAUSA GRANDES RISCOS A POPULAÇÃO POIS PODE DESABAR A QUALQUER MOMENTO.</t>
   </si>
   <si>
     <t>7588</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA VERIFIQUE A POSSIBILIDADE DE FAZER UMA REUNIÃO COM O GOVERNO ESTADUAL A FIM DE EFETUAR O CONSERTO DA ESTRADA DO NAZÁRIO QUE ESTÁ INTRANSITÁVEL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7598</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7598/7598_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7598/7598_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE,  A ELIMINAÇÃO DE BROCA NA CALÇADA NA RUA IPIRANGA Nº 101_x000D_
 </t>
   </si>
   <si>
     <t>7599</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7599/7599_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7599/7599_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DO DIA 24 DE ABRIL DE 2018, SOLICITA A VOSSA SENHORIA, QUE EFETUE A TROCA DE POSTE NA RUA DONA MORENA, Nº 76.</t>
   </si>
   <si>
     <t>7600</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7600/7600_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7600/7600_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE,  A VISTORIA DE DOIS CONTAINERS ABANDONADOS E LACRADOS NA RUA VEIGA MARQUES, Nº 142</t>
   </si>
   <si>
     <t>7601</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7601/7601_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7601/7601_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE,  ELIMINAÇÃO DE BROCA NA RUA ALDO LOCATELI, Nº 526</t>
   </si>
   <si>
     <t>7602</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7602/7602_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7602/7602_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE,  VISTORIA DA SITUAÇÃO DOS CACHORROS NO ENDEREÇO RUA VITERBO JOSÉ MACHADO, Nº 91 E NOTIFICAÇÃO DO MORADOR PARA MANUTENÇÃO DE LIMPEZA E CONDIÇÕES SANITÁRIAS DO LOCAL.</t>
   </si>
   <si>
     <t>7603</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7603/7603_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7603/7603_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR ARI DA CENTER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE,  QUE ESTUDE A POSSIBILIDADE DE ADOTAR MEDIDAS QUE INIBAM A PERMANÊNCIA DE DISTRIBUIDORES DE PLANFLETOS E VENDEDORES AMBULANTES NO CANTEIRO CENTRAL DA AVENIDA PRESIDENTE VARGAS JUNTO AO SEMÁFORO DA RUA PADRE FELIPE.</t>
   </si>
   <si>
     <t>7604</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADORA RUTE VIEGAS PEREIRA, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE SEJA ESTUDADA A POSSIBILIDADE DE IMPLEMENTAR NOVAMENTE O PROGRAMA ODONTOMÓVEL.</t>
   </si>
   <si>
     <t>7605</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7605/7605_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7605/7605_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE PARA QUE RECUPERE O PRÉDIO, EDIFIQUE UMA CERCA CAPAZ DE GARANTIR A SEGURANÇA DAS INSTALAÇÕES FORA DO HORÁRIO DO EXPEDIENTE E RETOME AS ATIVIDADES DA ACADEMIA DE SAÚDE DO BAIRRO VOTORANTIM.</t>
   </si>
   <si>
     <t>7606</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE ELIMINE DUAS BROCAS NA CALÇADA DA RUA DONA ISABEL, EM FRENTE AO N° 367. UMA DELAS FICA NA ESQUINA COM RUA TAQUARI JUNTO A BOCA DE LOBO. A OUTRA BROCA FICA EM FRENTE AO PORTÃO DE ACESSO A RESIDÊNCIA, TAMBÉM JUNTO A BOCA DE LOBO</t>
   </si>
   <si>
     <t>7607</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>7608</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7608/7608_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7608/7608_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE PARA MANUTENÇÃO DA ESTRUTURA DA ÁREA COBERTA NA ENTRADA DA UNIDADE BÁSICA DE SAÚDE DO PARQUE CLARET, ASSIM COMO LIMPEZA DO PÁTIO INTERNO._x000D_
 </t>
   </si>
   <si>
     <t>7609</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7609/7609_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7609/7609_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, O CONTROLE COM AGENTES DE TRÂNSITO DAS ESCOLAS MUNICIPAIS CAMILO ALVES, OSVALDO ARANHA, FLORES DA CUNHA E SANTO INÁCIO, PRINCIPALMENTE NO PERIODO DE ENTRADA E SAIDA DO TURNO DA TARDE.</t>
   </si>
   <si>
     <t>7610</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7610/7610_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7610/7610_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE REALIZE O CORTE DO MATO NA ESQUINAS DA RUA RIO GRANDE COM A RUA ERICO VERÍSSIMO.</t>
   </si>
   <si>
     <t>7611</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7611/7611_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7611/7611_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A MANUTENÇÃO DA TRAVESSA ESTRADA DO BOQUEIRÃO N° 630.</t>
   </si>
   <si>
     <t>7612</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A ELIMINAÇÃO DE BROCA NA CALÇADA, NA RUA ALDO LOCATELLI, N° 526, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>7613</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>7614</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7614/7614_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7614/7614_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A SUBSTITUIÇÃO DE TAMPA DE BOCA DE LOBO QUE ESTÁ QUEBRADA, NA RUA LUPICÍNIO RODRIGUES, N° 461, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>7615</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7615/7615_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7615/7615_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A ELIMINAÇÃO DE BROCA, NA RUA LUPICÍNIO RODRIGUES, N° 449, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>7616</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7616/7616_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7616/7616_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A LIMPEZA DE BOCA DE LOBO NA RUA LUPÍCÍNIO RODRIGUES, N° 404, BAIRRO SANTO INÁCIO.</t>
   </si>
   <si>
     <t>7617</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7617/7617_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7617/7617_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE A ELIMINAÇÃO DE BROCA NA RUA LUPICÍNIO RODRIGUES, Nº 406._x000D_
 </t>
   </si>
   <si>
     <t>7618</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7618/7618_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7618/7618_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, LIMPEZA DE BOCA DE LOBO E REDE DE ESGOTO PLUVIAL NA AVENIDA GOVERNADOR ERNESTO DORNELLES, ESQUINA COM A RUA ALDO LOCATELLI E NA ESQUINA DESTA AVENIDA COM A RUA LUPICÍNIO RODRIGUES.</t>
   </si>
   <si>
     <t>7619</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7619/7619_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7619/7619_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA INFORME O MOTIVO DO FECHAMENTO DA TRAVESSA DO PARQUE VOTORANTIM SITUADA NO FINAL DA RUA AIRTON SENNA DA SILVA, QUE DÁ ACESSO A LUDOVICO COSTELLA E QUAL O DESTINO DA VIA. </t>
   </si>
   <si>
     <t>7620</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7620/7620_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7620/7620_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA INFORME O QUAL A PROGRAMAÇÃO DA PREFEITURA PARA A RECUPERAÇÃO E RETOMADA DO FUNCIONAMENTO DA ACADEMIA DE SAÚDE DO PARQUE VOTORANTIM.</t>
   </si>
   <si>
     <t>7621</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7621/7621_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7621/7621_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA INFORME O MOTIVO DA NOVA PARALISAÇÃO DAS OBRAS DE DRENAGEM DA RUA BENTO GONÇALVES.</t>
   </si>
   <si>
     <t>7622</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7622/7622_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7622/7622_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, AVALIAÇÃO DA POSSIBILIDADE DE CONSTRUÇÃO/IMPLANTAÇÃO DE ESPAÇOS, COM PEQUENAS MESAS E BANCOS, JUNTO ÀS PRAÇAS E AOS PARQUES MUNICIPAIS, COM A FINALIDADE DE POSSIBILITAR A PRÁTICA DE DIFERENTES JOGOS, COMO XADREZ, DAMAS, BARALHO E OUTRAS ATIVIDADES.</t>
   </si>
   <si>
     <t>7624</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7624/7624_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7624/7624_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA QUE VOSSA SENHORIA REAVALIE O FUNCIONAMENTO DOS POSTES DE LUZ QUE FORAM TROCADOS NA AV. TARSO DUTRA, Nº 238. FOTOS EM ANEXO. </t>
   </si>
   <si>
     <t>7626</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7626/7626_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7626/7626_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR FELIPE COSTELLA, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA A VOSSA SENHORIA QUE ESTUDE A POSSIBILIDADE DE REALIZAR O &amp;#8220;PAPO DE RESPONSA&amp;#8221;, NAS ESCOLAS DE ESTEIO</t>
   </si>
   <si>
     <t>7632</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7632/7632_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7632/7632_texto_integral.docx</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA SENHORIA DETERMINE A PODA DE ÁRVORE NA AVENIDA JOÃO NEVES DA FONTOURA, EM FRENTE AO NÚMERO 292.</t>
   </si>
   <si>
     <t>7633</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7633/7633_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7633/7633_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA SENHORIA TOME AS MEDIDAS CABÍVEIS PARA QUE SEJA FEITA A REPAVIMENTAÇÃO DA RUA LINOS MULLHER.</t>
   </si>
   <si>
     <t>7634</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7634/7634_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7634/7634_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA SENHORIA QUE INTENSIFIQUE AS RONDAS POLICIAIS NAS IMEDIAÇÕES DA ESCOLA PROFª MARIA SIRLEY VARGAS FERRAZ ( CAIC), NO BAIRRO PRIMAVERA.  _x000D_
 </t>
   </si>
   <si>
     <t>7635</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA SENHORIA TOME UMA PROVIDÊNCIA EM RELAÇÃO AO MURO DA ESCOLA ESTADUAL CAETANO GONÇALVES DA SILVA, NA RUA PELOTAS, ESQUINA COM A DOM PEDRO, QUE ESTÁ COM RISCO IMINENTE DE DESABAMENTO. FOTOS EM ANEXO.</t>
   </si>
   <si>
     <t>7636</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7636/7636_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7636/7636_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA SENHORIA TOME PROVIDÊNCIAS URGENTES JUNTO AO MURO DA ESCOLA ESTADUAL DE ENSINO ESPECIAL PADRE RÉUS, NA RUA SANTANA, Nº 235.</t>
   </si>
   <si>
     <t>7639</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7639/7639_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7639/7639_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA SENHORIA DETERMINE A PODA DE ÁRVORE NA RUA AGOSTINO CAMILO BORBA, Nº 461.</t>
   </si>
   <si>
     <t>7642</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME QUANTOS REGIMES ESPECIAIS DE TRABALHO (RET) COM CONTRATOS VIGENTES EXISTEM NO MOMENTO OCUPANDO VAGAS DE CARÁTER EFETIVO.</t>
   </si>
   <si>
     <t>7643</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7643/7643_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7643/7643_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA FORNEÇA CÓPIA DO ESTUDO HIDROLÓGICO FEITO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7644</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7644/7644_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7644/7644_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA QUE INFORME SOBRE OS MOTIVOS DA REDUÇÃO DE MAIS DE R$ 4 MILHÕES NOS REPASSES DO GOVERNO DO ESTADO À FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO PREVISTOS PARA 2018, CONFORME INFORMAÇÃO DADA PELO PREFEITO EM OFÍCIO Nº 077/18-GP_x000D_
 </t>
   </si>
   <si>
     <t>7645</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7645/7645_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7645/7645_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA QUE INFORME DADOS CONCRETOS QUE SUBSIDIAM A VERSÃO ANUNCIADA PELO PREFEITO DE QUE DIZ TER HERDADO DÍVIDAS MILIONÁRIAS DA GESTÃO ANTERIOR. </t>
   </si>
   <si>
     <t>7652</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7652/7652_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7652/7652_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR ARI DA CENTER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO DE 2018, SOLICITA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE A SECRETARIA COMPETENTE ESTUDE A POSSIBILIDADE DE SUBSTITUIR OS TACHÕES FIXADOS NA RUA 24 DE AGOSTO, NAS CERCANIAS DO         N°. 1792, POR UMA ELEVADA SEMELHANTE A INSTALADA EM FRENTE A DELEGACIA DE POLÍCIA, NA AVENIDA PRESIDENTE VARGAS.</t>
   </si>
   <si>
     <t>7653</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7653/7653_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7653/7653_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR ARI DA CENTER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE A SECRETARIA COMPETENTE REALIZE A MANUTENÇÃO DEFINITIVA DO ENTORNO DO SITEMA DE ESGOTO INSTALADO NA ESQUINA DA RUA SÃO FRANCISCO COM A TAQUARA. </t>
   </si>
   <si>
     <t>7654</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7654/7654_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7654/7654_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR ARI DA CENTER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE A SECRETARIA COMPETENTE DETERMINE A HIGIENIZAÇÃO DAS LIXEIRAS INSTALADAS AO LONGO DA AVENIDA PRESIDENTE VARGAS</t>
   </si>
   <si>
     <t>7655</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7655/7655_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7655/7655_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE A RETIRADA DE LIXO NA ÁREA DA PEDREIRA NO LADO DO NOVO ESTEIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7656</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7656/7656_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7656/7656_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE A RETIRADA DE LIXO NA ÁREA DA PEDREIRA NO LADO DO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>7657</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7657/7657_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7657/7657_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, O CONSERTO E FIXAÇÃO DA GRADE METÁLICA QUE COBRE A RUA ORESTES PIANTA, NA ALTURA DA RUA DALVA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>7658</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7658/7658_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7658/7658_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE PARA QUE INSTALE UM OBSTÁCULO RÍGIDO NA ESQUINA DA RUA DALVA DE OLIVEIRA COM A RUA ORESTES PIANTA, PARA A SEGURANÇA DOS MORADORES.</t>
   </si>
   <si>
     <t>7659</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7659/7659_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7659/7659_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A ELIMINAÇÃO DE UMA BROCA NA RUA ARLINDO BAIERLE, EM FRENTE AO NÚMERO 370, NO BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>7660</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7660/7660_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7660/7660_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE TOME PROVIDÊCIAS PARA ATENDER AS FAMÍLIAS DA AVENIDA JOÃO FRAINER, 955 E VIZINHOS QUE ESTÃO PERDENDO SUAS RESIDÊNCIAS PELA EROSÃO DO ARROIO SAPUCAIA.</t>
   </si>
   <si>
     <t>7661</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7661/7661_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7661/7661_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE PROCEDA A ELIMINAÇÃO DE UMA BROCA NA CALÇADA NA RUA ORESTES PIANTA, ESQUINA COM A RUA DALVA DE OLIVEIRA, NO PARQUE PRIMAVERA.</t>
   </si>
   <si>
     <t>7662</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7662/7662_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7662/7662_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A ELIMINAÇÃO DE UMA BROCA NA CALÇADA DA RUA DALVA DE OLIVEIRA, EM FRENTE AO N° 17.</t>
   </si>
   <si>
     <t>7663</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A TROCA DE LÂMPADA QUEIMADA DO POSTE DA RUA RIO BRANCO, N° 192, PARQUE AMADOR.</t>
   </si>
   <si>
     <t>7664</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7664/7664_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7664/7664_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE VERIFIQUE AS CONDIÇÕES ESTRUTURAIS DA PONTE SOBRE O ARROIO ESTEIO NA RUA MINUANO COM A RUA NOVO HAMBURGO.</t>
   </si>
   <si>
     <t>7665</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7665/7665_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7665/7665_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE MANUTENÇÃO DA REDE PLUVIAL DA RUA ÀGATA, NO LOTEAMENTO CAMPOS VERDES.</t>
   </si>
   <si>
     <t>7666</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7666/7666_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7666/7666_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A LIMPEZA DE UMA BOCA DE LOBO ENTUPIDA TRANSBORDANDO ESGOTO, NA RUA JOANA DARK, N° 320, BAIRRO PREMEM. </t>
   </si>
   <si>
     <t>7667</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7667/7667_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7667/7667_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE VERIFIQUE A SITUAÇÃO DE ABANDONO DA INCUBADORA DO MUNICÍPIO NA AVENIDA HENRIQUE DE PAULA SILVEIRA.</t>
   </si>
   <si>
     <t>7668</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7668/7668_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7668/7668_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A PODA OU CORTE DE UMA ÁRVORE DE EUCALIPTO COM RISCO DE QUEDA NA AVENIDA SALGADO FILHO, PRÓXIMO AO VIADUTO</t>
   </si>
   <si>
     <t>7669</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, O CONSERTO DE UMA BOCA DE LOBO QUEBRADA, NA RUA TIRADENTES ESQUINA COM A RUA BRASÍLIA, TAMBÉM, QUE SEJA COLOCADO UM CANO DE CONCRETO NA ESQUINA PARA NÃO QUEBRAR NOVAMENTE</t>
   </si>
   <si>
     <t>7670</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7670/7670_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7670/7670_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE UMA PLACA DE CARGA E DESCARGA EM FRENTE AO COMÉRCIO "SACOLA ECONÔMICA DIA A DIA&amp;#8221;, NA RUA JOANA DARK, N° 320, BAIRRO PREMEM</t>
   </si>
   <si>
     <t>7671</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7671/7671_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7671/7671_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE O HIDROJATEAMENTO E LIMPEZA DE REDE DE ESGOTO, NA TRAVESSA 72, N° 24, BAIRRO HÍPICA, PARQUE PRIMAVERA</t>
   </si>
   <si>
     <t>7672</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7672/7672_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7672/7672_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A TROCA DE LÂMPADA, NA TRAVESSA 74, N° 71, N° 75 E NO CALÇADÃO SUL ESQUINA COM A TRAVESSA 74, N° 53, BAIRRO HÍPICA, PARQUE PRIMAVERA._x000D_
 </t>
   </si>
   <si>
     <t>7673</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7673/7673_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7673/7673_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A TROCA DE LÂMPADA, NA RUA OSWALDO JESUS VIEIRA, PRÓXIMO AO CAMINHO COM A RUA BOQUEIRÃO, BAIRRO HÍPICA, PARQUE PRIMAVERA.</t>
   </si>
   <si>
     <t>7674</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7674/7674_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7674/7674_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE EFETUE A LIMPEZA DO PÁTIO E ENTORNO DAS UNIDADES DE SAÚDE DO CAIC E DR. PAULO JUSTINIANO LUCENA BORGES (CLARET), ALÉM DA LIMPEZA, COLOQUE PLACAS DE CONSCIENTIZAÇÃO PARA O DESCARTE IRREGULAR DE LIXO E BITUCAS DE CIGARRO E ALÉM DA INSTALAÇÃO DE LIXEIRAS.</t>
   </si>
   <si>
     <t>7675</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7675/7675_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7675/7675_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 03 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE VERIFIQUE AS CONDIÇÕES ESTRUTURAIS O IMÓVEL LOCALIZADO NA RUA 24 DE AGOSTO, N° 1637, E REALIZE A NOTIFICAÇÃO DO MESMO, SE NECESSÁRIO.</t>
   </si>
   <si>
     <t>7676</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7676/7676_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7676/7676_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 03 DE MAIO DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE O CONSERTO DA INFILTRAÇÃO NO CMEB ÉRICO VERÍSSIMO, RUA SANTANA, N° 235, CENTRO/VILA OLÍMPICA &amp;#8211; ESTEIO, QUE ESTÁ SE DESLOCANDO PARA A ESCOLA ESTADUAL DE ENSINO ESPECIAL PADRE RÉUS E AFETANDO O MURO E A SALA DA DIRETORA. </t>
   </si>
   <si>
     <t>7677</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA, DETERMINE À SECRETARIA COMPETENTE A ELIMINAÇÃO DE BROCA NA CALÇADA, NA RUA IÊDA NUNES DE AZEVEDO, EM FRENTE AO N° 256, PARQUE AMADOR. </t>
   </si>
   <si>
     <t>7678</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7678/7678_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7678/7678_texto_integral.docx</t>
   </si>
   <si>
     <t>7679</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7679/7679_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7679/7679_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, QUE REPARE UMA BOCA DE LOBO QUEBRADA E COLOQUE UM CANO DE FERRO AO LADO DA MESMA PARA EVITAR A PASSAGEM DE VEÍCULOS SOBRE ESTA. SE ENCONTRA LOCALIZADA NA RUA CLAÚDIO ZONTA, N° 135, BAIRRO CONCÓRDIA</t>
   </si>
   <si>
     <t>7680</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7680/7680_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7680/7680_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE FAÇA REPAROS NO ASFALTO NA AVENIDA DAS AMÉRICAS (FUNDOS DO CEMITÉRIO MUNICIPAL), POIS HÁ MUITOS BURACOS.</t>
   </si>
   <si>
     <t>7681</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7681/7681_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7681/7681_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE FAÇA REPAROS EM UMA CRATERA NO ASFALTO NA AVENIDA GOVERNADOR ERNESTO DORNELES, PRÓXIMO A ACADEMIA DE SAÚDE.</t>
   </si>
   <si>
     <t>7682</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7682/7682_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7682/7682_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE FAÇA REPAROS NO ASFALTO NA RUA QUARAÍ, ENTRE OS NÚMEROS 423 E 500, POIS ESTÁ CHEIO DE BURACOS, TORNANDO-SE QUASE INSTRANSITÁVEL._x000D_
 </t>
   </si>
   <si>
     <t>7683</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7683/7683_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7683/7683_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A SINALIZAÇÃO VIÁRIA E QUE AVALIE A POSSIBILIDADE DE INSTALAÇÃO DE QUEBRA MOLAS, NA RUA NOVO HAMBURGO, ESQUINA COM A AVENIDA PADRE CLARET, BAIRRO PARQUE AMADOR.</t>
   </si>
   <si>
     <t>7684</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7684/7684_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7684/7684_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE NOTIFIQUE O PROPRIETÁRIO DO IMÓVEL SITUADO NA RUA 24 DE AGOSTO, AO LADO DO N° 796, PARA QUE O MESMO PROVIDENCIE A LIMPEZA DO TERRENO, O CORTE DO MATO ALTO E A PODA DAS ÁRVORES.</t>
   </si>
   <si>
     <t>7685</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7685/7685_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7685/7685_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR ARI DA CENTER, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA VOSSA EXCELÊNCIA, DETERMINE A SECRETARIA COMPETENTE PARA QUE REALIZE A PODA DAS ÁRVORES JUNTO A RUA JOSÉ LOUREIRO DA SILVA, 259</t>
   </si>
   <si>
     <t>7686</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7686/7686_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7686/7686_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR ARI DA CENTER, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA VOSSA EXCELÊNCIA, DETERMINE A SECRETARIA COMPETENTE PARA QUE REALIZE A SUPRESSÃO DA ÁRVORE LOCALIZADA NA RUA OTÁVIO SILVEIRA BORGES, 715, VILA OLÍMPICA</t>
   </si>
   <si>
     <t>7687</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7687/7687_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7687/7687_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 08 DE MAIO DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE PARA PROCEDER NA RECUPERAÇÃO DA CALÇADA NA RUA SÃO FRANCISCO COM A RUA TAQUARA, EM FRENTE AO MERCADO &amp;#8220;BOA COMPRA&amp;#8221;, VILA OLÍMPICA &amp;#8211; ESTEIO, POIS A MESMA SE ENCONTRA COM UMA CRATERA BEM SUBSTANCIAL AO LADO DE UMA BOCA DE LOBO</t>
   </si>
   <si>
     <t>7688</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7688/7688_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7688/7688_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 08 DE MAIO DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE PARA PROCEDER NA RECUPERAÇÃO D ASFALTO DA RUA INÁCIO MONTANHA EM FRENTE ÀS CASAS N° 40, N° 76 E N° 84, SÃO JOSÉ &amp;#8211; ESTEIO, POIS AS MESMAS SE ENCONTRAM COM TRÊS CRATERAS</t>
   </si>
   <si>
     <t>7689</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7689/7689_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7689/7689_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 08 DE MAIO DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE PARA PROCEDER NA RECUPERAÇÃO DO ASFALTO NA RUA CAMÕES, N° 94, SÃO JOSÉ &amp;#8211; ESTEIO, POIS A MESMA SE ENCONTRA COM UMA CRATERA</t>
   </si>
   <si>
     <t>7690</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 08 DE MAIO DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE, PARA QUE REALIZE A VSTORIA NA CALÇADA E NO TERRENO SITUADO NA AVENIDA ÉRICO VERÍSSIMO AO LADO DA CASA 63, SÃO SEBASTIÃO &amp;#8211; ESTEIO. POIS NO LOCAL SE REGISTRA MATO ALTO QUE ALÉM DE TOMAR CONTA DE TODO TERRENO, AINDA OBSTRUI A CALÇADA</t>
   </si>
   <si>
     <t>7691</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 08 DE MAIO DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE PARA PROCEDER NA RECUPERAÇÃO DA CALÇADA NA RUA PEDRO LERBACH, 417, CENTRO &amp;#8211; ESTEIO, POIS A MESMA SE ENCONTRA COM UMA CRATERA BEM SUBSTANCIAL</t>
   </si>
   <si>
     <t>7692</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7692/7692_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7692/7692_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 08 DE MAIO DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE PARA PROCEDER NA RECUPERAÇÃO DO ASFALTO NA RUA FERNANDO FERRARI, 425, CENTRO &amp;#8211; ESTEIO, POIS A MESMA SE ENCONTRA COM UMA CRATERA</t>
   </si>
   <si>
     <t>7693</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7693/7693_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7693/7693_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 08 DE MAIO DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE PARA PROCEDER NA RECUPERAÇÃO DO ASFALTO NA GUARANI EM FRENTE AO Nº 167, SÃO JOSÉ &amp;#8211; ESTEIO, POIS A MESMA SE ENCONTRA COM UMA CRATERA</t>
   </si>
   <si>
     <t>7694</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DO DIA 08 DE MAIO DE 2018, SOLICITA A VOSSA EXCELÊNCIA, QUE DETERMINE A SECRETARIA COMPETENTE PARA QUE REALIZE A VISTORIA NA CALÇADA E NO TERRENO NA RUA FERNANDO FERRARI EM FRENTE AO N° 466, CENTRO &amp;#8211; ESTEIO. POIS O LOCAL REGISTRA MATO ALTO QUE ALÉM DE TOMAR CONTA DE TODO O TERRENO, AINDA OBSTRUI A CALÇADA_x000D_
 </t>
   </si>
   <si>
     <t>7697</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7697/7697_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7697/7697_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME COMO SE DEU O PROCESSO DE TRANSFERÊNCIA DE PROPRIEDADE DA CASA LOCALIZADA NA RUA ORESTE PIANTA, Nº 30, PARQUE PRIMAVERA, QUE ESTAVA EM NOME DE VERA REGINA RODRIGUES PARA O ATUAL PROPRIETÁRIO.</t>
   </si>
   <si>
     <t>7698</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7698/7698_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7698/7698_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME SE HOUVE REDUÇÃO DOS CRÉDITOS OU PLANO DE TELEFONIA DOS CELULARES DO CONSELHO TUTELAR._x000D_
 </t>
   </si>
   <si>
     <t>7699</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7699/7699_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7699/7699_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA SENHORIA INFORME COM ANTECEDÊNCIA A REALIZAÇÃO DE SERVIÇOS QUE GEREM IMPACTO NA ROTINA DE MORADORES. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7700</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7700/7700_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7700/7700_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA QUE VOSSA SENHORIA RECOLOQUE O CORDÃO DA CALÇADA NA ESQUINA DAS RUAS DALVA DE OLIVEIRA E LINUS MULLER. _x000D_
 </t>
   </si>
   <si>
     <t>7701</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7701/7701_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7701/7701_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE MAIO, SOLICITA A VOSSA SENHORIA QUE SEJAM DIVULGADAS E DISPONIBILIZADAS COM MAIOR CLAREZA AS INFORMAÇÕES REFERENTES À TARIFA SOCIAL PARA AS FAMILIAS DE BAIXA RENDA._x000D_
 </t>
   </si>
   <si>
     <t>7704</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7704/7704_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7704/7704_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 08 DE ABRIL, SOLICITA QUE VOSSA EXCELÊNCIA AVALIE A POSSIBILIDADE DE PROPOR A ISENÇÃO DO ISSQN DOS TAXISTAS INDIVIDUAIS QUE FAZEM O TRANSPORTE DE PASSAGEIROS DENTRO DO MUNICÍPIO DE ESTEIO. </t>
   </si>
   <si>
     <t>7708</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7708/7708_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7708/7708_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR SANDRO SEVERO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA SENHORIA INFORME O CEP DAS RUAS TRAVESSA JARDIM PLANALTO, RUA DIAS E RUA CEARENSE LOCALIZADAS NO BAIRRO JARDIM PLANALTO_x000D_
 </t>
   </si>
   <si>
     <t>7710</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7710/7710_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7710/7710_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA SENHORIA EXPLIQUE OS MOTIVOS DA RECORRENTE FALTA DE ÁGUA NO BAIRRO TAMANDARÉ.</t>
   </si>
   <si>
     <t>7711</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7711/7711_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7711/7711_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA SENHORIA DETERMINE O RETORNO DO PATRULHAMENTO OSTENSIVO NO ENTORNO DA ESCOLA ESTADUAL JARDIM PLANALTO NO TURNO DA NOITE, PRINCIPALMENTE NO TÉRMINO DAS AULAS QUE OCORRE POR VOLTA DAS 22H30. </t>
   </si>
   <si>
     <t>7712</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7712/7712_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7712/7712_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME REFERENTE AOS CONTRATOS Nº 203/2017 &amp;#8211; DE LOCAÇÃO DE IMÓVEL PARA INSTALAÇÃO DA SECRETARIA MUNICIPAL DE SAÚDE. QUE CONFIRME VALORES DO REFERIDO CONTRATO E OS MOTIVOS DE, DESDE O DIA 06 DE OUTUBRO DE 2017, O LOCAL ESTAR SEM O USO PELO FIM QUE ESPECIFICA; VALE RESSALTAR QUE, DESDE DIA 06 DE DEZEMBRO DE 2017, CONFORME A CLÁUSULA TERCEIRA, § 1º OS ESTEIENSES ESTÁ SENDO PAGO O VALOR DE R$ 25 MIL. </t>
   </si>
   <si>
     <t>7713</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7713/7713_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7713/7713_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME REFERENTE A CONTRATAÇÃO EMERGENCIAL DE MÉDICO PERITO DO PREVESTEIO, EM SITUAÇÃO QUE VEM PREJUDICANDO SERVIDORES QUE POSSIVELMENTE FICARÃO SEM O BENEFÍCIO NO MÊS DE MAIO.</t>
   </si>
   <si>
     <t>7714</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7714/7714_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7714/7714_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME O MOTIVO DA RETIRADA DOS BENEFÍCIOS DE GRATUIDADE NO TRANSPORTE PÚBLICO DE FRANCISCO WARTA._x000D_
 </t>
   </si>
   <si>
     <t>7716</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7716/7716_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7716/7716_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME QUAL A INTENÇÃO DA PREFEITURA PARA A ÁREA DE PRESERVAÇÃO AMBIENTAL LOCALIZADA NA AVENIDA JOÃO PAULO, ESQUINA COM A RUA PAULO PONTES.</t>
   </si>
   <si>
     <t>7717</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7717/7717_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7717/7717_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME O MOTIVO DO ATRASO DE DOIS MESES DOS SALÁRIOS DE MÉDICOS PLANTONISTAS E DA GRADE.</t>
   </si>
   <si>
     <t>7718</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7718/7718_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7718/7718_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA QUE ENCAMINHE CÓPIA DO CARTÃO PONTO DOS CC&amp;#8217;S, PARA ACOMPANHAMENTO E CHECAGEM DE INFORMAÇÕES CONTRADITÓRIAS QUE TEM SIDO DIVULGADAS PELA PROPAGANDA OFICIAL DE GOVERNO, DENÚNCIAS E FATOS DIVULGADOS EM REDES SOCIAIS. _x000D_
 </t>
   </si>
   <si>
     <t>7723</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7723/7723_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7723/7723_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, O AJARDINAMENTO DE UMA ÁREA DE PASSEIO LOCALIZADA NO FINAL DA RUA TENENTE FRANCISCO SEVERO, QUE LIGA A RUA PAULO PONTES.</t>
   </si>
   <si>
     <t>7724</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7724/7724_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7724/7724_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA QUE FAÇA O RECAPEAMENTO ASFÁLTICO SOBRE OS BURACOS DA RUA PAULO PONTE EM FRENTE AO NÚMERO 105. </t>
   </si>
   <si>
     <t>7725</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7725/7725_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7725/7725_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA QUE REGULAMENTE O ECOPONTO LOCALIZADO NA RUA DALVA DE OLIVEIRA. </t>
   </si>
   <si>
     <t>7726</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7726/7726_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7726/7726_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE AUMENTE O DIÂMETRO DO CANO QUE FAZ A LIGAÇÃO DA BOCA DE LOBO COM A REDE DE ESGOTO PLUVIAL, NOS NºS 2119 E 2079, NA RUA RIO GRANDE.</t>
   </si>
   <si>
     <t>7727</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7727/7727_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7727/7727_texto_integral.docx</t>
   </si>
   <si>
     <t>7728</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7728/7728_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7728/7728_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE PARA REFORÇAR A VIGILÂNCIA SOBRE A ÁREA DO BICICLETÁRIO NA ESTAÇÃO ESTEIO.</t>
   </si>
   <si>
     <t>7729</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7729/7729_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7729/7729_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A ADEQUAÇÃO DA TAMPA METÁLICA SOBRE UMA REDE SUBTERRÂNEA LOCALZADA NO MEIO DA AVENIDA CELINA KROEFF, EM FRENTE AO PORTÃO DO PARQUE DE EXPOSIÇÕES ASSIS BRASIL. </t>
   </si>
   <si>
     <t>7730</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7730/7730_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7730/7730_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A NECESSIDADE DE RECUPERAÇÃO DO ASFALTO NA RUA RIO GRANDE EM FRENTE AO Nº 1462, CENTRO-ESTEIO, POIS A MESMA SE ENCONTRA COM UM BURACO CONSIDERÁVEL. </t>
   </si>
   <si>
     <t>7731</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7731/7731_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7731/7731_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A NECESSIDADE DE RECUPERAÇÃO DO ASFALTO NA RUA RIO GRANDE EM FRENTE AO Nº 1482, CENTRO-ESTEIO, POIS A MESMA SE ENCONTRA COM UM BURACO CONSIDERÁVEL_x000D_
 </t>
   </si>
   <si>
     <t>7732</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7732/7732_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7732/7732_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, O RECAPEAMENTO ASFÁLTICO SOBRE O BURACO NA RUA FERNANDO FERRARI EM FRENTE AOS NºS 541 E 717, CENTRO-ESTEIO. </t>
   </si>
   <si>
     <t>7733</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7733/7733_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7733/7733_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA FISCALIZAR E SE NECESSÁRIO NOTIFICAR O MORADOR POR ACÚMULO DE LIXO NA RUA SÃO PEDRO DOS SANTOS, PRÓXIMO A PONTE QUE LIGA A RUA IMPÉRIO, POIS DEVIDO A ESTES, HÁ PROLIFERAÇÃO DE RATOS, BARATAS E OUTROS INSETOS NO ENDEREÇO MENCIONADO. TAMBÉM, AO LADO DA PONTE, EXISTEM USUÁRIOS DE DROGAS E OS MESMOS COLOCARAM FOGO NA CASA AO LADO, AFETANDO QUEM PASSA DIARIAMENTE PELO LOCAL_x000D_
 </t>
   </si>
   <si>
     <t>7734</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7734/7734_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7734/7734_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA SENHORIA PROVIDENCIE COM URGÊNCIA A TROCA DE UM POSTE DE MADEIRA COM RISCO DE QUEDA NA RUA QUARAÍ, N° 510, BAIRRO SÃO JOSÉ, ESTEIO.</t>
   </si>
   <si>
     <t>7735</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7735/7735_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7735/7735_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE PARA REBAIXAR O NÍVEL DO BECO NA RUA SANTANA, N° 629 E COLOCAR BRITA OU CALÇAMENTO NO LOCAL._x000D_
 </t>
   </si>
   <si>
     <t>7736</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A COLOCAÇÃO DE QUEBRA MOLAS NA AVENIDA PORTO ALEGRE, Nº 1198, CONFORME FOI COLOCADO NA PARTE DE CIMA DA AVENIDA.</t>
   </si>
   <si>
     <t>7737</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7737/7737_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7737/7737_texto_integral.docx</t>
   </si>
   <si>
     <t>7738</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7738/7738_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7738/7738_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA QUE PROVIDENCIE A SUBSTITUIÇÃO DAS TAMPAS QUEBRADAS DAS BOCAS DE LOBO AO LONGO DA RUA DONA MARIA ZAGONEL, BAIRRO SÃO JOSÉ. FOTOS _x000D_
 </t>
   </si>
   <si>
     <t>7739</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7739/7739_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7739/7739_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA CONSTRUIR UM MURO DE ARRIMO NOS FUNDOS DAS RESIDÊNCIAS NA RUA DONA MARIA ZAGONEL, POIS PASSA UM ARROIO E EM DIAS DE CHUVAS FORTES, OCORREM DESBARRANCAMENTOS E ATÉ MESMO RACHADURAS NAS MORADIAS AO SEU ENTORNO. </t>
   </si>
   <si>
     <t>7740</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7740/7740_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7740/7740_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A ELIMINAÇÃO DE BROCA NA CALÇADA NA RUA GUARANI, N° 302, POIS FOI COLOCADO UM POSTE COM CÂMERA DE VÍDEO MONITORAMENTO, DANIFICANDO A CALÇADA E NÃO HOUVE REPAROS POR PARTE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>7741</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7741/7741_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7741/7741_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A TROCA DE LÂMPADA, NA RUA EDGAR PICCIONI, N° 133, BAIRRO VILA PEDREIRA._x000D_
 </t>
   </si>
   <si>
     <t>7742</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7742/7742_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7742/7742_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A TROCA DE LÂMPADA, NA RUA EDGAR PICCIONI, ESQUINA COM A RUA DA PASSARELA, BAIRRO VILA PEDREIRA.</t>
   </si>
   <si>
     <t>7743</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7743/7743_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7743/7743_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE DESRATIZAÇÃO AO LONGO DE TODA A RUA, RUA EDGAR PICCIONI, BAIRRO VILA PEDREIRA.</t>
   </si>
   <si>
     <t>7744</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7744/7744_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7744/7744_texto_integral.docx</t>
   </si>
   <si>
     <t>7745</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7745/7745_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7745/7745_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE A TROCA DE LÂMPADA QUEIMADA, NA RUA AMAPÁ, N° 179, BAIRRO PARQUE AMADOR._x000D_
 </t>
   </si>
   <si>
     <t>7746</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7746/7746_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7746/7746_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE REALIZE O RECOLHIMENTO DE PLACAS DE OBRAS PÚBLICAS CONCLUÍDAS EM FRENTE AO HOSPITAL SÃO CAMILO, A QUAL DIAS ATRÁS COLOCOU EM RISCO A VIDA DE PEDESTRE NO PASSEIO PÚBLICO. QUE RECOLHA TAMBÉM A PLACA DE OBRA CONCLUÍDA NA ENTRADA DA VILA BOM JESUS, A QUAL ESTÁ JOGADA SOBRE O PASSEIO.</t>
   </si>
   <si>
     <t>7747</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7747/7747_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7747/7747_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA QUE VERIFIQUE ALTERNATIVA TÉCNICA E LEGAL VIÁVEL PARA ADEQUAÇÃO DA SINALIZAÇÃO E FLUXO DE TRÂNSITO NO ENTRONCAMENTO DAS RUAS VINTE E QUATRO DE AGOSTO, LA SALLE E SETE DE SETEMBRO._x000D_
 </t>
   </si>
   <si>
     <t>7748</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7748/7748_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7748/7748_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADORA RUTE VIEGAS PEREIRA, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE ESTUDE A POSSIBILIDADE DE INSTALAR UM LOCAL ESPECÍFICO PARA TROCA DE FRALDAS DE ENFERMOS ADULTOS, NO HOSPITAL SÃO CAMILO.</t>
   </si>
   <si>
     <t>7749</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7749/7749_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7749/7749_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADORA RUTE VIEGAS PEREIRA, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE ESTUDE A POSSIBILIDADE DE SER LEGALIZADA A FAIXA ESPECÍFICA PARA O TRÂNSITO DE CICLISTAS.</t>
   </si>
   <si>
     <t>7756</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7756/7756_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7756/7756_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR SANDRO SEVERO, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA SENHORIA PROVIDENCIE A PODA DE ÁRVORES NA RUA PELOTAS EM FRENTE AO Nº 585. </t>
   </si>
   <si>
     <t>7761</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7761/7761_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7761/7761_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA A CONSTRUÇÃO DE UMA QUADRA COBERTA POLIESPORTIVA NA ESCOLA ESTADUAL DE ENSINO MÉDIO BAIRRO DO PARQUE LOCALIZADA NA R. CLÁRICE LISPECTOR, 163 &amp;#8211; NOVO ESTEIO, ESTEIO. FOTOS EM ANEXO. </t>
   </si>
   <si>
     <t>7762</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7762/7762_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7762/7762_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA A MANUTENÇÃO DO MURO DE CONTENÇÃO DO ARROIO ESTEIO, RUA NOVO HAMBURGO AO LADO DO Nº 1042, PARQUE AMADOR-ESTEIO, POIS O MESMO SE ENCONTRA DESABANDO SOBRE O ARROIO. FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>7763</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7763/7763_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7763/7763_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA A CONSTRUÇÃO DE UM ABRIGO NO PONTO DE TRANSPORTE COLETIVO NA AVENIDA LUIZ PASTEUR EM FRENTE AO N° 8349, TRÊS MARIAS, ESTEIO. FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>7764</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7764/7764_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7764/7764_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA A LIMPEZA DE BOCA DE LOBO, LOCALIZADO NA AVENIDA PORTO ALEGRE, EM FRENTE AO N°  1141, BAIRRO JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>7765</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7765/7765_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7765/7765_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA A LIMPEZA DE BOCA DE LOBO, LOCALIZADO NA RUA ELIS REGINA, PRÓXIMO AOS NÚMEROS 204 E 205, BAIRRO TRÊS PORTOS.</t>
   </si>
   <si>
     <t>7766</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7766/7766_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7766/7766_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA QUE RETIRE OBSTÁCULO DA CALÇADA NA RUA SOLEDADE ESQUINA COM AVENIDA SENADOR SALGADO FILHO.</t>
   </si>
   <si>
     <t>7767</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE  PARA QUE TOME PROVIDÊNCIAS JUNTO COM A DEFESA CIVIL DO MUNICÍPIO PARA QUE HAJA UMA FORMA PREVENTIVA, COMO OCORRIA HISTORICAMENTE EM ESTEIO, NO SENTIDO DE ACOMPANHAR AS ALTERAÇÕES QUE ESTÃO OCORRENDO NA REFINARIA ALBERTO PASQUALINI. ESTE GABINETE REALIZOU LEVANTAMENTOS QUE DEMONSTRAM IMPACTO DIRETO DAS ATIVIDADES DA REFINARIA NA POPULAÇÃO DE ESTEIO, NO ENTANTO, A DEFESA CIVIL DO MUNICÍPIO SE MANTÉM AUSENTE E INOPERANTE DE TODOS OS FATOS OCORRIDOS.</t>
   </si>
   <si>
     <t>7768</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>7769</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7769/7769_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7769/7769_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE  PARA QUE PROVIDENCIE REPAROS NA RUA TAQUARA, QUE POSSUI UM BURACO EM FRENTE AO NÚMERO 964._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7770</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7770/7770_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7770/7770_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE  PARA QUE PROVIDENCIE REPAROS EM DOIS BURACOS NA RUA PADRE FELIPE, EM FRENTE AO NÚMERO 457.</t>
   </si>
   <si>
     <t>7771</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7771/7771_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7771/7771_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE  PARA QUE PROVIDENCIE REPAROS EM UM BURACO NO ASFALTO NA RUA ACRE, ESQUINA COM A AVENIDA PADRE CLARET.</t>
   </si>
   <si>
     <t>7772</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7772/7772_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7772/7772_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE  PARA QUE PROVIDENCIE REPAROS EM TRÊS BURACOS NO ASFALTO DA RUA DOM PEDRO, ESQUINA COM A RIO GRANDE OUTRO BURACO COM CERCA DE TRÊS METROS QUE FICA APROXIMADAMENTE 20 METROS EM DIREÇÃO A ESCOLA CAETANO._x000D_
 </t>
   </si>
   <si>
     <t>7773</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7773/7773_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7773/7773_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A COLOCAÇÃO DE BRITA OU SAIBRO NA AVENIDA ERNESTO DORNELES, ONDE FEIRAS SÃO MONTADAS SEMANALMENTE. SALIENTA-SE QUE HOUVERAM DIVERSOS PEDIDOS E NÃO FORAM ATENDIDOS.</t>
   </si>
   <si>
     <t>7774</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7774/7774_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7774/7774_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA REALIZAR REPAROS EM BROCA NA RUA DI CAVALCANTI, N° 231, PRÓXIMO AO SUPERMERCADO UNISUPER &amp;#8211; SANTO INÁCIO._x000D_
 </t>
   </si>
   <si>
     <t>7775</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7775/7775_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7775/7775_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA REALIZAR A TROCA DAS FOTOCÉLULAS QUE ESTÃO ESTRAGADAS, MANTENDO AS LUZES DIARIAMENTE ACESAS NA RUA JOÃO PAULUZZI, N° 190, EM FRENTE A ESCOLA DULCE DE MORAES, TAMBÉM QUE SEJA FEITA A LIMPEZA DA CALÇADA AO ENTORNO, POIS ESTÁ COM MATO ALTO.</t>
   </si>
   <si>
     <t>7776</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7776/7776_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7776/7776_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA REALIZAR A LIMPEZA DA BOCA DE LOBO, LOCALIZADA NA RUA SANTANA, N° 592.</t>
   </si>
   <si>
     <t>7777</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA PROVIDENCIAR A COLOCAÇÃO DE BRITA OU SAIBRO NA RUA 24 DE AGOSTO, Nº 2358. _x000D_
 </t>
   </si>
   <si>
     <t>7778</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7778/7778_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7778/7778_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR ARI DA CENTER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE ESTUDE A POSSIBILIDADE DE ADOTAR REDUTOR DE VELOCIDADE NOS SEGUINTES TRECHOS:_x000D_
 _x000D_
 A.	RUA ÉRICO VERÍSSIMO, NAS IMEDIAÇÕES DO NÚMERO 326. OS MOTORISTAS NÃO RESPEITAM O LIMITE DE VELOCIDADE NESSA CURVA, QUE ESTÁ SITUADA JUNTO AO ACESSO DA VILA CRUZEIRO;_x000D_
 _x000D_
 B.	RUA 24 DE AGOSTO ESQUINA COM A RUA ALEGRETE, OS ESTUDANTES E MORADORES DA REGIÃO ESTÃO EXPOSTOS A ATROPELAMENTOS NESSE TRECHO DA REFERIDA VIA PÚBLICA. ANEXO FOTO._x000D_
 </t>
   </si>
   <si>
     <t>7779</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7779/7779_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7779/7779_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRCIO ALEMÃO, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE À SECRETARIA COMPETENTE, QUE TAPE AS CRATERAS NA VIA PÚBLICA, NA AVENIDA JOÃO PAULO I, ENTRE A AVENIDA PORTO ALEGRE E A RUA ALAN KARDEC &amp;#8211; SENTIDO BAIRRO X CENTRO, </t>
   </si>
   <si>
     <t>7780</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7780/7780_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7780/7780_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, PARA A NOTIFICAÇÃO DE LIMPEZA DE TERRENO E PASSEIO PÚBLICO AO PROPRIETÁRIO DO SEGUINTE ENDEREÇO: AVENIDA LUIZ PASTEUR, NO TRECHO QUE LIGA O NÚMERO 7041 ATÉ O 7621, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>7781</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7781/7781_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7781/7781_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR ARI DA CENTER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A RECUPERAÇÃO DO PARAPEITO, CONTROLE DE VEGETAÇÃO E PAVIMENTO DO PASSEÍO PÚBLICO JUNTO A PONTE SITUADA NA RUA ALEGRETE, N° 980. _x000D_
 </t>
   </si>
   <si>
     <t>7782</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7782/7782_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7782/7782_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, SOLICITA QUE VOSSA SENHORIA PROVIDENCIE O CONSERTO DE UM VAZAMENTO DE ÁGUA NA RUA ARLINDO BAIERLE, EM FRENTE AO NÚMERO 728, NO BAIRRO NOVO ESTEIO. </t>
   </si>
   <si>
     <t>7784</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7784/7784_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7784/7784_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA INFORME O MOTIVO QUE LEVOU A PREFEITURA A MANTER A REGULARIDADE NAS AULAS, DIANTE DAS EVIDÊNCIAS REAIS DE QUE A GREVE DOS CAMINONEIROS TRARIAM TRANSTORNOS AOS PAIS, CRIANÇAS, PROFESSORES E FUNCIONÁRIOS. ALÉM DE A PREFEITURA ESTAR DESPREPARADA PARA ENFRENTAR O DESABASTECIMENTO, LEVANDO A OFERECER UMA ALIMENTAÇÃO RESTRITA, EM GRANDE PARTE, A ARROZ, FEIJÃO E OVO._x000D_
 </t>
   </si>
   <si>
     <t>7785</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7785/7785_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7785/7785_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA FORNEÇA CÓPIA DA MINUTA DO EDITAL DE LICITAÇÕES DA PARCERIA PÚBLICO PRIVADA DA CORSAN QUE TRATA DAS OBRAS DE ESGOTAMENTO SANITÁRIO. </t>
   </si>
   <si>
     <t>7787</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA SENHORIA FORNEÇA CÓPIA DA MINUTA DO EDITAL DE LICITAÇÕES DA PARCERIA PÚBLICO PRIVADA DA CORSAN QUE TRATA DAS OBRAS DE ESGOTAMENTO SANITÁRIO. </t>
   </si>
   <si>
     <t>7789</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7789/7789_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7789/7789_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR SANDRO SEVERO, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA SENHORIA INFORME PRAZO PARA O REDISTRITAMENTO DO BAIRRO BOM JESUS E ASSIM, A NORMALIZAÇÃO DA ENTREGA DE CORRESPONDÊNCIAS NESTE LOCAL. _x000D_
 </t>
   </si>
   <si>
     <t>7790</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7790/7790_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7790/7790_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA RUTE PEREIRA, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA SENHORIA FAÇA VISTORIA, BEM COMO, CONSERTO DAS FIAÇÕES EXPOSTAS E MAL ALOCADAS, EM ESPECIAL EM FRENTE À RUA LUIS ERNESTO CAPRA, 31 &amp;#8211; BAIRRO NOVO ESTEIO. </t>
   </si>
   <si>
     <t>7792</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7792/7792_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7792/7792_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE O PRESENTE PEDIDO DE PROVIDÊNCIA, MOSTRANDO A NECESSIDADE DE PROCEDER NA RECUPERAÇÃO DA CALÇADA NA AV. PRESIDENTE VARGAS, Nº 800,  CENTRO-ESTEIO, POIS A MESMA SE ENCONTRA COM UM ENORME BURACO AO LADO DE UMA BOCA DE LOBO. FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>7793</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7793/7793_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7793/7793_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE O PRESENTE PEDIDO DE PROVIDÊNCIA, MOSTRANDO A NECESSIDADE DE PROCEDER NA RECUPERAÇÃO DA CALÇADA NA AV. PRESIDENTE VARGAS, Nº 800,  CENTRO-ESTEIO, POIS A MESMA SE ENCONTRA COM UM ENORME BURACO AO LADO DE UMA BOCA DE LOBO. FOTO EM ANEXO_x000D_
 </t>
   </si>
   <si>
     <t>7794</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7794/7794_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7794/7794_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, A INSTALAÇÃO DE UM BUEIRO, LOCALIZADO NO TRECHO DA RUA JOCELINO VIANA, ENTRE OS NÚMEROS 297 E 332, BAIRRO SÃO JOSÉ._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7795</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7795/7795_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7795/7795_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE, PARA PROVIDENCIAR A LIMPEZA DAS BOCAS DE LOBOS DE TODA Á TRAVESSA HÍPICA N° 20, CONSIDERANDO QUE O LOCAL REFERIDO POSSUI EXPRESSIVO ACUMULO DE LIXO E PROLIFERAÇÃO DE BARATAS, RATOS E OUTROS INSETOS RASTEIROS.</t>
   </si>
   <si>
     <t>7796</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7796/7796_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7796/7796_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LUIZ DUARTE, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE, PARA PROVIDENCIAR A SEGURANÇA DIÁRIA NA RUA ROQUETE PINTO.</t>
   </si>
   <si>
     <t>7797</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7797/7797_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7797/7797_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE, A LIMPEZA DA BOCA DE LOBO E DA REDE DE DRENAGEM, NA RUA LAURINDO MARCHEZAN ESQUINA COM A RUA MANOEL DOS SANTOS, BAIRRO TRÊS MARIAS. </t>
   </si>
   <si>
     <t>7798</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7798/7798_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7798/7798_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE PARA QUE TOME PROVIDÊNCIA DO CONSERTO DE UMA BROCA NA CALÇADA AO LADO DA IGREJA SANTO ANTÔNIO MARIA CLARET, NA RUA MANOEL DOS SANTOS, BAIRRO TRÊS MARIAS.</t>
   </si>
   <si>
     <t>7799</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7799/7799_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7799/7799_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, O PRESENTE PEDIDO DE PROVIDÊNCIA, EVIDENCIANDO A NECESSIDADE DE PROCEDER NA RECUPERAÇÃO DO ASFALTO NA AV. PRESIDENTE VARGAS N° 910, CENTRO-ESTEIO, POIS A MESMA SE ENCONTRA COM UM GRANDE BURACO. FOTO EM ANEXO. _x000D_
 _x000D_
 SEGUNDO O VEREADOR, A VIA SUPRAMENCIONADA _x000D_
 </t>
   </si>
   <si>
     <t>7800</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7800/7800_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7800/7800_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR EUCLIDES CASTRO, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, SOLICITA QUE VOSSA EXCELÊNCIA DETERMINE A SECRETARIA COMPETENTE, O PRESENTE PEDIDO DE PROVIDÊNCIA, EVIDENCIANDO A NECESSIDADE DE PROCEDER NA RECUPERAÇÃO DO ASFALTO NA AV. PRESIDENTE VARGAS N° 642, CENTRO-ESTEIO, POIS A MESMA SE ENCONTRA COM UM GRANDE BURACO AO LADO DE UMA BOCA DE LOBO. FOTO EM ANEXO. _x000D_
 </t>
   </si>
   <si>
     <t>7189</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Legislativo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7189/7189_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7189/7189_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO EXECUTIVO MUNICIPAL, RELATIVAS AO EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>7067</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7067/7067_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7067/7067_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR CONTRIBUIÇÃO FINANCEIRA À FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO DE ESTEIO - FSPSCE.</t>
   </si>
   <si>
     <t>7068</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7068/7068_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7068/7068_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>7069</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7069/7069_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7069/7069_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA 02 (DOIS) CARGOS DE PROFESSOR DE MATEMÁTICA NA ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7070</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7070/7070_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7070/7070_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO. </t>
   </si>
   <si>
     <t>7071</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7071/7071_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7071/7071_texto_integral.pdf</t>
   </si>
   <si>
     <t>7072</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7072/7072_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7072/7072_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 6.627, DE 11 DE AGOSTO DE 2017.</t>
   </si>
   <si>
     <t>7073</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7073/7073_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7073/7073_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 6.657, DE 11 DE OUTUBRO DE 2017.</t>
   </si>
   <si>
     <t>7074</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7074/7074_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7074/7074_texto_integral.pdf</t>
   </si>
   <si>
     <t>7075</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7075/7075_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7075/7075_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO. </t>
   </si>
   <si>
     <t>7076</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7076/7076_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7076/7076_texto_integral.pdf</t>
   </si>
   <si>
     <t>7077</t>
   </si>
   <si>
     <t>7079</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7079/7079_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7079/7079_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ESTEIO A FIRMAR PARCERIA COM A ASSOCIAÇÃO EDUCACIONAL EDUCAR, EM REGIME DE MÚTUA COOPERAÇÃO, VISANDO A EDUCAÇÃO BÁSICA  NO ANO DE 2018 COM BASE NA INEXIGIBILIDADE PREVISTA NA LEI 13.019/2014, ART 31, II, PELO PRAZO DE 11 (ONZE) MESES, PODENDO SER RENOVADA ATÉ O LIMITE DE 60 (SESSENTA) MESES.</t>
   </si>
   <si>
     <t>7080</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7080/7080_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7080/7080_texto_integral.pdf</t>
   </si>
   <si>
     <t>7081</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7081/7081_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7081/7081_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 6.627, DE 11 DE AGOSTO DE 2017.</t>
   </si>
   <si>
     <t>7082</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7082/7082_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7082/7082_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 6.657, DE 11 DE OUTUBRO DE 2017.</t>
   </si>
   <si>
     <t>7083</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7083/7083_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7083/7083_texto_integral.pdf</t>
   </si>
   <si>
     <t>7084</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7084/7084_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7084/7084_texto_integral.pdf</t>
   </si>
   <si>
     <t>7085</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7085/7085_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7085/7085_texto_integral.pdf</t>
   </si>
   <si>
     <t>7086</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7086/7086_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7086/7086_texto_integral.pdf</t>
   </si>
   <si>
     <t>7088</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7088/7088_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7088/7088_texto_integral.pdf</t>
   </si>
   <si>
     <t>7089</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7089/7089_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7089/7089_texto_integral.pdf</t>
   </si>
   <si>
     <t>7090</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7090/7090_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7090/7090_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O USO DE ÁREA DE TERRAS QUE ESPECIFICA, EM PROL DO ASSOCIAÇÃO LAR DE IDOSOS PAZ E AMOR. </t>
   </si>
   <si>
     <t>7091</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7091/7091_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7091/7091_texto_integral.pdf</t>
   </si>
   <si>
     <t>7092</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7092/7092_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7092/7092_texto_integral.pdf</t>
   </si>
   <si>
     <t>7093</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7093/7093_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7093/7093_texto_integral.pdf</t>
   </si>
   <si>
     <t>7094</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7094/7094_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7094/7094_texto_integral.pdf</t>
   </si>
   <si>
     <t>7095</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7095/7095_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7095/7095_texto_integral.pdf</t>
   </si>
   <si>
     <t>7096</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7096/7096_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7096/7096_texto_integral.pdf</t>
   </si>
   <si>
     <t>7172</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7172/7172_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7172/7172_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA VAGAS PARA O CARGO DE AUDITOR FISCAL DE TRIBUTOS NA ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7173</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7173/7173_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7173/7173_texto_integral.pdf</t>
   </si>
   <si>
     <t>7174</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7174/7174_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7174/7174_texto_integral.pdf</t>
   </si>
   <si>
     <t>7175</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7175/7175_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7175/7175_texto_integral.pdf</t>
   </si>
   <si>
     <t>7176</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7176/7176_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7176/7176_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7177</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7177/7177_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7177/7177_texto_integral.pdf</t>
   </si>
   <si>
     <t>7178</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7178/7178_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7178/7178_texto_integral.pdf</t>
   </si>
   <si>
     <t>7179</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7179/7179_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7179/7179_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO.</t>
   </si>
   <si>
     <t>7180</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7180/7180_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7180/7180_texto_integral.pdf</t>
   </si>
   <si>
     <t>7181</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7181/7181_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7181/7181_texto_integral.pdf</t>
   </si>
   <si>
     <t>7182</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7182/7182_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7182/7182_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 6.737, DE 7 DE FEVEREIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7183</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7183/7183_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7183/7183_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE UBS DR PAULO JUSTIANO LUCENA BORGES A UNIDADE BÁSICA DE SAÚDE LOCALIZADA NA AVENIDA JOÃO NEVES DA FONTOURA, N 347, BAIRRO PARQUE CLARET &amp;#8211; ESTEIO/RS.</t>
   </si>
   <si>
     <t>7184</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7184/7184_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7184/7184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 5231/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS ESTATUTÁRIOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7185</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7185/7185_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7185/7185_texto_integral.pdf</t>
   </si>
   <si>
     <t>7186</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7186/7186_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7186/7186_texto_integral.pdf</t>
   </si>
   <si>
     <t>7187</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7187/7187_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7187/7187_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7190</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7190/7190_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7190/7190_texto_integral.pdf</t>
   </si>
   <si>
     <t>7191</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7191/7191_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7191/7191_texto_integral.pdf</t>
   </si>
   <si>
     <t>7192</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7192/7192_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7192/7192_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI 6.657, DE 11 DE OUTUBRO DE 2017._x000D_
 </t>
   </si>
   <si>
     <t>7193</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7193/7193_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7193/7193_texto_integral.pdf</t>
   </si>
   <si>
     <t>7194</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7194/7194_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7194/7194_texto_integral.pdf</t>
   </si>
   <si>
     <t>7195</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7195/7195_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7195/7195_texto_integral.pdf</t>
   </si>
   <si>
     <t>7196</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7196/7196_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7196/7196_texto_integral.pdf</t>
   </si>
   <si>
     <t>7197</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7197/7197_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7197/7197_texto_integral.pdf</t>
   </si>
   <si>
     <t>7249</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7249/7249_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7249/7249_texto_integral.pdf</t>
   </si>
   <si>
     <t>7250</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7250/7250_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7250/7250_texto_integral.pdf</t>
   </si>
   <si>
     <t>7251</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7251/7251_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7251/7251_texto_integral.pdf</t>
   </si>
   <si>
     <t>7252</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7252/7252_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7252/7252_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREAS DE TERRAS DE PROPRIEDADE AO FUNDO DE ARRENDAMENTO RESIDENCIAL - FAR, GERENCIADO PELA CAIXA ECONÔMICA FEDERAL - CEF. </t>
   </si>
   <si>
     <t>7253</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7253/7253_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7253/7253_texto_integral.pdf</t>
   </si>
   <si>
     <t>7255</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7255/7255_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7255/7255_texto_integral.pdf</t>
   </si>
   <si>
     <t>7256</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7256/7256_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7256/7256_texto_integral.pdf</t>
   </si>
   <si>
     <t>7257</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7257/7257_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7257/7257_texto_integral.pdf</t>
   </si>
   <si>
     <t>7258</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7258/7258_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7258/7258_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COMPROMISSO COM A ASSOCIAÇÃO DE PAIS E MESTRES DA FUNDAÇÃO LIBERATO SALZANO VIEIRA DA CUNHA, COM O CONSEQUENTE REPASSE DE VALORES, VISANDO O APOIO FINANCEIRO PARA PARTICIPAÇÃO E REPRESENTAÇÃO DO MUNICÍPIO DE ESTEIO EM EVENTO BIENAL "SINGAPORE INTERNATIONAL MATHEMATICS CHALLENGE (SIMC).</t>
   </si>
   <si>
     <t>7259</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7259/7259_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7259/7259_texto_integral.pdf</t>
   </si>
   <si>
     <t>7283</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7283/7283_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7283/7283_texto_integral.pdf</t>
   </si>
   <si>
     <t>7284</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7284/7284_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7284/7284_texto_integral.pdf</t>
   </si>
   <si>
     <t>7285</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7285/7285_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7285/7285_texto_integral.pdf</t>
   </si>
   <si>
     <t>7286</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7286/7286_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7286/7286_texto_integral.pdf</t>
   </si>
   <si>
     <t>7287</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7287/7287_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7287/7287_texto_integral.pdf</t>
   </si>
   <si>
     <t>7288</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7288/7288_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7288/7288_texto_integral.pdf</t>
   </si>
   <si>
     <t>7289</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7289/7289_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7289/7289_texto_integral.pdf</t>
   </si>
   <si>
     <t>7290</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7290/7290_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7290/7290_texto_integral.pdf</t>
   </si>
   <si>
     <t>7349</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7349/7349_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7349/7349_texto_integral.pdf</t>
   </si>
   <si>
     <t>7350</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7350/7350_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7350/7350_texto_integral.pdf</t>
   </si>
   <si>
     <t>7351</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7351/7351_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7351/7351_texto_integral.pdf</t>
   </si>
   <si>
     <t>7352</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7352/7352_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7352/7352_texto_integral.pdf</t>
   </si>
   <si>
     <t>7353</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7353/7353_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7353/7353_texto_integral.pdf</t>
   </si>
   <si>
     <t>7354</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7354/7354_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7354/7354_texto_integral.pdf</t>
   </si>
   <si>
     <t>7355</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7355/7355_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7355/7355_texto_integral.pdf</t>
   </si>
   <si>
     <t>7356</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7356/7356_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7356/7356_texto_integral.pdf</t>
   </si>
   <si>
     <t>7357</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7357/7357_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7357/7357_texto_integral.pdf</t>
   </si>
   <si>
     <t>7358</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7358/7358_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7358/7358_texto_integral.pdf</t>
   </si>
   <si>
     <t>7359</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7359/7359_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7359/7359_texto_integral.pdf</t>
   </si>
   <si>
     <t>7360</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7360/7360_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7360/7360_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA (01) UM CARGO  DE ADVOGADO NA ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7361</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7361/7361_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7361/7361_texto_integral.pdf</t>
   </si>
   <si>
     <t>7362</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7362/7362_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7362/7362_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A IMPLANTAÇÃO DE PLACAS INFORMATIVAS DE ITINERÁRIOS NOS PONTOS DE ÔNIBUS DO TRANSPORTE COLETIVO URBANO, NO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7366</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7366/7366_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7366/7366_texto_integral.pdf</t>
   </si>
   <si>
     <t>7367</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7367/7367_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7367/7367_texto_integral.pdf</t>
   </si>
   <si>
     <t>7368</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7368/7368_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7368/7368_texto_integral.pdf</t>
   </si>
   <si>
     <t>7399</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7399/7399_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7399/7399_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO</t>
   </si>
   <si>
     <t>7400</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7400/7400_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7400/7400_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO</t>
   </si>
   <si>
     <t>7401</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7401/7401_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7401/7401_texto_integral.pdf</t>
   </si>
   <si>
     <t>7402</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7402/7402_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7402/7402_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA E EXTINGUE CARGOS NA ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7403</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7403/7403_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7403/7403_texto_integral.pdf</t>
   </si>
   <si>
     <t>7404</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7404/7404_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7404/7404_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE 03 (TRÊS) TÉCNICOS EM SAÚDE BUCAL POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO</t>
   </si>
   <si>
     <t>7470</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7470/7470_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7470/7470_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICPIO DE ESTEIO</t>
   </si>
   <si>
     <t>7471</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7471/7471_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7471/7471_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICIPIO DE ESTEIO</t>
   </si>
   <si>
     <t>7472</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7472/7472_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7472/7472_texto_integral.pdf</t>
   </si>
   <si>
     <t>7473</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7473/7473_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7473/7473_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 6.722 DE 22 DE DEZEMBRO DE 2017 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7474</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7474/7474_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7474/7474_texto_integral.pdf</t>
   </si>
   <si>
     <t>7475</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7475/7475_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7475/7475_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTIGO 2º A A LEI MUNICIPAL Nº 6.727 DE 22 DE DEZEMBRO DE 2017</t>
   </si>
   <si>
     <t>7476</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7476/7476_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7476/7476_texto_integral.pdf</t>
   </si>
   <si>
     <t>7477</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7477/7477_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7477/7477_texto_integral.pdf</t>
   </si>
   <si>
     <t>7478</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7478/7478_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7478/7478_texto_integral.pdf</t>
   </si>
   <si>
     <t>7479</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7479/7479_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7479/7479_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 15 (QUINZE) CARGOS DE GUARDA MUNICIPAL NA ESTRUTURA DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7480</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7480/7480_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7480/7480_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE LEILÃO DOS BENS DECLARADOS INSERVÍVEIS PELO DECRETO MUNICIPAL Nº 6..01 DE 26 DE MARÇO DE 2018</t>
   </si>
   <si>
     <t>7491</t>
   </si>
   <si>
     <t>7493</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7493/7493_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7493/7493_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 6.627 DE 11 DE AGOSTO DE 2017</t>
   </si>
   <si>
     <t>7494</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 6.657, DE 11 DE OUTUBRO DE 2017</t>
   </si>
   <si>
     <t>7532</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7532/7532_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7532/7532_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI MUNICIPAL Nº 5.268 DE 04 DE ABRIL DE 2011, QUE DISPÕE SOBRE A POLÍTICA DE INCETIVO E ISENÇÕES DICAIS AO PROGRAMA MINHA CASA MINHA VIDA, INSTITUÍDO PELA LEI FEDERAL Nº 11.977 DE 07 DE JULHO DE 2009</t>
   </si>
   <si>
     <t>7533</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7533/7533_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7533/7533_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 6,627, DE 11 DE AGOSTO DE 2017</t>
   </si>
   <si>
     <t>7534</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7534/7534_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7534/7534_texto_integral.pdf</t>
   </si>
   <si>
     <t>7535</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7535/7535_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7535/7535_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO</t>
   </si>
   <si>
     <t>7536</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7536/7536_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7536/7536_texto_integral.pdf</t>
   </si>
   <si>
     <t>7537</t>
   </si>
   <si>
     <t>7538</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7538/7538_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7538/7538_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 6.627, DE 11 DE AGOSTO DE 2017</t>
   </si>
   <si>
     <t>7539</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7539/7539_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7539/7539_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 6.657, DE 11 DE OUTUBRO DE 2017_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7540</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7540/7540_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7540/7540_texto_integral.pdf</t>
   </si>
   <si>
     <t>7541</t>
   </si>
   <si>
     <t>7542</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7542/7542_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7542/7542_texto_integral.pdf</t>
   </si>
   <si>
     <t>7543</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7543/7543_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7543/7543_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7545</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7545/7545_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7545/7545_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CONTRATAÇÃO DE 1 (UM) MÉDICO PERITO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO. </t>
   </si>
   <si>
     <t>7546</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7546/7546_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7546/7546_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 6.460, DE 14 DE DEZEMBRO DE 2016, QUE DISPÕE SOBRE A ESTRUTURAÇÃO DOS CARGOS DE PROVIMENTO EM COMISSÃO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7547</t>
   </si>
   <si>
     <t>Sandro Severo, Euclides Castro, Mário Couto, Rute Pereira</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7547/7547_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7547/7547_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FUNÇÃO GRATIFICADA DE SUPERVISOR DO DEPARTAMENTO DE APOIO ÀS COMISSÕES E DE PROCESSO LEGISLATIVO, ALTERA O ART. 6º DA LEI 5.316/2011 E REVOGA O ART. 3º DA LEI 5.714/2013.</t>
   </si>
   <si>
     <t>7549</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7549/7549_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7549/7549_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ESTEIO A RECEBER ÁREAS DE TERRAS EM DOAÇÃO DO ESTADO DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>7550</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7550/7550_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7550/7550_texto_integral.pdf</t>
   </si>
   <si>
     <t>7551</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7551/7551_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7551/7551_texto_integral.pdf</t>
   </si>
   <si>
     <t>7552</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7552/7552_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7552/7552_texto_integral.pdf</t>
   </si>
   <si>
     <t>7553</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7553/7553_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7553/7553_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO GERAL ANUAL A REMUNERAÇÃO E SUBSÍDIOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E AGENTES POLÍTICOS DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7554</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7554/7554_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7554/7554_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DO AUXÍLIO ALIMENTAÇÃO E DO AUXÍLIO CESTA BÁSICA, AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7555</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7555/7555_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7555/7555_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO, O TORNEIO DE FUTEBOL DE MESA EM ESTEIO.</t>
   </si>
   <si>
     <t>7556</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7556/7556_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7556/7556_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O MÊS "ABRIL LARANJA" PARA FINS DE CONSCIENTIZAÇÃO E PREVENÇÃO DA CRUELDADE  CONTRA OS ANIMAIS, NO ÂMBITO DO MUNICÍPIO DE ESTEIO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7557</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7557/7557_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7557/7557_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA JUVENTUDE NO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7558</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7558/7558_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7558/7558_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O MÊS "MAIO AMARELO" PARA FINS DE CONSCIENTIZAÇÃO E PREVENÇÃO DE ACIDENTES DE TRÂNSITO, NO ÂMBITO DO MUNICÍPIO DE ESTEIO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7559</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7559/7559_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7559/7559_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O "PROGRAMA DEZEMBRO VERMELHO" PARA FINS DE CONSCIENTIZAÇÃO E PREVENÇÃO DA AIDS NO ÂMBITO DO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7560</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7560/7560_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7560/7560_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO GERAL ANUAL NOS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE ESTEIO. </t>
   </si>
   <si>
     <t>7561</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7561/7561_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7561/7561_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO GERAL ANUAL NOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE ESTEIO. </t>
   </si>
   <si>
     <t>7562</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7562/7562_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7562/7562_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº 5.917/2014, AUMENTANDO OS VALORES DO VALE REFEIÇÃO E DO VALE ALIMENTAÇÃO CONCEDIDOS AOS SERVIDORES DA CÂMARA MUNICIPAL DE ESTEIO.</t>
   </si>
   <si>
     <t>7563</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7563/7563_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7563/7563_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE NA BOLSA AUXÍLIO DOS ESTAGIÁRIOS DA CÂMARA MUNICIPAL DE ESTEIO.</t>
   </si>
   <si>
     <t>7564</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7564/7564_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7564/7564_texto_integral.pdf</t>
   </si>
   <si>
     <t>7565</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7565/7565_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7565/7565_texto_integral.pdf</t>
   </si>
   <si>
     <t>7566</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO._x000D_
 </t>
   </si>
   <si>
     <t>7567</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7567/7567_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7567/7567_texto_integral.pdf</t>
   </si>
   <si>
     <t>7568</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7568/7568_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7568/7568_texto_integral.pdf</t>
   </si>
   <si>
     <t>7569</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7569/7569_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7569/7569_texto_integral.pdf</t>
   </si>
   <si>
     <t>7570</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7570/7570_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7570/7570_texto_integral.pdf</t>
   </si>
   <si>
     <t>7571</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7571/7571_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7571/7571_texto_integral.pdf</t>
   </si>
   <si>
     <t>7572</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7572/7572_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7572/7572_texto_integral.pdf</t>
   </si>
   <si>
     <t>7573</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7573/7573_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7573/7573_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 6.152, DE 11 DE JUNHO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7574</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7574/7574_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7574/7574_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO._x000D_
 </t>
   </si>
   <si>
     <t>7575</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7575/7575_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7575/7575_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 61 DA LEI COMPLEMENTAR Nº 5.231/2011, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES ESTATUTÁRIOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7576</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7576/7576_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7576/7576_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 6.6202, DE 25 DE SETEMBRO DE 2015, QUE DISPÕE SOBRE O ACEITE DE DECLARAÇÃO DE COMPARECIMENTO DE SERVIDORES A SERVIÇOS DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7577</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7577/7577_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7577/7577_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 6.734, DE 25 DE JANEIRO DE 2018, QUE AUTORIZA O PODER EXECUTIVO A EFETUAR CONTRIBUIÇÃO FINANCEIRA À FUNDAÇÃO DE SAÚDE PÚBLICA SÃO CAMILO DE ESTEIO - FSPSCE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>7580</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7580/7580_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7580/7580_texto_integral.pdf</t>
   </si>
   <si>
     <t>7589</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7589/7589_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7589/7589_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE ESTEIO. _x000D_
 </t>
   </si>
   <si>
     <t>7590</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7590/7590_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7590/7590_texto_integral.pdf</t>
   </si>
   <si>
     <t>7591</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7591/7591_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7591/7591_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESAFETAR E ALIENAR BENS IMÓVEIS QUE DESCREVE. </t>
   </si>
   <si>
     <t>7597</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7597/7597_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7597/7597_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O USO DE TERRAS QUE ESPECIFICA PARA A COMPANHIA RIOGRANDENSE DE SANEAMENTO (CORSAN). </t>
   </si>
   <si>
     <t>7596</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7596/7596_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7596/7596_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ART. 148 DA LEI COMPLEMENTAR MUNICIPAL Nº 5.231/2011, QUE "DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS ESTATUTÁRIOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7594</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7594/7594_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7594/7594_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 6.627, DE 11 DE AGOSTO DE 2017. </t>
   </si>
   <si>
     <t>7595</t>
   </si>
   <si>
     <t>7592</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7592/7592_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7592/7592_texto_integral.pdf</t>
   </si>
   <si>
     <t>7593</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7593/7593_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7593/7593_texto_integral.pdf</t>
   </si>
   <si>
     <t>7582</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7582/7582_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7582/7582_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CONCESSÃO DE AUXÍLIO FINANCEIRO À ESCOLA DE EDUCAÇÃO INFANTIL CRIANÇA ESPERANÇA PARA O PAGAMENTO DE OBRIGAÇÕES TRABALHISTAS EM FAVOR DOS EMPREGADOS DAS ENTIDADES. </t>
   </si>
   <si>
     <t>7097</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7097/7097_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7097/7097_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NA CÂMARA MUNICIPAL DE ESTEIO A SEMANA DA PESSOA COM DEFICIÊNCIA E ATO SOLENE EM HOMENAGEM A PESSOA COM DEFICIÊNCIA. </t>
   </si>
   <si>
     <t>7098</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7098/7098_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7098/7098_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO N. 643, DE 29 DE JUNHO DE 2011.</t>
   </si>
   <si>
     <t>7188</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7188/7188_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7188/7188_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NA CÂMARA MUNICIPAL DE ESTEIO ATO SOLENE E SEMANA EM HOMENAGEM AO MICRO E PEQUENO EMPRESÁRIO.</t>
   </si>
   <si>
     <t>7405</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7405/7405_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7405/7405_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A FRENTE PARLAMENTAR DA PSORÍASE E DE OUTRAS DOENÇAS DE PELE</t>
   </si>
   <si>
     <t>7548</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7548/7548_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7548/7548_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS ARTIGOS 98, 135, 136, 142 E 142-A. TODOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ESTEIO. </t>
   </si>
   <si>
     <t>7117</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7117/7117_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7117/7117_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PODA DE ÁRVORES QUE ESTÃO EM CONFLITO COM A REDE DE ENERGIA, NA RUA PAPA PAULO VI, N° 115,125 E 175, BAIRRO NOVO ESTEIO. </t>
   </si>
   <si>
     <t>7118</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7118/7118_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7118/7118_texto_integral.docx</t>
   </si>
   <si>
     <t>NIVELAMENTO DAS TAMPAS DA REDE DE ESGOTO LOCALIZADO AO LONGO DA RUA MONTEIRO LOBATO, BAIRRO NOVO ESTEIO.</t>
   </si>
   <si>
     <t>7120</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7120/7120_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7120/7120_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA COMANDANTE DO 34º BPM, DETERMINE A INTENSIFICAÇÃO DAS RONDAS POLICIAIS REALIZADAS NO BAIRRO SÃO JOSÉ, ESPECIALMENTE NAS IMEDIAÇÕES DOS CONDOMÍNIOS QUARAÍ E FLORESTA.</t>
   </si>
   <si>
     <t>7122</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7122/7122_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7122/7122_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUER QUE VOSSA SENHORIA COORDENADORA DO 27º CRE, PROVIDÊNCIAS URGENTE JUNTO AO MURO DA ESCOLA ESTADUAL CAETANO GONÇALVES DA SILVA, NA RUA PELOTAS, ESQUINA COM DOM PEDRO, ESTEIO, QUE SE ENCONTRA COM RISCO IMINENTE DE DESABAMENTO.</t>
   </si>
   <si>
     <t>7130</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7130/7130_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7130/7130_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUER QUE VOSSA SENHORIA COORDENADORA DO 27º CRE, DE INÍCIO A EXECUÇÃO DOS PPCIS DAS ESCOLAS ESTADUAIS DO MUNICÍPIO DE ESTEIO JÁ APROVADOS, CONFORME CONSTA NO DOCUMENTO DO CORPO DE BOMBEIROS.</t>
   </si>
   <si>
     <t>7131</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7131/7131_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7131/7131_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUER QUE VOSSA SENHORIA PRESIDENTE DO CONSELHO MUNICIPAL DE EDUCAÇÃO, INFORME SOBRE A ATUAL SITUAÇÃO DOS ALVARÁS DE FUNCIONAMENTO DAS ESCOLAS MUNICIPAIS DA REDE, PRINCIPALMENTE NO QUE TANGE A NÃO IMPLEMENTAÇÃO DOS PLANOS DE PREVENÇÃO E PROTEÇÃO CONTRA INCÊNDIOS (PPCIS), DAS REFERIDAS ESCOLAS, CONFORME DOCUMENTO DO CORPO DE BOMBEIROS.</t>
   </si>
   <si>
     <t>7132</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7132/7132_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7132/7132_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA PRESIDENTE DO CONSELHO ESTADUAL DE EDUCAÇÃO, INFORME SOBRE A ATUAL SITUAÇÃO DOS ALVARÁS DE FUNCIONAMENTO DAS ESCOLAS ESTADUAIS LOCALIZADAS NO MUNICÍPIO DE ESTEIO, PRINCIPALMENTE NO QUE TANGE A NÃO IMPLEMENTAÇÃO DOS PLANOS DE PREVENÇÃO E PROTEÇÃO CONTRA INCÊNDIOS (PPCIS), DAS REFERIDAS ESCOLAS, CONFORME DOCUMENTO DO CORPO DE BOMBEIROS</t>
   </si>
   <si>
     <t>7133</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7133/7133_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7133/7133_texto_integral.docx</t>
   </si>
   <si>
     <t>REALIZAÇÃO DOS PLANOS DE PREVENÇÃO CONTRA INCÊNDIOS (PPCIS) DAS ESCOLAS MUNICIPAIS E GINÁSIOS QUE ESTÃO SOB A RESPONSABILIDADE DA PREFEITURA QUE JÁ FORAM APROVADOS, CONFORME CONSTA NO DOCUMENTO DO CORPO DE BOMBEIROS.</t>
   </si>
   <si>
     <t>7152</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7152/7152_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7152/7152_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA SENHORIA CHEFE DE POLICIA CIVIL DO ESTADO DO RIO GRANDE DO SUL, QUE AVALIE A POSSIBILIDADE DE DESTINAR POLICIAIS CIVIS À CIDADE.</t>
   </si>
   <si>
     <t>7164</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7164/7164_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7164/7164_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA PRESIDENTE DA CORSAN, ESTUDE A POSSIBILIDADE ENQUADRAMENTO DOS ENTES MUNICIPAIS FUNDAÇÃO MUNICIPAL SÃO CAMILO, QUE PRESTA SERVIÇO NA CIDADE HÁ MAIS DE 50 ANOS E CÂMARA DE VEREADORES, NA LEI MUNICIPAL Nº 4.455/2007, QUE VERSA ACERCA DE DESCONTOS NA TARIFA DE PRESTAÇÃO DE SERVIÇOS DE ABASTECIMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>7204</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7204/7204_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7204/7204_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE VOSSA SENHORIA GERENTE DA UNIDADE DA CORSAN ESTEIO, REALIZE O CONSERTO E A TROCA DA TAMPA DO POÇO DE VISITA, LOCALIZADO NA RUA RIO GRANDE, N° 2255, EM FRENTE AO CONDOMÍNIO MORADA I, BAIRRO SÃO SEBASTIÃO. </t>
   </si>
   <si>
     <t>7217</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7217/7217_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7217/7217_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA GERENTE DA UNIDADE DA CORSAN ESTEIO, DETERMINE O REPARO NA TAMPA DE METAL NO MEIO DA RUA RIO GRANDE, EM FRENTE AO NÚMERO 2386, EM FRENTE AO CONDOMÍNIO MORADA I.</t>
   </si>
   <si>
     <t>7218</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7218/7218_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7218/7218_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE VOSSA SENHORIA GERENTE DA UNIDADE DA CORSAN ESTEIO, DETERMINE O REPARO NA TAMPA DE METAL NO MEIO DA RUA ERICO VERISSIMO NAS PROXIMIDADES COM A ESQUINA DA RIO GRANDE , NA VILA BOM JESUS. </t>
   </si>
   <si>
     <t>7220</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7220/7220_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7220/7220_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À VOSSA SENHORIA COMANDANTE DO 34º BPM, A INTENSIFICAÇÃO DAS RONDAS POLICIAIS NAS IMEDIAÇÕES DA PRAÇA PREMEM, NO BAIRRO TAMANDARÉ. </t>
   </si>
   <si>
     <t>7221</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7221/7221_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7221/7221_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE VOSSA EXCELÊNCIA MINISTRO DA EDUCAÇÃO, SE DIGNE A INFORMAR A ESTA CASA LEGISLATIVA O QUE SEGUE:_x000D_
 QUAL O MOTIVO DA EXTINÇÃO DO PROGRAMA MAIS EDUCAÇÃO DAS ESCOLAS MUNICIPAIS DO PAÍS?_x000D_
 </t>
   </si>
   <si>
     <t>7227</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7227/7227_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7227/7227_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA RESPONSÁVEL PELA HABILITAÇÃO DE CREDENCIADOS DETERMINE O BOM SENSO DOS AVALIADORES E INSTRUTORES QUE ESTÃO PUNINDO OS AVALIADOS QUE COMETEM UM ERRO INDUZIDO QUANDO PASSAM PELA FAIXA DE SEGURANÇA APAGADA, SENDO PUNIDOS POR NÃO TEREM PARADO.</t>
   </si>
   <si>
     <t>7228</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7228/7228_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7228/7228_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE VOSSA SENHORIA GERENTE OPERACIONAL DO CONSÓRCIO TEU, RETOME A LINHA DE TRANSPORTE LINHA 7 &amp;#8211; NOVO ESTEIO/ CLARET, QUE COMPREENDIA O TRAJETO PARQUE PRIMAVERA, CONTEMPLANDO O BAIRRO TAMANDARÉ &amp;#8211; E QUE ATENDIA A DEMANDA DOS ALUNOS DO COLÉGIO ESTADUAL AUGUSTO MEYER. </t>
   </si>
   <si>
     <t>7231</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7231/7231_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7231/7231_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA GERENTE DA UNIDADE DA CORSAN ESTEIO, REALIZE A ELIMINAÇÃO DA CRATERA EM FRENTE AO POÇO DE VISITA DA RUA TAQUARA, EM FRENTE AOS NºS 1391 E 1396.</t>
   </si>
   <si>
     <t>7232</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7232/7232_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7232/7232_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA,  GERENTE OPERACIONAL DA RGE SUL, RESTAURAÇÃO DA FIAÇÃO QUE SE ENCONTRA COM FIOS PENDURADOS, OUTROS PRESTES A CAIR E, TAMBÉM A PODA DAS ÁRVORES, POIS TODO LADO ESQUERDO DA RUA ENCONTRAM-SE EM UM EMARANHADO DE FIOS NA RUA PELOTAS, CENTRO &amp;#8211; ESTEIO. </t>
   </si>
   <si>
     <t>7261</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7261/7261_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7261/7261_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PODA DE ÁRVORES NA RUA RIO BRANCO, EM FRENTE AO NÚMERO 229, PARQUE AMADOR. </t>
   </si>
   <si>
     <t>7264</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7264/7264_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7264/7264_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, GERENTE OPERACIONAL DA RGE SUL, QUE SEJA REALIZADA A RESTAURAÇÃO DA FIAÇÃO QUE SE ENCONTRA COM FIOS PENDURADOS, TAMBÉM A PODA DAS ÁRVORES, NA RUA MONTEIRO LOBATO 294B E 286. </t>
   </si>
   <si>
     <t>7305</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7305/7305_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7305/7305_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUER QUE VOSSA SENHORIA DIRETOR GERAL DO DETRAN-RS, QUE DETERMINE MELHORIAS NO ATENDIMENTO DO CRVA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>7306</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7306/7306_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7306/7306_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE VOSSA SENHORIA COORDENADORA DO 27º CRE, SE DIGNE A INFORMAR A ESTA CASA O QUE SEGUE:_x000D_
 - QUAL O NÚMERO DE ALUNOS QUE ESTÃO NA LISTA DE ESPERA POR VAGAS NO ENSINO MÉDIO EM ESTEIO?_x000D_
 </t>
   </si>
   <si>
     <t>7318</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7318/7318_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7318/7318_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, GERENTE OPERACIONAL DA RGE SUL, QUE SEJA FEITO UMA RESTAURAÇÃO NA FIAÇÃO QUE SE ENCONTRA COM FIOS PENDURADOS, NA RUA BENTO GONÇALVES N° 1200 &amp;#8211; CENTRO. </t>
   </si>
   <si>
     <t>7319</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7319/7319_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7319/7319_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA, GERENTE OPERACIONAL DA RGE SUL, QUE SEJA FEITO UMA RESTAURAÇÃO NA FIAÇÃO QUE SE ENCONTRA COM FIOS PENDURADOS, NA RUA BENTO GONÇALVES N° 835 &amp;#8211; CENTRO. </t>
   </si>
   <si>
     <t>7322</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7322/7322_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7322/7322_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE VOSSA SENHORIA PRESIDENTE DE TRANSPORTE ESTEIO URBANO, INFORME SE O ATENDIMENTO PRIORITÁRIO CONTIDO NA LEI N° 10.048/00, QUE CONSISTE EM SERVIÇOS INDIVIDUALIZADOS QUE ASSEGUREM TRATAMENTO DIFERENCIADO E ATENDIMENTO IMEDIATO, ESTÁ SENDO CUMPRIDO?_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7329</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA, DIRETORIA DE RELAÇÕES INSTITUCIONAIS RS, PARA QUE REORGANIZE OS FIOS DE TELEFONIA NA RUA SÃO FRANCISCO, EM FRENTE AO NÚMERO 165,</t>
   </si>
   <si>
     <t>7365</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7365/7365_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7365/7365_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À VOSSA SENHORIA COMANDANTE DO 34º BPM, SENHORIA A INTENSIFICAÇÃO DAS RONDAS POLICIAIS NAS IMEDIAÇÕES DA ESCOLA JARDIM PLANALTO. </t>
   </si>
   <si>
     <t>7391</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7391/7391_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7391/7391_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE VOSSA SENHORIA GERENTE DO ESTACIONAMENTO ROTATIVO, ZONA AZUL, REALIZE COM MAIOR FREQUÊNCIA A MANUTENÇÃO DOS PARQUÍMETROS. </t>
   </si>
   <si>
     <t>7430</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7430/7430_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7430/7430_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PODA DA ÁRVORE LOCALIZADA NO TERRENO SITUADO NA RUA LOBO DA COSTA AO LADO DO N° 57, BAIRRO NOVO ESTEIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7431</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7431/7431_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7431/7431_texto_integral.docx</t>
   </si>
   <si>
     <t>PODA DA ÁRVORE LOCALIZADA NO PASSEIO PÚBLICO, NA RUA NOVO HAMBURGO, 1820 BAIRRO PARQUE AMADOR.</t>
   </si>
   <si>
     <t>7434</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7434/7434_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7434/7434_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA A VOSSA SENHORIA DIRETORIA DE RELAÇÕES INSTITUCIONAIS RS, QUE SEJA FEITA A RESTAURAÇÃO DA FIAÇÃO QUE SE ENCONTRA COM FIOS PENDURADOS, NA RUA BENTO GONÇALVES, N° 744  CENTRO DE ESTEIO.</t>
   </si>
   <si>
     <t>7435</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7435/7435_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7435/7435_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA, DIRETORIA DE RELAÇÕES INSTITUCIONAIS RS, QUE SEJA FEITA A RESTAURAÇÃO DA FIAÇÃO QUE SE ENCONTRA COM FIOS PENDURADOS, NA RUA DOM PEDRO, N° 217 &amp;#8211; CENTRO DE ESTEIO.</t>
   </si>
   <si>
     <t>7454</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7454/7454_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7454/7454_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE VOSSA SENHORIA DESEMBARGADOR DO TJRS, VERIFIQUE A VIABILIDADE DE MAIS UM CARTÓRIO DE OFICIO DE REGISTRO DE PESSOAS NATURAIS. </t>
   </si>
   <si>
     <t>7456</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7456/7456_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7456/7456_texto_integral.docx</t>
   </si>
   <si>
     <t>SOLICITA QUE VOSSA SENHORIA, PRESIDENTE DA ASSOCIAÇÃO EDUCACIONAL EDUCAR, SOLICITANDO O ENCAMINHAMENTO PARA ESTE GABINETE DA RELAÇÃO DOS FUNCIONÁRIOS E DE SEU QUADRO ADMINISTRATIVO, DE ACORDO COM O CONTRATO COM O MUNICÍPIO PREVISTO NA  LEI 6737/2018 E QUAL A ATIVIDADE QUE DESEMPENHA.</t>
   </si>
   <si>
     <t>7482</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7482/7482_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7482/7482_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUAIS AS CÂMERAS DE VÍDEO MONITORAMENTO QUE ESTÃO EM FUNCIONAMENTO NO MOMENTO NA CIDADE, E QUE INFORME SE ALGUMA ESTÁ DESATIVADA OU FICOU SEM FUNCIONAR DURANTE OS TRÊS PRIMEIROS MESES DESTE ANO, DESCREVENDO QUAIS AS CÂMERAS E OS PERÍODOS EM QUE ESTIVERAM DESATIVADAS. </t>
   </si>
   <si>
     <t>7483</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7483/7483_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7483/7483_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOSSA SENHORIA COMANDANTE DO 34º BPM DEC ESTEIO, QUE INTENSIFIQUE A RONDA NOTURNA NA VILA NOVA. </t>
   </si>
   <si>
     <t>7487</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7487/7487_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7487/7487_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ELIMINAÇÃO DO BURACO RESULTANTE DE UM CONSERTO REALIZADO PELA EMPRESA, NA RUA LAURO DONDONIS, EM FRENTE AO Nº 236. </t>
   </si>
   <si>
     <t>7488</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7488/7488_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7488/7488_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE VOSSA SENHORIA COMANDANTE DO 34º BPM DE ESTEIO, QUE INTENSIFIQUE AS RONDAS POLICIAIS EM FRENTE A CMEB MARIA LYGIA ANDRADE HAAK, LOCALIZADO NA RUA OSVALDO JESUS VIEIRA, 345, PRINCIPALMENTE NOS HORÁRIOS DE ENTRADA E SAÍDA, NO TURNO DA TARDE. </t>
   </si>
   <si>
     <t>7489</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7489/7489_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7489/7489_texto_integral.docx</t>
   </si>
   <si>
     <t>EXISTE PREVISÃO PARA O PROCESSO DE REGULARIZAÇÃO FUNDIÁRIA DA RUA L, NO PARQUE PRIMAVERA? QUAL A PREVISÃO?</t>
   </si>
   <si>
     <t>7757</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7757/7757_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7757/7757_texto_integral.docx</t>
   </si>
   <si>
     <t>7625</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7625/7625_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7625/7625_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR SANDRO SEVERO, PARTIDO SOCIALISTA BRASILEIRO, APROVADO EM SESSÃO ORDINÁRIA DE 24 DE ABRIL, SOLICITA A VOSSA SENHORIA,  A LIMPEZA E PODA DAS ÁREAS ONDE PASSA A ADUTORA</t>
   </si>
   <si>
     <t>7722</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7722/7722_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7722/7722_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 15 DE MAIO, SOLICITA QUE VOSSA SENHORIA TOME PROVIDÊNCIAS PARA CORRIGIR O DESNÍVEL DE ASFALTO DECORRENTE DE UMA OBRA DA CORSAN NA AVENIDA JOÃO PAULO COM A RUA PAULO PONTES._x000D_
 </t>
   </si>
   <si>
     <t>7758</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7758/7758_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7758/7758_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA O ANTEPROJETO DE LEI EM ANEXO, QUE &amp;#8220;DISPÕE SOBRE A IMPLANTAÇÃO DAS &amp;#8220;UNIDADES VIRTUAIS DE SAÚDE&amp;#8221; NO ÂMBITO DO MUNICIPIO DE ESTEIO, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. PARA QUE SEJA ANALISADA A POSSIBILIDADE DE RETORNAR A ESTA CASA, NA FORMA DE PROJETO DE LEI. A JUSTIFICATIVA SEGUE JUNTO AO ANTEPROJETO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>7759</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7759/7759_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7759/7759_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR LEO DAHMER, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA O ANTEPROJETO DE LEI EM ANEXO, QUE &amp;#8220;DISPÕE SOBRE A IMPLANTAÇÃO DE PLACAS INFORMATIVAS DE ITINERÁRIOS NOS PONTOS DE ÔNIBUS DO TRANSPORTE COLETIVO URBANO, NO MUNICÍPIO DE ESTEIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. PARA QUE SEJA ANALISADA A POSSIBILIDADE DE RETORNAR A ESTA CASA, NA FORMA DE PROJETO DE LEI. A JUSTIFICATIVA SEGUE JUNTO AO ANTEPROJETO.</t>
   </si>
   <si>
     <t>7760</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7760/7760_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7760/7760_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR FELIPE COSTELLA, APROVADO EM SESSÃO ORDINÁRIA DE 22 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA O ANTEPROJETO DE LEI EM ANEXO, QUE &amp;#8220;DISPÕE SOBRE CONCEDER DESCONTO AOS DOADORES DE SANGUE. REGULA INICIATIVA DE CONCEDER 50% DE DESCONTO (CINQUENTA POR CENTO) EM EVENTOS CULTURAIS E ARTÍSTICOS PARA DOADORES DE SANGUE NO MUNICÍPIO DE ESTEIO&amp;#8221;, PARA QUE SEJA ANALISADA A POSSIBILIDADE DE RETORNAR A ESTA CASA, NA FORMA DE PROJETO DE LEI. A JUSTIFICATIVA SEGUE JUNTO AO ANTEPROJETO. _x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>7786</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7786/7786_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7786/7786_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA O ANTEPROJETO DE LEI EM ANEXO, QUE &amp;#8220;INSTITUI O DIA &amp;#8220;MUNICIPAL ESTEIO LÊ&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS, PARA QUE SEJA ANALISADA A POSSIBILIDADE DE RETORNAR A ESTA CASA, NA FORMA DE PROJETO DE LEI. A JUSTIFICATIVA SEGUE JUNTO AO ANTEPROJETO.</t>
   </si>
   <si>
     <t>7788</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7788/7788_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7788/7788_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR MÁRIO COUTO, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA O ANTEPROJETO DE LEI EM ANEXO, QUE &amp;#8220;DISPÕE SOBRE A VACINAÇÃO CONTRA HEPATITE A E B E TÉTANO PARA HOMENS E MULHERES QUE ATUAM DIRETAMENTE NA COLETA DE LIXO DOMICILIAR E SELETIVO, NO ÂMBITO DO MUNICÍPIO DE ESTEIO, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, PARA QUE SEJA ANALISADA A POSSIBILIDADE DE RETORNAR A ESTA CASA, NA FORMA DE PROJETO DE LEI. A JUSTIFICATIVA SEGUE JUNTO AO ANTEPROJETO. </t>
   </si>
   <si>
     <t>7791</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7791/7791_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7791/7791_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DO VEREADOR FELIPE COSTELLA, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA O ANTEPROJETO DE LEI EM ANEXO, QUE &amp;#8220;DISPÕE SOBRE A DIVULGAÇÃO DE MATERIAL INFORMATIVO  NOS ESTABELECIMENTOS BANCÁRIOS E SIMILARES, SITUADOS NO MUNICÍPIO DE ESTEIO, SOBRE A PROIBIÇÃO DE VENDA CASADA DE PRODUTOS OU SERVIÇOS&amp;#8221;, PARA QUE SEJA ANALISADA A POSSIBILIDADE DE RETORNAR A ESTA CASA, NA FORMA DE PROJETO DE LEI. A JUSTIFICATIVA SEGUE JUNTO AO ANTEPROJETO. </t>
   </si>
   <si>
     <t>7801</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7801/7801_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7801/7801_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE, A LIMPEZA DO BUEIRO, LOCALIZADO NA RUA TAQUARA EM FRENTE AO N° 1390, BAIRRO OLÍMPICA.</t>
   </si>
   <si>
     <t>7802</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7802/7802_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7802/7802_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE, A ELIMINAÇÃO DA BROCA LOCALIZADA NA RUA BENTO GONÇALVES, EM FRENTE AO N° 1142, BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>7803</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7803/7803_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7803/7803_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE, SOLICITANDO A NOTIFICAÇÃO DO PROPRIETÁRIO PARA LIMPEZA DE TERRENO LOCALIZADO NA RUA THEODOMIRO PORTO DA FONSECA, N° 394, BAIRRO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>7804</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7804/7804_texto_integral.docx</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7804/7804_texto_integral.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL, ACOLHENDO REQUERIMENTO DA VEREADORA FERNANDA FERNANDES, APROVADO EM SESSÃO ORDINÁRIA DE 29 DE MAIO, ENCAMINHA A VOSSA EXCELÊNCIA QUE DETERMINE A SECRETARIA COMPETENTE, SOLICITANDO A ELIMINAÇÃO DA BROCA, LOCALIZADA NA AV. PADRE CLARET, EM FRENTE AO N° 2680, BAIRRO PARQUE AMADOR.</t>
   </si>
   <si>
     <t>7544</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
-    <t>https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7544/7544_texto_integral.pdf</t>
+    <t>http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7544/7544_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 84/2018.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8509,67 +8509,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7119/7119_texto_integral.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7125/7125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7126/7126_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7129/7129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7140/7140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7153/7153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7168/7168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7219/7219_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7222/7222_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7230/7230_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7317/7317_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7346/7346_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7369/7369_texto_integral.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7390/7390_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7432/7432_texto_integral.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7436/7436_texto_integral.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7455/7455_texto_integral.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7457/7457_texto_integral.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7458/7458_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7484/7484_texto_integral.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7485/7485_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7486/7486_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7623/7623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7627/7627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7637/7637_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7638/7638_texto_integral.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7641/7641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7702/7702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7703/7703_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7709/7709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7721/7721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7406/7406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7495/7495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7581/7581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7123/7123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7124/7124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7163/7163_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7223/7223_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7321/7321_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7323/7323_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7363/7363_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7364/7364_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7397/7397_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7398/7398_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7429/7429_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7459/7459_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7481/7481_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7531/7531_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7583/7583_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7628/7628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7629/7629_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7631/7631_texto_integral.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7705/7705_texto_integral.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7706/7706_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7707/7707_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7750/7750_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7783/7783_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7087/7087_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7099/7099_texto_integral.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7100/7100_texto_integral.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7101/7101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7102/7102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7121/7121_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7154/7154_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7155/7155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7156/7156_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7157/7157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7165/7165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7169/7169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7198/7198_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7199/7199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7200/7200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7225/7225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7226/7226_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7320/7320_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7388/7388_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7389/7389_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7392/7392_texto_integral.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7393/7393_texto_integral.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7394/7394_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7395/7395_texto_integral.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7396/7396_texto_integral.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7426/7426_texto_integral.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7427/7427_texto_integral.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7428/7428_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7490/7490_texto_integral.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7492/7492_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7496/7496_texto_integral.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7646/7646_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7647/7647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7648/7648_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7649/7649_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7650/7650_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7651/7651_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7695/7695_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7696/7696_texto_integral.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7715/7715_texto_integral.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7719/7719_texto_integral.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7720/7720_texto_integral.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7751/7751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7752/7752_texto_integral.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7753/7753_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7754/7754_texto_integral.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7755/7755_texto_integral.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7103/7103_texto_integral.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7104/7104_texto_integral.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7105/7105_texto_integral.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7106/7106_texto_integral.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7107/7107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7108/7108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7109/7109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7110/7110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7111/7111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7112/7112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7113/7113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7114/7114_texto_integral.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7115/7115_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7127/7127_texto_integral.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7128/7128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7134/7134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7135/7135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7136/7136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7137/7137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7138/7138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7139/7139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7141/7141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7142/7142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7143/7143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7144/7144_texto_integral.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7145/7145_texto_integral.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7146/7146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7147/7147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7148/7148_texto_integral.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7149/7149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7150/7150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7151/7151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7158/7158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7159/7159_texto_integral.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7160/7160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7161/7161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7162/7162_texto_integral.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7166/7166_texto_integral.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7167/7167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7170/7170_texto_integral.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7171/7171_texto_integral.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7201/7201_texto_integral.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7202/7202_texto_integral.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7203/7203_texto_integral.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7205/7205_texto_integral.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7206/7206_texto_integral.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7207/7207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7208/7208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7209/7209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7210/7210_texto_integral.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7211/7211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7212/7212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7213/7213_texto_integral.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7214/7214_texto_integral.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7215/7215_texto_integral.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7216/7216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7229/7229_texto_integral.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7233/7233_texto_integral.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7234/7234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7235/7235_texto_integral.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7236/7236_texto_integral.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7237/7237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7238/7238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7239/7239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7240/7240_texto_integral.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7241/7241_texto_integral.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7242/7242_texto_integral.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7243/7243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7244/7244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7245/7245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7246/7246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7247/7247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7248/7248_texto_integral.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7260/7260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7262/7262_texto_integral.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7263/7263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7265/7265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7266/7266_texto_integral.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7267/7267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7268/7268_texto_integral.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7269/7269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7270/7270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7271/7271_texto_integral.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7272/7272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7273/7273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7274/7274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7275/7275_texto_integral.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7276/7276_texto_integral.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7277/7277_texto_integral.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7278/7278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7279/7279_texto_integral.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7280/7280_texto_integral.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7281/7281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7282/7282_texto_integral.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7291/7291_texto_integral.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7292/7292_texto_integral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7293/7293_texto_integral.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7294/7294_texto_integral.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7295/7295_texto_integral.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7296/7296_texto_integral.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7297/7297_texto_integral.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7298/7298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7299/7299_texto_integral.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7300/7300_texto_integral.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7301/7301_texto_integral.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7302/7302_texto_integral.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7307/7307_texto_integral.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7308/7308_texto_integral.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7309/7309_texto_integral.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7310/7310_texto_integral.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7311/7311_texto_integral.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7312/7312_texto_integral.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7313/7313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7314/7314_texto_integral.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7315/7315_texto_integral.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7316/7316_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7324/7324_texto_integral.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7325/7325_texto_integral.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7326/7326_texto_integral.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7327/7327_texto_integral.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7328/7328_texto_integral.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7331/7331_texto_integral.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7332/7332_texto_integral.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7333/7333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7334/7334_texto_integral.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7335/7335_texto_integral.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7336/7336_texto_integral.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7338/7338_texto_integral.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7339/7339_texto_integral.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7340/7340_texto_integral.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7341/7341_texto_integral.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7342/7342_texto_integral.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7343/7343_texto_integral.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7344/7344_texto_integral.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7345/7345_texto_integral.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7347/7347_texto_integral.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7348/7348_texto_integral.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7370/7370_texto_integral.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7371/7371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7372/7372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7373/7373_texto_integral.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7374/7374_texto_integral.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7375/7375_texto_integral.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7376/7376_texto_integral.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7377/7377_texto_integral.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7378/7378_texto_integral.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7379/7379_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7380/7380_texto_integral.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7381/7381_texto_integral.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7382/7382_texto_integral.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7383/7383_texto_integral.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7384/7384_texto_integral.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7385/7385_texto_integral.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7386/7386_texto_integral.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7387/7387_texto_integral.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7407/7407_texto_integral.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7408/7408_texto_integral.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7409/7409_texto_integral.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7410/7410_texto_integral.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7411/7411_texto_integral.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7412/7412_texto_integral.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7413/7413_texto_integral.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7414/7414_texto_integral.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7415/7415_texto_integral.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7416/7416_texto_integral.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7417/7417_texto_integral.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7418/7418_texto_integral.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7419/7419_texto_integral.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7420/7420_texto_integral.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7421/7421_texto_integral.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7422/7422_texto_integral.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7423/7423_texto_integral.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7424/7424_texto_integral.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7425/7425_texto_integral.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7433/7433_texto_integral.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7437/7437_texto_integral.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7438/7438_texto_integral.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7439/7439_texto_integral.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7440/7440_texto_integral.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7441/7441_texto_integral.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7442/7442_texto_integral.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7443/7443_texto_integral.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7444/7444_texto_integral.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7445/7445_texto_integral.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7446/7446_texto_integral.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7447/7447_texto_integral.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7448/7448_texto_integral.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7449/7449_texto_integral.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7450/7450_texto_integral.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7451/7451_texto_integral.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7452/7452_texto_integral.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7453/7453_texto_integral.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7462/7462_texto_integral.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7463/7463_texto_integral.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7464/7464_texto_integral.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7465/7465_texto_integral.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7466/7466_texto_integral.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7467/7467_texto_integral.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7468/7468_texto_integral.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7469/7469_texto_integral.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7497/7497_texto_integral.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7498/7498_texto_integral.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7499/7499_texto_integral.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7500/7500_texto_integral.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7501/7501_texto_integral.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7502/7502_texto_integral.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7503/7503_texto_integral.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7504/7504_texto_integral.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7505/7505_texto_integral.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7506/7506_texto_integral.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7507/7507_texto_integral.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7508/7508_texto_integral.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7509/7509_texto_integral.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7510/7510_texto_integral.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7511/7511_texto_integral.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7512/7512_texto_integral.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7513/7513_texto_integral.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7514/7514_texto_integral.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7515/7515_texto_integral.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7516/7516_texto_integral.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7517/7517_texto_integral.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7518/7518_texto_integral.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7519/7519_texto_integral.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7520/7520_texto_integral.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7521/7521_texto_integral.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7522/7522_texto_integral.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7523/7523_texto_integral.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7524/7524_texto_integral.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7525/7525_texto_integral.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7526/7526_texto_integral.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7527/7527_texto_integral.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7528/7528_texto_integral.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7529/7529_texto_integral.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7530/7530_texto_integral.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7585/7585_texto_integral.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7586/7586_texto_integral.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7598/7598_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7599/7599_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7600/7600_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7601/7601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7602/7602_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7603/7603_texto_integral.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7605/7605_texto_integral.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7608/7608_texto_integral.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7609/7609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7610/7610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7611/7611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7614/7614_texto_integral.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7615/7615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7616/7616_texto_integral.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7617/7617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7618/7618_texto_integral.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7619/7619_texto_integral.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7620/7620_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7621/7621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7622/7622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7624/7624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7626/7626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7632/7632_texto_integral.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7633/7633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7634/7634_texto_integral.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7636/7636_texto_integral.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7639/7639_texto_integral.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7643/7643_texto_integral.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7644/7644_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7645/7645_texto_integral.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7652/7652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7653/7653_texto_integral.docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7654/7654_texto_integral.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7655/7655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7656/7656_texto_integral.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7657/7657_texto_integral.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7658/7658_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7659/7659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7660/7660_texto_integral.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7661/7661_texto_integral.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7662/7662_texto_integral.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7664/7664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7665/7665_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7666/7666_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7667/7667_texto_integral.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7668/7668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7670/7670_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7671/7671_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7672/7672_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7673/7673_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7674/7674_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7675/7675_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7676/7676_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7678/7678_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7679/7679_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7680/7680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7681/7681_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7682/7682_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7683/7683_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7684/7684_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7685/7685_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7686/7686_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7687/7687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7688/7688_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7689/7689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7692/7692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7693/7693_texto_integral.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7697/7697_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7698/7698_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7699/7699_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7700/7700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7701/7701_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7704/7704_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7708/7708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7710/7710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7711/7711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7712/7712_texto_integral.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7713/7713_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7714/7714_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7716/7716_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7717/7717_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7718/7718_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7723/7723_texto_integral.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7724/7724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7725/7725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7726/7726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7727/7727_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7728/7728_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7729/7729_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7730/7730_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7731/7731_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7732/7732_texto_integral.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7733/7733_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7734/7734_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7735/7735_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7737/7737_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7738/7738_texto_integral.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7739/7739_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7740/7740_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7741/7741_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7742/7742_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7743/7743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7744/7744_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7745/7745_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7746/7746_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7747/7747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7748/7748_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7749/7749_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7756/7756_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7761/7761_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7762/7762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7763/7763_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7764/7764_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7765/7765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7766/7766_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7769/7769_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7770/7770_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7771/7771_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7772/7772_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7773/7773_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7774/7774_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7775/7775_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7776/7776_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7778/7778_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7779/7779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7780/7780_texto_integral.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7781/7781_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7782/7782_texto_integral.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7784/7784_texto_integral.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7785/7785_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7789/7789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7790/7790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7792/7792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7793/7793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7794/7794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7795/7795_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7796/7796_texto_integral.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7797/7797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7798/7798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7799/7799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7800/7800_texto_integral.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7189/7189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7067/7067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7068/7068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7069/7069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7070/7070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7071/7071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7072/7072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7073/7073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7074/7074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7075/7075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7076/7076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7079/7079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7080/7080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7081/7081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7082/7082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7083/7083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7084/7084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7085/7085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7086/7086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7088/7088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7089/7089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7090/7090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7091/7091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7092/7092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7093/7093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7094/7094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7095/7095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7096/7096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7172/7172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7173/7173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7174/7174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7175/7175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7176/7176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7177/7177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7178/7178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7179/7179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7180/7180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7181/7181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7182/7182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7183/7183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7184/7184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7185/7185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7186/7186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7187/7187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7190/7190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7191/7191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7192/7192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7193/7193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7194/7194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7195/7195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7196/7196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7197/7197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7249/7249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7250/7250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7251/7251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7252/7252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7253/7253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7255/7255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7256/7256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7257/7257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7258/7258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7259/7259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7283/7283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7284/7284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7285/7285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7286/7286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7287/7287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7288/7288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7289/7289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7290/7290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7349/7349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7350/7350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7351/7351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7352/7352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7353/7353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7354/7354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7355/7355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7356/7356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7357/7357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7358/7358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7359/7359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7360/7360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7361/7361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7362/7362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7366/7366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7367/7367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7368/7368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7399/7399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7400/7400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7401/7401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7402/7402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7403/7403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7404/7404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7470/7470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7471/7471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7472/7472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7473/7473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7474/7474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7475/7475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7476/7476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7477/7477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7478/7478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7479/7479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7480/7480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7493/7493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7532/7532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7533/7533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7534/7534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7535/7535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7536/7536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7538/7538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7539/7539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7540/7540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7542/7542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7543/7543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7545/7545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7546/7546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7547/7547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7549/7549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7550/7550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7551/7551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7552/7552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7553/7553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7554/7554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7555/7555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7556/7556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7557/7557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7558/7558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7559/7559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7560/7560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7561/7561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7562/7562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7563/7563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7564/7564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7565/7565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7567/7567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7568/7568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7569/7569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7570/7570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7571/7571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7572/7572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7573/7573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7574/7574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7575/7575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7576/7576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7577/7577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7580/7580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7589/7589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7590/7590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7591/7591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7597/7597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7596/7596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7594/7594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7592/7592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7593/7593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7582/7582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7097/7097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7098/7098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7188/7188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7405/7405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7548/7548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7117/7117_texto_integral.docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7118/7118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7120/7120_texto_integral.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7122/7122_texto_integral.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7130/7130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7131/7131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7132/7132_texto_integral.docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7133/7133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7152/7152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7164/7164_texto_integral.docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7204/7204_texto_integral.docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7217/7217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7218/7218_texto_integral.docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7220/7220_texto_integral.docx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7221/7221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7227/7227_texto_integral.docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7228/7228_texto_integral.docx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7231/7231_texto_integral.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7232/7232_texto_integral.docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7261/7261_texto_integral.docx" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7264/7264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7305/7305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7306/7306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7318/7318_texto_integral.docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7319/7319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7322/7322_texto_integral.docx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7365/7365_texto_integral.docx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7391/7391_texto_integral.docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7430/7430_texto_integral.docx" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7431/7431_texto_integral.docx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7434/7434_texto_integral.docx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7435/7435_texto_integral.docx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7454/7454_texto_integral.docx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7456/7456_texto_integral.docx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7482/7482_texto_integral.docx" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7483/7483_texto_integral.docx" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7487/7487_texto_integral.docx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7488/7488_texto_integral.docx" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7489/7489_texto_integral.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7757/7757_texto_integral.docx" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7625/7625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7722/7722_texto_integral.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7758/7758_texto_integral.docx" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7759/7759_texto_integral.docx" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7760/7760_texto_integral.docx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7786/7786_texto_integral.docx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7788/7788_texto_integral.docx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7791/7791_texto_integral.docx" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7801/7801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7802/7802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7803/7803_texto_integral.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7804/7804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7544/7544_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7119/7119_texto_integral.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7125/7125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7126/7126_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7129/7129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7140/7140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7153/7153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7168/7168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7219/7219_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7222/7222_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7230/7230_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7317/7317_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7346/7346_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7369/7369_texto_integral.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7390/7390_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7432/7432_texto_integral.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7436/7436_texto_integral.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7455/7455_texto_integral.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7457/7457_texto_integral.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7458/7458_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7484/7484_texto_integral.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7485/7485_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7486/7486_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7623/7623_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7627/7627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7637/7637_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7638/7638_texto_integral.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7641/7641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7702/7702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7703/7703_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7709/7709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7721/7721_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7406/7406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7495/7495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7581/7581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7123/7123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7124/7124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7163/7163_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7223/7223_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7321/7321_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7323/7323_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7363/7363_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7364/7364_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7397/7397_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7398/7398_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7429/7429_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7459/7459_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7481/7481_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7531/7531_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7583/7583_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7628/7628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7629/7629_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7631/7631_texto_integral.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7705/7705_texto_integral.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7706/7706_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7707/7707_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7750/7750_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7783/7783_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7087/7087_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7099/7099_texto_integral.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7100/7100_texto_integral.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7101/7101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7102/7102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7121/7121_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7154/7154_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7155/7155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7156/7156_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7157/7157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7165/7165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7169/7169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7198/7198_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7199/7199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7200/7200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7225/7225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7226/7226_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7320/7320_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7388/7388_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7389/7389_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7392/7392_texto_integral.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7393/7393_texto_integral.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7394/7394_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7395/7395_texto_integral.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7396/7396_texto_integral.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7426/7426_texto_integral.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7427/7427_texto_integral.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7428/7428_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7490/7490_texto_integral.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7492/7492_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7496/7496_texto_integral.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7646/7646_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7647/7647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7648/7648_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7649/7649_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7650/7650_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7651/7651_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7695/7695_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7696/7696_texto_integral.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7715/7715_texto_integral.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7719/7719_texto_integral.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7720/7720_texto_integral.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7751/7751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7752/7752_texto_integral.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7753/7753_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7754/7754_texto_integral.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7755/7755_texto_integral.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7103/7103_texto_integral.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7104/7104_texto_integral.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7105/7105_texto_integral.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7106/7106_texto_integral.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7107/7107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7108/7108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7109/7109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7110/7110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7111/7111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7112/7112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7113/7113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7114/7114_texto_integral.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7115/7115_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7127/7127_texto_integral.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7128/7128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7134/7134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7135/7135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7136/7136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7137/7137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7138/7138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7139/7139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7141/7141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7142/7142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7143/7143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7144/7144_texto_integral.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7145/7145_texto_integral.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7146/7146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7147/7147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7148/7148_texto_integral.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7149/7149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7150/7150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7151/7151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7158/7158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7159/7159_texto_integral.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7160/7160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7161/7161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7162/7162_texto_integral.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7166/7166_texto_integral.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7167/7167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7170/7170_texto_integral.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7171/7171_texto_integral.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7201/7201_texto_integral.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7202/7202_texto_integral.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7203/7203_texto_integral.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7205/7205_texto_integral.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7206/7206_texto_integral.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7207/7207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7208/7208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7209/7209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7210/7210_texto_integral.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7211/7211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7212/7212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7213/7213_texto_integral.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7214/7214_texto_integral.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7215/7215_texto_integral.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7216/7216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7229/7229_texto_integral.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7233/7233_texto_integral.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7234/7234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7235/7235_texto_integral.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7236/7236_texto_integral.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7237/7237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7238/7238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7239/7239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7240/7240_texto_integral.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7241/7241_texto_integral.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7242/7242_texto_integral.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7243/7243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7244/7244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7245/7245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7246/7246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7247/7247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7248/7248_texto_integral.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7260/7260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7262/7262_texto_integral.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7263/7263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7265/7265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7266/7266_texto_integral.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7267/7267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7268/7268_texto_integral.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7269/7269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7270/7270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7271/7271_texto_integral.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7272/7272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7273/7273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7274/7274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7275/7275_texto_integral.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7276/7276_texto_integral.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7277/7277_texto_integral.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7278/7278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7279/7279_texto_integral.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7280/7280_texto_integral.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7281/7281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7282/7282_texto_integral.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7291/7291_texto_integral.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7292/7292_texto_integral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7293/7293_texto_integral.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7294/7294_texto_integral.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7295/7295_texto_integral.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7296/7296_texto_integral.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7297/7297_texto_integral.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7298/7298_texto_integral.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7299/7299_texto_integral.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7300/7300_texto_integral.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7301/7301_texto_integral.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7302/7302_texto_integral.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7307/7307_texto_integral.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7308/7308_texto_integral.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7309/7309_texto_integral.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7310/7310_texto_integral.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7311/7311_texto_integral.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7312/7312_texto_integral.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7313/7313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7314/7314_texto_integral.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7315/7315_texto_integral.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7316/7316_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7324/7324_texto_integral.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7325/7325_texto_integral.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7326/7326_texto_integral.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7327/7327_texto_integral.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7328/7328_texto_integral.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7331/7331_texto_integral.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7332/7332_texto_integral.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7333/7333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7334/7334_texto_integral.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7335/7335_texto_integral.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7336/7336_texto_integral.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7338/7338_texto_integral.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7339/7339_texto_integral.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7340/7340_texto_integral.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7341/7341_texto_integral.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7342/7342_texto_integral.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7343/7343_texto_integral.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7344/7344_texto_integral.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7345/7345_texto_integral.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7347/7347_texto_integral.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7348/7348_texto_integral.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7370/7370_texto_integral.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7371/7371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7372/7372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7373/7373_texto_integral.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7374/7374_texto_integral.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7375/7375_texto_integral.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7376/7376_texto_integral.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7377/7377_texto_integral.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7378/7378_texto_integral.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7379/7379_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7380/7380_texto_integral.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7381/7381_texto_integral.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7382/7382_texto_integral.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7383/7383_texto_integral.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7384/7384_texto_integral.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7385/7385_texto_integral.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7386/7386_texto_integral.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7387/7387_texto_integral.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7407/7407_texto_integral.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7408/7408_texto_integral.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7409/7409_texto_integral.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7410/7410_texto_integral.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7411/7411_texto_integral.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7412/7412_texto_integral.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7413/7413_texto_integral.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7414/7414_texto_integral.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7415/7415_texto_integral.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7416/7416_texto_integral.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7417/7417_texto_integral.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7418/7418_texto_integral.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7419/7419_texto_integral.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7420/7420_texto_integral.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7421/7421_texto_integral.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7422/7422_texto_integral.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7423/7423_texto_integral.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7424/7424_texto_integral.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7425/7425_texto_integral.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7433/7433_texto_integral.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7437/7437_texto_integral.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7438/7438_texto_integral.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7439/7439_texto_integral.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7440/7440_texto_integral.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7441/7441_texto_integral.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7442/7442_texto_integral.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7443/7443_texto_integral.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7444/7444_texto_integral.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7445/7445_texto_integral.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7446/7446_texto_integral.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7447/7447_texto_integral.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7448/7448_texto_integral.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7449/7449_texto_integral.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7450/7450_texto_integral.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7451/7451_texto_integral.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7452/7452_texto_integral.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7453/7453_texto_integral.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7462/7462_texto_integral.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7463/7463_texto_integral.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7464/7464_texto_integral.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7465/7465_texto_integral.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7466/7466_texto_integral.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7467/7467_texto_integral.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7468/7468_texto_integral.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7469/7469_texto_integral.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7497/7497_texto_integral.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7498/7498_texto_integral.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7499/7499_texto_integral.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7500/7500_texto_integral.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7501/7501_texto_integral.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7502/7502_texto_integral.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7503/7503_texto_integral.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7504/7504_texto_integral.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7505/7505_texto_integral.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7506/7506_texto_integral.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7507/7507_texto_integral.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7508/7508_texto_integral.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7509/7509_texto_integral.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7510/7510_texto_integral.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7511/7511_texto_integral.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7512/7512_texto_integral.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7513/7513_texto_integral.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7514/7514_texto_integral.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7515/7515_texto_integral.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7516/7516_texto_integral.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7517/7517_texto_integral.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7518/7518_texto_integral.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7519/7519_texto_integral.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7520/7520_texto_integral.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7521/7521_texto_integral.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7522/7522_texto_integral.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7523/7523_texto_integral.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7524/7524_texto_integral.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7525/7525_texto_integral.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7526/7526_texto_integral.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7527/7527_texto_integral.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7528/7528_texto_integral.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7529/7529_texto_integral.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7530/7530_texto_integral.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7585/7585_texto_integral.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7586/7586_texto_integral.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7598/7598_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7599/7599_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7600/7600_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7601/7601_texto_integral.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7602/7602_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7603/7603_texto_integral.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7605/7605_texto_integral.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7608/7608_texto_integral.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7609/7609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7610/7610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7611/7611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7614/7614_texto_integral.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7615/7615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7616/7616_texto_integral.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7617/7617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7618/7618_texto_integral.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7619/7619_texto_integral.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7620/7620_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7621/7621_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7622/7622_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7624/7624_texto_integral.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7626/7626_texto_integral.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7632/7632_texto_integral.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7633/7633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7634/7634_texto_integral.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7636/7636_texto_integral.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7639/7639_texto_integral.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7643/7643_texto_integral.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7644/7644_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7645/7645_texto_integral.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7652/7652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7653/7653_texto_integral.docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7654/7654_texto_integral.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7655/7655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7656/7656_texto_integral.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7657/7657_texto_integral.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7658/7658_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7659/7659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7660/7660_texto_integral.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7661/7661_texto_integral.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7662/7662_texto_integral.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7664/7664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7665/7665_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7666/7666_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7667/7667_texto_integral.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7668/7668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7670/7670_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7671/7671_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7672/7672_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7673/7673_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7674/7674_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7675/7675_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7676/7676_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7678/7678_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7679/7679_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7680/7680_texto_integral.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7681/7681_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7682/7682_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7683/7683_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7684/7684_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7685/7685_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7686/7686_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7687/7687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7688/7688_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7689/7689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7692/7692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7693/7693_texto_integral.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7697/7697_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7698/7698_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7699/7699_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7700/7700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7701/7701_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7704/7704_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7708/7708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7710/7710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7711/7711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7712/7712_texto_integral.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7713/7713_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7714/7714_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7716/7716_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7717/7717_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7718/7718_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7723/7723_texto_integral.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7724/7724_texto_integral.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7725/7725_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7726/7726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7727/7727_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7728/7728_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7729/7729_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7730/7730_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7731/7731_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7732/7732_texto_integral.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7733/7733_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7734/7734_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7735/7735_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7737/7737_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7738/7738_texto_integral.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7739/7739_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7740/7740_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7741/7741_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7742/7742_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7743/7743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7744/7744_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7745/7745_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7746/7746_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7747/7747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7748/7748_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7749/7749_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7756/7756_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7761/7761_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7762/7762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7763/7763_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7764/7764_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7765/7765_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7766/7766_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7769/7769_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7770/7770_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7771/7771_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7772/7772_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7773/7773_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7774/7774_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7775/7775_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7776/7776_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7778/7778_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7779/7779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7780/7780_texto_integral.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7781/7781_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7782/7782_texto_integral.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7784/7784_texto_integral.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7785/7785_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7789/7789_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7790/7790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7792/7792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7793/7793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7794/7794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7795/7795_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7796/7796_texto_integral.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7797/7797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7798/7798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7799/7799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7800/7800_texto_integral.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7189/7189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7067/7067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7068/7068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7069/7069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7070/7070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7071/7071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7072/7072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7073/7073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7074/7074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7075/7075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7076/7076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7079/7079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7080/7080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7081/7081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7082/7082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7083/7083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7084/7084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7085/7085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7086/7086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7088/7088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7089/7089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7090/7090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7091/7091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7092/7092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7093/7093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7094/7094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7095/7095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7096/7096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7172/7172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7173/7173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7174/7174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7175/7175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7176/7176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7177/7177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7178/7178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7179/7179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7180/7180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7181/7181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7182/7182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7183/7183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7184/7184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7185/7185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7186/7186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7187/7187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7190/7190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7191/7191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7192/7192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7193/7193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7194/7194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7195/7195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7196/7196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7197/7197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7249/7249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7250/7250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7251/7251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7252/7252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7253/7253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7255/7255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7256/7256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7257/7257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7258/7258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7259/7259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7283/7283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7284/7284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7285/7285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7286/7286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7287/7287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7288/7288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7289/7289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7290/7290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7349/7349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7350/7350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7351/7351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7352/7352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7353/7353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7354/7354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7355/7355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7356/7356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7357/7357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7358/7358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7359/7359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7360/7360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7361/7361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7362/7362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7366/7366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7367/7367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7368/7368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7399/7399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7400/7400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7401/7401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7402/7402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7403/7403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7404/7404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7470/7470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7471/7471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7472/7472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7473/7473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7474/7474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7475/7475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7476/7476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7477/7477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7478/7478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7479/7479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7480/7480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7493/7493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7532/7532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7533/7533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7534/7534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7535/7535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7536/7536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7538/7538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7539/7539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7540/7540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7542/7542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7543/7543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7545/7545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7546/7546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7547/7547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7549/7549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7550/7550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7551/7551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7552/7552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7553/7553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7554/7554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7555/7555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7556/7556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7557/7557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7558/7558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7559/7559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7560/7560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7561/7561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7562/7562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7563/7563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7564/7564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7565/7565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7567/7567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7568/7568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7569/7569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7570/7570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7571/7571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7572/7572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7573/7573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7574/7574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7575/7575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7576/7576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7577/7577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7580/7580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7589/7589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7590/7590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7591/7591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7597/7597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7596/7596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7594/7594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7592/7592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7593/7593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7582/7582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7097/7097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7098/7098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7188/7188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7405/7405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7548/7548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7117/7117_texto_integral.docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7118/7118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7120/7120_texto_integral.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7122/7122_texto_integral.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7130/7130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7131/7131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7132/7132_texto_integral.docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7133/7133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7152/7152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7164/7164_texto_integral.docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7204/7204_texto_integral.docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7217/7217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7218/7218_texto_integral.docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7220/7220_texto_integral.docx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7221/7221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7227/7227_texto_integral.docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7228/7228_texto_integral.docx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7231/7231_texto_integral.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7232/7232_texto_integral.docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7261/7261_texto_integral.docx" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7264/7264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7305/7305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7306/7306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7318/7318_texto_integral.docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7319/7319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7322/7322_texto_integral.docx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7365/7365_texto_integral.docx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7391/7391_texto_integral.docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7430/7430_texto_integral.docx" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7431/7431_texto_integral.docx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7434/7434_texto_integral.docx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7435/7435_texto_integral.docx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7454/7454_texto_integral.docx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7456/7456_texto_integral.docx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7482/7482_texto_integral.docx" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7483/7483_texto_integral.docx" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7487/7487_texto_integral.docx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7488/7488_texto_integral.docx" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7489/7489_texto_integral.docx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7757/7757_texto_integral.docx" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7625/7625_texto_integral.docx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7722/7722_texto_integral.docx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7758/7758_texto_integral.docx" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7759/7759_texto_integral.docx" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7760/7760_texto_integral.docx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7786/7786_texto_integral.docx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7788/7788_texto_integral.docx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7791/7791_texto_integral.docx" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7801/7801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7802/7802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7803/7803_texto_integral.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7804/7804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esteio.rs.leg.br/media/./sapl/public/materialegislativa/2018/7544/7544_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H731"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>